--- v0 (2025-10-16)
+++ v1 (2025-12-24)
@@ -202,95 +202,95 @@
 delibera Direttore Generale n. 644 del 18/04/2019 - delibera Direttore Generale n. 785 del 30/05/2019 e successive revisioni e integrazioni</t>
   </si>
   <si>
     <t xml:space="preserve">Monitoraggio e inoltro alla Regione delle spese inerenti gli indennizzi L. 210/92  e  s.m.i.i.
 Rif.ti normativi: L.210/92   e smi </t>
   </si>
   <si>
     <t>Liquidazione pagamento competenze medici di categoria presenti nelle Commissioni Mediche Locali
 Rif.ti normativi: codice della strada - DPR 495/92
 delibera Direttore Generale n. 1143/17 - delibera Direttore Generale n. 1857/18</t>
   </si>
   <si>
     <t>modulitica regionale</t>
   </si>
   <si>
     <t xml:space="preserve">                                      non applicabile</t>
   </si>
   <si>
     <t xml:space="preserve">Gestione, valutazione, coordinamento e monitoraggio richieste di accesso documentale relativamente dati/ documenti formati/detenuti dalle aree funzionali del dipartimento della prevenzione e della medicina legale
 Rif.ti normativi: L.n. 241/90 e smi  e DPR  n.184/2006 e smi </t>
   </si>
   <si>
     <t>Rendicontazione spesa annuale  a Regione Toscana</t>
   </si>
   <si>
-    <t>Recepimento dati attività per zona, autorizzazione e  pagamento dei compensi spettanti ai Medici non dipendenti incaricati di effettuare attività di necroscopia per conto dell’Azienda USL
-[...2 lines deleted...]
-  <si>
     <t>SOC Servizi amministrativi alle strutture, alla Medicina Legale e alla Prevenzione</t>
   </si>
   <si>
     <t>SOC Servizi amministrativi alle strutture, alla Medicina Legale e alla Prevenzione 
 medicinalegale.firenze@uslcentro.toscana.it</t>
   </si>
   <si>
     <t>Dipartimento Prevenzione 
 SOC Servizi amministrativi alle strutture, alla Medicina Legale e alla Prevenzione</t>
   </si>
   <si>
     <t>Dott.ssa Mariateresa Asquino
 Telefono: 
 0571/702404
 e-mail: mariateresa.asquino@uslcentro.toscana.it</t>
   </si>
   <si>
     <t>Dott. Umberto Domenichini
 Telefono:
 0574/807460
 e-mail: medicinalegale.firenze@uslcentro.toscana.it</t>
   </si>
   <si>
     <t xml:space="preserve">Dott.ssa Laura Fontana
 Telefono:
 055/6933640-055/6930715
 e-mail:
 laura.fontana@uslcentro.toscana.it 
 </t>
   </si>
   <si>
     <t>Per Medicna Legale: 
 Dott. Umberto Domenichini
 Telefono:
 0574/807460
 e-mail: medicinalegale.firenze@uslcentro.toscana.it
 Per Prevenzione:
 Dott.ssa Elisabetta Flore
 Telefono: 
 0574/807005
 e-mail: elisabetta.flore@uslcentro.toscana.it</t>
+  </si>
+  <si>
+    <t>Recepimento dati attività per zona, autorizzazione e  pagamento dei compensi spettanti ai Medici non dipendenti incaricati di effettuare attività di necroscopia per conto dell’Azienda USL
+Rif.ti normativi: DGR 492/2002 Determinazione Dirigenziale N. 2095 del 12/12/2018 Determinazione Dirigenziale N.2480 del  27/11/2019 Determinazione Dirigenziale N. 2568 del 20/11/2020 Determinazione Dirigenziale N. 2820 del 24/11/2021 Determinazione Dirigenziale N. 2651 del 25/11/2022 Determinazione Dirigenziale N. 2528 del 16/11/2023 Determinazione Dirigenziale N. 2484 del 22/11/2024 Determinazione Dirigenziale N. 2575 del 01/12/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="14">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
@@ -889,51 +889,51 @@
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/amministrazione-trasparente-2/altri-contenuti/359-dati-ulteriori/29475-accesso-documentale" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/amministrazione-trasparente-2/altri-contenuti/359-dati-ulteriori/29475-accesso-documentale" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:IV10"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E3" sqref="E3"/>
+      <selection pane="bottomLeft" sqref="A1:O1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="22.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="25.28515625" style="2" customWidth="1"/>
     <col min="3" max="3" width="89.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="34" style="1" customWidth="1"/>
     <col min="5" max="5" width="45.85546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="35.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="28.85546875" style="1" customWidth="1"/>
     <col min="8" max="8" width="31.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="33" style="1" customWidth="1"/>
     <col min="10" max="10" width="64.85546875" style="1" customWidth="1"/>
     <col min="11" max="11" width="26" style="1" customWidth="1"/>
     <col min="12" max="12" width="69" style="1" customWidth="1"/>
     <col min="13" max="13" width="40.28515625" style="1" customWidth="1"/>
     <col min="14" max="14" width="34.85546875" style="1" customWidth="1"/>
     <col min="15" max="15" width="60.42578125" style="1" customWidth="1"/>
     <col min="16" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:256" s="3" customFormat="1" ht="18" customHeight="1">
       <c r="A1" s="23" t="s">
         <v>11</v>
@@ -989,295 +989,295 @@
       </c>
       <c r="L2" s="5" t="s">
         <v>5</v>
       </c>
       <c r="M2" s="4" t="s">
         <v>6</v>
       </c>
       <c r="N2" s="4" t="s">
         <v>7</v>
       </c>
       <c r="O2" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:256" ht="131.44999999999999" customHeight="1">
       <c r="A3" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="16" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="20" t="s">
         <v>47</v>
       </c>
       <c r="D3" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E3" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F3" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G3" s="8" t="s">
         <v>58</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
       <c r="H3" s="8" t="s">
         <v>20</v>
       </c>
       <c r="I3" s="8" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="8" t="s">
         <v>22</v>
       </c>
       <c r="K3" s="8" t="s">
         <v>23</v>
       </c>
       <c r="L3" s="8" t="s">
         <v>24</v>
       </c>
       <c r="M3" s="11" t="s">
         <v>25</v>
       </c>
       <c r="N3" s="12" t="s">
         <v>22</v>
       </c>
       <c r="O3" s="12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:256" ht="129" customHeight="1">
       <c r="A4" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B4" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="20" t="s">
         <v>52</v>
       </c>
       <c r="D4" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E4" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F4" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G4" s="8" t="s">
         <v>58</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="8" t="s">
         <v>21</v>
       </c>
       <c r="J4" s="8" t="s">
         <v>22</v>
       </c>
       <c r="K4" s="8" t="s">
         <v>23</v>
       </c>
       <c r="L4" s="8" t="s">
         <v>28</v>
       </c>
       <c r="M4" s="11" t="s">
         <v>25</v>
       </c>
       <c r="N4" s="12" t="s">
         <v>22</v>
       </c>
       <c r="O4" s="12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:256" ht="233.25" customHeight="1">
       <c r="A5" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C5" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="D5" s="10" t="s">
         <v>57</v>
       </c>
-      <c r="D5" s="10" t="s">
+      <c r="E5" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F5" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G5" s="8" t="s">
         <v>58</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
       <c r="H5" s="10" t="s">
         <v>29</v>
       </c>
       <c r="I5" s="10" t="s">
         <v>21</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>22</v>
       </c>
       <c r="K5" s="14" t="s">
         <v>23</v>
       </c>
       <c r="L5" s="10" t="s">
         <v>24</v>
       </c>
       <c r="M5" s="11" t="s">
         <v>25</v>
       </c>
       <c r="N5" s="12" t="s">
         <v>22</v>
       </c>
       <c r="O5" s="12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:256" ht="193.5" customHeight="1">
       <c r="A6" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B6" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="21" t="s">
         <v>48</v>
       </c>
       <c r="D6" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" s="8" t="s">
         <v>58</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
       <c r="H6" s="10" t="s">
         <v>30</v>
       </c>
       <c r="I6" s="10" t="s">
         <v>21</v>
       </c>
       <c r="J6" s="10" t="s">
         <v>31</v>
       </c>
       <c r="K6" s="14" t="s">
         <v>23</v>
       </c>
       <c r="L6" s="10" t="s">
         <v>32</v>
       </c>
       <c r="M6" s="11" t="s">
         <v>25</v>
       </c>
       <c r="N6" s="12" t="s">
         <v>53</v>
       </c>
       <c r="O6" s="12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:256" ht="104.45" customHeight="1">
       <c r="A7" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>51</v>
       </c>
       <c r="D7" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F7" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" s="8" t="s">
         <v>58</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
       <c r="H7" s="8" t="s">
         <v>34</v>
       </c>
       <c r="I7" s="10" t="s">
         <v>21</v>
       </c>
       <c r="J7" s="8" t="s">
         <v>36</v>
       </c>
       <c r="K7" s="14" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="8" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="11" t="s">
         <v>25</v>
       </c>
       <c r="N7" s="12" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="22" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:256" s="19" customFormat="1" ht="108" customHeight="1">
       <c r="A8" s="17" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C8" s="17" t="s">
         <v>50</v>
       </c>
       <c r="D8" s="10" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E8" s="8" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F8" s="8" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G8" s="17" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H8" s="17" t="s">
         <v>38</v>
       </c>
       <c r="I8" s="17" t="s">
         <v>21</v>
       </c>
       <c r="J8" s="17" t="s">
         <v>22</v>
       </c>
       <c r="K8" s="17" t="s">
         <v>22</v>
       </c>
       <c r="L8" s="17" t="s">
         <v>39</v>
       </c>
       <c r="M8" s="17" t="s">
         <v>25</v>
       </c>
       <c r="N8" s="17" t="s">
         <v>40</v>
       </c>
       <c r="O8" s="22" t="s">
         <v>54</v>
       </c>
@@ -1512,60 +1512,60 @@
       <c r="IJ8" s="18"/>
       <c r="IK8" s="18"/>
       <c r="IL8" s="18"/>
       <c r="IM8" s="18"/>
       <c r="IN8" s="18"/>
       <c r="IO8" s="18"/>
       <c r="IP8" s="18"/>
       <c r="IQ8" s="18"/>
       <c r="IR8" s="18"/>
       <c r="IS8" s="18"/>
       <c r="IT8" s="18"/>
       <c r="IU8" s="18"/>
       <c r="IV8" s="18"/>
     </row>
     <row r="9" spans="1:256" s="19" customFormat="1" ht="116.25" customHeight="1">
       <c r="A9" s="17" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C9" s="17" t="s">
         <v>49</v>
       </c>
       <c r="D9" s="10" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E9" s="8" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F9" s="8" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G9" s="17" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H9" s="17" t="s">
         <v>38</v>
       </c>
       <c r="I9" s="17" t="s">
         <v>21</v>
       </c>
       <c r="J9" s="17" t="s">
         <v>22</v>
       </c>
       <c r="K9" s="17" t="s">
         <v>22</v>
       </c>
       <c r="L9" s="17" t="s">
         <v>39</v>
       </c>
       <c r="M9" s="17" t="s">
         <v>25</v>
       </c>
       <c r="N9" s="17" t="s">
         <v>42</v>
       </c>
       <c r="O9" s="22" t="s">
         <v>54</v>
       </c>
@@ -1789,71 +1789,71 @@
       <c r="HY9" s="18"/>
       <c r="HZ9" s="18"/>
       <c r="IA9" s="18"/>
       <c r="IB9" s="18"/>
       <c r="IC9" s="18"/>
       <c r="ID9" s="18"/>
       <c r="IE9" s="18"/>
       <c r="IF9" s="18"/>
       <c r="IG9" s="18"/>
       <c r="IH9" s="18"/>
       <c r="II9" s="18"/>
       <c r="IJ9" s="18"/>
       <c r="IK9" s="18"/>
       <c r="IL9" s="18"/>
       <c r="IM9" s="18"/>
       <c r="IN9" s="18"/>
       <c r="IO9" s="18"/>
       <c r="IP9" s="18"/>
       <c r="IQ9" s="18"/>
       <c r="IR9" s="18"/>
       <c r="IS9" s="18"/>
       <c r="IT9" s="18"/>
       <c r="IU9" s="18"/>
       <c r="IV9" s="18"/>
     </row>
-    <row r="10" spans="1:256" s="19" customFormat="1" ht="231">
+    <row r="10" spans="1:256" s="19" customFormat="1" ht="165">
       <c r="A10" s="17" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="17" t="s">
         <v>43</v>
       </c>
       <c r="C10" s="17" t="s">
         <v>55</v>
       </c>
       <c r="D10" s="10" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G10" s="17" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H10" s="17" t="s">
         <v>44</v>
       </c>
       <c r="I10" s="17" t="s">
         <v>21</v>
       </c>
       <c r="J10" s="17" t="s">
         <v>45</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>46</v>
       </c>
       <c r="L10" s="17" t="s">
         <v>39</v>
       </c>
       <c r="M10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="N10" s="17" t="s">
         <v>46</v>
       </c>
       <c r="O10" s="22" t="s">
         <v>54</v>
       </c>