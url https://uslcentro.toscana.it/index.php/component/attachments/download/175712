--- v0 (2025-10-17)
+++ v1 (2026-02-02)
@@ -1,73 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fileserver1.uslcentro.toscana.it\dip-SAOT\DIPTO SAOT\TRASPARENZA\PUBBLICAZIONI SITO\2025\SOVVENZIONI\08\GIANNI\DA PUBBLICARE\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fileserver1.uslcentro.toscana.it\dip-SAOT\DIPTO SAOT\TRASPARENZA\PUBBLICAZIONI SITO\2025\SOVVENZIONI\11\GIANNI\DA PUBBLICARE\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6350"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="468" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="557" uniqueCount="124">
   <si>
     <t>Devono  essere indicati tutti gli atti di concessione di sovvenzioni, contributi, sussidi ed ausili finanziari alle imprese e  comunque di  vantaggi economici di qualunque genere a persone ed enti pubblici e privati di importo superiore a mille euro</t>
   </si>
   <si>
     <t>Tipologia contributo o sovvenzione</t>
   </si>
   <si>
     <t>Soggetto beneficiario Persona Fisica/Ente/Impresa</t>
   </si>
   <si>
     <t>Dati fiscali (Solo in caso di Ente/Imprese)</t>
   </si>
   <si>
     <t>Importo del vantaggio economico corrisposto</t>
   </si>
   <si>
     <t>Atto di concessione della sovvenzione o contributo (n. e data dell'ordine)</t>
   </si>
   <si>
     <t>Norma o titolo a base dell'attribuzione</t>
   </si>
   <si>
     <t>Ufficio e funzionario o dirigente responsabile del relativo procedimento amministrativo</t>
   </si>
   <si>
@@ -296,81 +295,150 @@
   <si>
     <t>EM10125007</t>
   </si>
   <si>
     <t>ordini: T2-22 del 31/01/2025; T2-26 del 28/02/2025; T2-96 del 30/06/2025</t>
   </si>
   <si>
     <t>PT20125004</t>
   </si>
   <si>
     <t>ordine T2-96 del 30/06/2025</t>
   </si>
   <si>
     <t>EM10125008</t>
   </si>
   <si>
     <t>PT20125002</t>
   </si>
   <si>
     <t>ordine: T2 -116 del 25/07/2025</t>
   </si>
   <si>
     <t>ordini: T2-94 del 31/05/2025; T2-96 del 30/06/2025; T2 -116 del 25/07/2025</t>
   </si>
   <si>
-    <t>ordini: T2-22 del 31/01/2025; T2-26 del 28/02/2025; T2-70 del 31/03/2025; T2-91 del 30/04/2025; T2-94 del 31/05/2025;  T2-96 del 30/06/2025; T2 -116 del 25/07/2025; T2-118 del 31/08/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>ordini: T2-22 del 31/01/2025; T2-26 del 28/02/2025; T2-118 del 31/08/2025</t>
   </si>
   <si>
-    <t>ordini: T2-22 del 31/01/2025; T2-26 del 28/02/2025; T2-91 del 30/04/2025; T2-94 del 31/05/2025; T2-96 del 30/06/2025; T2 -116 del 25/07/2025; T2-118 del 31/08/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>ordini: T2-22 del 31/01/2025; T2-26 del 28/02/2025; T2-70 del 31/03/2025; T2-91 del 30/04/2025; T2-118 del 31/08/2025</t>
   </si>
   <si>
-    <t>ordini: T2-22 del 31/01/2025; T2-26 del 28/02/2025; T2-70 del 31/03/2025; T2-91 del 30/04/2025; T2-94 del 31/05/2025; T2-96 del 30/06/2025; T2 -116 del 25/07/2025; T2-118 del 31/08/2025</t>
-[...14 lines deleted...]
-    <t>TABELLA ATTI DI CONCESSIONE CONTRIBUTI SLA AUSL TC AGGIORNATA AL 31.08.2025</t>
+    <t>ordini: T2-22 del 31/01/2025; T2-26 del 28/02/2025; T2-70 del 31/03/2025; T2-91 del 30/04/2025; T2-94 del 31/05/2025;  T2-96 del 30/06/2025; T2 -116 del 25/07/2025; T2-118 del 31/08/2025; T2-120 del 30/09/2025</t>
+  </si>
+  <si>
+    <t>FI20125002</t>
+  </si>
+  <si>
+    <t>ordini: T2-121 del 30/09/2025</t>
+  </si>
+  <si>
+    <t>PO10125014</t>
+  </si>
+  <si>
+    <t>ordini: T2-120 del 30/09/2025</t>
+  </si>
+  <si>
+    <t>ordini: T2-94 del 31/05/2025; T2-96 del 30/06/2025; T2 -116 del 25/07/2025; T2-118 del 31/08/2025; T2-120 del 30/09/2025</t>
+  </si>
+  <si>
+    <t>FI10125013</t>
+  </si>
+  <si>
+    <t>ordini: T2-118 del 31/08/2025</t>
+  </si>
+  <si>
+    <t>FI10125014</t>
+  </si>
+  <si>
+    <t>ordini: T2-22 del 31/01/2025; T2-26 del 28/02/2025; T2-70 del 31/03/2025; T2-91 del 30/04/2025; T2-94 del 31/05/2025;  T2-96 del 30/06/2025; T2 -116 del 25/07/2025; T2-118 del 31/08/2025; T2-120 del 30/09/2025; T2-141 del 31/10/2025</t>
+  </si>
+  <si>
+    <t>PT20125007</t>
+  </si>
+  <si>
+    <t>FI30125009</t>
+  </si>
+  <si>
+    <t>PO10125016</t>
+  </si>
+  <si>
+    <t>PT20125008</t>
+  </si>
+  <si>
+    <t>FI10125015</t>
+  </si>
+  <si>
+    <t>PT10125008</t>
+  </si>
+  <si>
+    <t>ordini: T2-141 del 31/10/2025</t>
+  </si>
+  <si>
+    <t>TABELLA ATTI DI CONCESSIONE CONTRIBUTI SLA AUSL TC AGGIORNATA AL 30/11/2025</t>
+  </si>
+  <si>
+    <t>ordini: T2-22 del 31/01/2025; T2-26 del 28/02/2025; T2-70 del 31/03/2025; T2-91 del 30/04/2025; T2-94 del 31/05/2025;  T2-96 del 30/06/2025; T2 -116 del 25/07/2025; T2-118 del 31/08/2025; T2-120 del 30/09/2025; T2-141 del 31/10/2025; T2-144 del 30/11/2025</t>
+  </si>
+  <si>
+    <t>ordini: T2-22 del 31/01/2025; T2-26 del 28/02/2025; T2-91 del 30/04/2025; T2-94 del 31/05/2025; T2-96 del 30/06/2025; T2 -116 del 25/07/2025; T2-118 del 31/08/2025; T2-120 del 30/09/2025; T2-141 del 31/10/2025; T2-144 del 30.11.2025</t>
+  </si>
+  <si>
+    <t>ordini: T2-22 del 31/01/2025; T2-26 del 28/02/2025; T2-70 del 31/03/2025; T2-91 del 30/04/2025; T2-96 del 30/06/2025; T2-118 del 31/08/2025; T2-120 del 30/09/2025; T2-141 del 31/10/2025; T2-144 del 30/11/2025</t>
+  </si>
+  <si>
+    <t>ordini: T2-22 del 31/01/2025; T2-26 del 28/02/2025; T2-70 del 31/03/2025; 2-144 del 30/11/2025</t>
+  </si>
+  <si>
+    <t>ordini: T2-22 del 31/01/2025; T2-26 del 28/02/2025; T2-70 del 31/03/2025; T2-91 del 30/04/2025; T2-94 del 31/05/2025; T2-96 del 30/06/2025; T2 -116 del 25/07/2025; T2-118 del 31/08/2025; T2-120 del 30/09/2025; T2-141 del 31/10/2025; T2-144 del 30/11/2025</t>
+  </si>
+  <si>
+    <t>ordini: T2-26 del 28/02/2025; T2-70 del 31/03/2025; T2-91 del 30/04/2025; T2-94 del 31/05/2025; T2-96 del 30/06/2025; T2 -116 del 25/07/2025; T2-118 del 31/08/2025; T2-120 del 30/09/2025; T2-141 del 31/10/2025; T2-144 del 30/11/2025</t>
+  </si>
+  <si>
+    <t>ordini: T2-70 del 31/03/2025; T2-91 del 30/04/2025; T2-94 del 31/05/2025; T2-96 del 30/06/2025; T2 -116 del 25/07/2025; T2-118 del 31/08/2025; T2-120 del 30/09/2025; T2-141 del 31/10/2025; T2-144 del 30/11/2025</t>
+  </si>
+  <si>
+    <t>ordini: T2-94 del 31/05/2025; T2-96 del 30/06/2025; T2 -116 del 25/07/2025; T2-118 del 31/08/2025; T2-120 del 30/09/2025; T2-141 del 31/10/2025; T2-144 del 30/11/2025</t>
+  </si>
+  <si>
+    <t>ordini:T2-96 del 30/06/2025; T2 -116 del 25/07/2025; T2-118 del 31/08/2025; T2-120 del 30/09/2025; T2-141 del 31/10/2025; T2-144 del 30/11/2025</t>
+  </si>
+  <si>
+    <t>ordini: T2-141 del 31/10/2025; T2-144 del 30/11/2025</t>
+  </si>
+  <si>
+    <t>ordini:T2-120 del 30/09/2025; T2-141 del 31/10/2025; T2-144 del 30/11/2025</t>
+  </si>
+  <si>
+    <t>ordini: T2-144 del 30/11/2025</t>
+  </si>
+  <si>
+    <t>FI20125006</t>
+  </si>
+  <si>
+    <t>3.300,00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -402,51 +470,51 @@
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="30"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color indexed="8"/>
@@ -469,122 +537,108 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color indexed="8"/>
       </left>
       <right/>
       <top style="hair">
         <color indexed="8"/>
       </top>
       <bottom style="hair">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...11 lines deleted...]
-    <border>
       <left style="hair">
         <color indexed="64"/>
       </left>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top style="hair">
-        <color indexed="8"/>
+        <color indexed="64"/>
       </top>
       <bottom style="hair">
-        <color indexed="8"/>
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...2 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Excel Built-in Normal" xfId="6"/>
     <cellStyle name="Migliaia 2" xfId="4"/>
     <cellStyle name="Migliaia 2 2" xfId="5"/>
     <cellStyle name="Migliaia 3" xfId="3"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Normale 2" xfId="2"/>
     <cellStyle name="Normale 3" xfId="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -976,1855 +1030,2184 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J60"/>
+  <dimension ref="A1:J71"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A61" workbookViewId="0">
-      <selection sqref="A1:J1"/>
+    <sheetView tabSelected="1" topLeftCell="A2" workbookViewId="0">
+      <selection activeCell="B5" sqref="B5:E71"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="12.81640625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13.453125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.7265625" customWidth="1"/>
     <col min="5" max="5" width="10.453125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="53.81640625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="48.1796875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="42.54296875" bestFit="1" customWidth="1"/>
     <col min="9" max="10" width="10.7265625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="87.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="9" t="s">
-[...10 lines deleted...]
-      <c r="J1" s="9"/>
+      <c r="A1" s="10" t="s">
+        <v>109</v>
+      </c>
+      <c r="B1" s="10"/>
+      <c r="C1" s="10"/>
+      <c r="D1" s="10"/>
+      <c r="E1" s="10"/>
+      <c r="F1" s="10"/>
+      <c r="G1" s="10"/>
+      <c r="H1" s="10"/>
+      <c r="I1" s="10"/>
+      <c r="J1" s="10"/>
     </row>
     <row r="2" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="10" t="s">
+      <c r="A2" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="10"/>
-[...9 lines deleted...]
-    <row r="3" spans="1:10" s="1" customFormat="1" ht="107" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="11"/>
+      <c r="G2" s="11"/>
+      <c r="H2" s="11"/>
+      <c r="I2" s="11"/>
+      <c r="J2" s="11"/>
+    </row>
+    <row r="3" spans="1:10" s="1" customFormat="1" ht="52" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="4" spans="1:10" s="1" customFormat="1" ht="52" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:10" s="1" customFormat="1" ht="72" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="C4" s="11"/>
-[...1 lines deleted...]
-        <v>3300</v>
+      <c r="C4" s="6"/>
+      <c r="D4" s="6" t="s">
+        <v>123</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>56</v>
       </c>
       <c r="F4" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G4" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="8" t="s">
+      <c r="G4" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J4" s="7" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="5" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:10" s="1" customFormat="1" ht="159" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="C5" s="11"/>
+      <c r="C5" s="6"/>
       <c r="D5" s="6">
-        <v>13200</v>
+        <v>18150</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G5" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="8" t="s">
+      <c r="G5" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J5" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="C6" s="11"/>
+      <c r="C6" s="6"/>
       <c r="D6" s="6">
         <v>1650</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G6" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H6" s="8" t="s">
+      <c r="G6" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J6" s="7" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="7" spans="1:10" s="1" customFormat="1" ht="95" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:10" s="1" customFormat="1" ht="57.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="C7" s="11"/>
+      <c r="C7" s="6"/>
       <c r="D7" s="6">
-        <v>13093.55</v>
+        <v>14743.55</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G7" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H7" s="8" t="s">
+      <c r="G7" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="C8" s="11"/>
+      <c r="C8" s="6"/>
       <c r="D8" s="6">
-        <v>13200</v>
+        <v>18150</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="F8" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G8" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H8" s="8" t="s">
+      <c r="G8" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="C9" s="11"/>
+      <c r="C9" s="6"/>
       <c r="D9" s="6">
         <v>1155</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>63</v>
       </c>
       <c r="F9" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G9" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H9" s="8" t="s">
+      <c r="G9" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J9" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="C10" s="11"/>
+      <c r="C10" s="6"/>
       <c r="D10" s="6">
-        <v>13200</v>
+        <v>18150</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G10" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H10" s="8" t="s">
+      <c r="G10" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J10" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="C11" s="11"/>
+      <c r="C11" s="6"/>
       <c r="D11" s="6">
-        <v>13200</v>
+        <v>18150</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G11" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H11" s="8" t="s">
+      <c r="G11" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="C12" s="11"/>
+      <c r="C12" s="6"/>
       <c r="D12" s="6">
-        <v>13200</v>
+        <v>18150</v>
       </c>
       <c r="E12" s="6" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G12" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="8" t="s">
+      <c r="G12" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J12" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="C13" s="11"/>
+        <v>93</v>
+      </c>
+      <c r="C13" s="6"/>
       <c r="D13" s="6">
-        <v>13200</v>
+        <v>605</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G13" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H13" s="8" t="s">
+      <c r="G13" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J13" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="C14" s="11"/>
+        <v>25</v>
+      </c>
+      <c r="C14" s="6"/>
       <c r="D14" s="6">
-        <v>13200</v>
+        <v>18150</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G14" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H14" s="8" t="s">
+      <c r="G14" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J14" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="C15" s="11"/>
+        <v>26</v>
+      </c>
+      <c r="C15" s="6"/>
       <c r="D15" s="6">
-        <v>13200</v>
+        <v>18150</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G15" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H15" s="8" t="s">
+      <c r="G15" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="C16" s="11"/>
+        <v>27</v>
+      </c>
+      <c r="C16" s="6"/>
       <c r="D16" s="6">
-        <v>13200</v>
+        <v>18150</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G16" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H16" s="8" t="s">
+      <c r="G16" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J16" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="C17" s="11"/>
+        <v>28</v>
+      </c>
+      <c r="C17" s="6"/>
       <c r="D17" s="6">
-        <v>13200</v>
+        <v>18150</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G17" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H17" s="8" t="s">
+      <c r="G17" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J17" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C18" s="11"/>
+        <v>29</v>
+      </c>
+      <c r="C18" s="6"/>
       <c r="D18" s="6">
-        <v>5854.84</v>
+        <v>18150</v>
       </c>
       <c r="E18" s="6" t="s">
-        <v>68</v>
+        <v>110</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G18" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H18" s="8" t="s">
+      <c r="G18" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J18" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="C19" s="11"/>
+        <v>30</v>
+      </c>
+      <c r="C19" s="6"/>
       <c r="D19" s="6">
-        <v>745.16</v>
+        <v>5854.84</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>88</v>
+        <v>68</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G19" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H19" s="8" t="s">
+      <c r="G19" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="C20" s="11"/>
+        <v>87</v>
+      </c>
+      <c r="C20" s="6"/>
       <c r="D20" s="6">
-        <v>13200</v>
+        <v>745.16</v>
       </c>
       <c r="E20" s="6" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G20" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H20" s="8" t="s">
+      <c r="G20" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J20" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="C21" s="11"/>
+        <v>31</v>
+      </c>
+      <c r="C21" s="6"/>
       <c r="D21" s="6">
-        <v>4790.32</v>
+        <v>18150</v>
       </c>
       <c r="E21" s="6" t="s">
-        <v>91</v>
+        <v>110</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G21" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H21" s="8" t="s">
+      <c r="G21" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J21" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="C22" s="11"/>
+        <v>32</v>
+      </c>
+      <c r="C22" s="6"/>
       <c r="D22" s="6">
-        <v>13200</v>
+        <v>4790.32</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>90</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G22" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H22" s="8" t="s">
+      <c r="G22" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J22" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C23" s="11"/>
+        <v>33</v>
+      </c>
+      <c r="C23" s="6"/>
       <c r="D23" s="6">
-        <v>1485</v>
+        <v>18150</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>63</v>
+        <v>110</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G23" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H23" s="8" t="s">
+      <c r="G23" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="C24" s="11"/>
+        <v>64</v>
+      </c>
+      <c r="C24" s="6"/>
       <c r="D24" s="6">
-        <v>13200</v>
+        <v>1485</v>
       </c>
       <c r="E24" s="6" t="s">
-        <v>90</v>
+        <v>63</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G24" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H24" s="8" t="s">
+      <c r="G24" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J24" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="C25" s="11"/>
+        <v>34</v>
+      </c>
+      <c r="C25" s="6"/>
       <c r="D25" s="6">
-        <v>550</v>
+        <v>18150</v>
       </c>
       <c r="E25" s="6" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G25" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H25" s="8" t="s">
+      <c r="G25" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J25" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="C26" s="11"/>
+        <v>35</v>
+      </c>
+      <c r="C26" s="6"/>
       <c r="D26" s="6">
-        <v>12987.09</v>
+        <v>550</v>
       </c>
       <c r="E26" s="6" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G26" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H26" s="8" t="s">
+      <c r="G26" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J26" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="C27" s="11"/>
+        <v>36</v>
+      </c>
+      <c r="C27" s="6"/>
       <c r="D27" s="6">
-        <v>7425</v>
+        <v>17937.099999999999</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G27" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H27" s="8" t="s">
+      <c r="G27" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="C28" s="11"/>
+        <v>37</v>
+      </c>
+      <c r="C28" s="6"/>
       <c r="D28" s="6">
-        <v>13200</v>
+        <v>11550</v>
       </c>
       <c r="E28" s="6" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G28" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H28" s="8" t="s">
+      <c r="G28" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J28" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="C29" s="11"/>
+        <v>38</v>
+      </c>
+      <c r="C29" s="6"/>
       <c r="D29" s="6">
-        <v>13200</v>
+        <v>18150</v>
       </c>
       <c r="E29" s="6" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G29" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H29" s="8" t="s">
+      <c r="G29" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J29" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="C30" s="11"/>
+        <v>39</v>
+      </c>
+      <c r="C30" s="6"/>
       <c r="D30" s="6">
-        <v>13200</v>
+        <v>18150</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G30" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H30" s="8" t="s">
+      <c r="G30" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J30" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="C31" s="11"/>
+        <v>40</v>
+      </c>
+      <c r="C31" s="6"/>
       <c r="D31" s="6">
-        <v>3300</v>
+        <v>18150</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>56</v>
+        <v>110</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G31" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H31" s="8" t="s">
+      <c r="G31" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="C32" s="11"/>
+        <v>41</v>
+      </c>
+      <c r="C32" s="6"/>
       <c r="D32" s="6">
-        <v>9179.68</v>
+        <v>3300</v>
       </c>
       <c r="E32" s="6" t="s">
-        <v>93</v>
+        <v>56</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G32" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H32" s="8" t="s">
+      <c r="G32" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J32" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="C33" s="11"/>
+        <v>42</v>
+      </c>
+      <c r="C33" s="6"/>
       <c r="D33" s="6">
-        <v>3672.58</v>
+        <v>14129.68</v>
       </c>
       <c r="E33" s="6" t="s">
-        <v>83</v>
+        <v>112</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G33" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H33" s="8" t="s">
+      <c r="G33" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J33" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="C34" s="11"/>
+        <v>43</v>
+      </c>
+      <c r="C34" s="6"/>
       <c r="D34" s="6">
-        <v>13200</v>
+        <v>3672.58</v>
       </c>
       <c r="E34" s="6" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G34" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H34" s="8" t="s">
+      <c r="G34" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J34" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="C35" s="11"/>
+        <v>44</v>
+      </c>
+      <c r="C35" s="6"/>
       <c r="D35" s="6">
-        <v>275</v>
+        <v>18150</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>72</v>
+        <v>14</v>
+      </c>
+      <c r="G35" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" s="9" t="s">
+        <v>16</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="C36" s="11"/>
+        <v>69</v>
+      </c>
+      <c r="C36" s="6"/>
       <c r="D36" s="6">
-        <v>6919.36</v>
+        <v>275</v>
       </c>
       <c r="E36" s="6" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
       <c r="F36" s="7" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>16</v>
+        <v>71</v>
+      </c>
+      <c r="G36" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" s="9" t="s">
+        <v>72</v>
       </c>
       <c r="I36" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J36" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="C37" s="11"/>
+        <v>45</v>
+      </c>
+      <c r="C37" s="6"/>
       <c r="D37" s="6">
-        <v>1944.64</v>
+        <v>6919.36</v>
       </c>
       <c r="E37" s="6" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G37" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H37" s="8" t="s">
+      <c r="G37" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J37" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="C38" s="11"/>
+        <v>46</v>
+      </c>
+      <c r="C38" s="6"/>
       <c r="D38" s="6">
-        <v>13200</v>
+        <v>1944.64</v>
       </c>
       <c r="E38" s="6" t="s">
-        <v>90</v>
+        <v>56</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G38" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H38" s="8" t="s">
+      <c r="G38" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J38" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="C39" s="11"/>
+        <v>47</v>
+      </c>
+      <c r="C39" s="6"/>
       <c r="D39" s="6">
-        <v>1650</v>
+        <v>18150</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G39" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H39" s="8" t="s">
+      <c r="G39" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C40" s="11"/>
+        <v>84</v>
+      </c>
+      <c r="C40" s="6"/>
       <c r="D40" s="6">
-        <v>13200</v>
+        <v>1650</v>
       </c>
       <c r="E40" s="6" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G40" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H40" s="8" t="s">
+      <c r="G40" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J40" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="C41" s="11"/>
+        <v>48</v>
+      </c>
+      <c r="C41" s="6"/>
       <c r="D41" s="6">
-        <v>4950</v>
+        <v>18150</v>
       </c>
       <c r="E41" s="6" t="s">
-        <v>61</v>
+        <v>110</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G41" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H41" s="8" t="s">
+      <c r="G41" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J41" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B42" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C42" s="6"/>
+      <c r="D42" s="6">
+        <v>4950</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="I42" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J42" s="7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" s="1" customFormat="1" ht="40.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B43" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="C42" s="11"/>
-      <c r="D42" s="6">
+      <c r="C43" s="6"/>
+      <c r="D43" s="6">
         <v>2718.32</v>
       </c>
-      <c r="E42" s="6" t="s">
+      <c r="E43" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="F42" s="7" t="s">
-[...19 lines deleted...]
-      <c r="B43" s="6" t="s">
+      <c r="F43" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="I43" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J43" s="7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" s="1" customFormat="1" ht="40.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B44" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="C43" s="11"/>
-[...29 lines deleted...]
-      <c r="C44" s="11"/>
+      <c r="C44" s="6"/>
       <c r="D44" s="6">
-        <v>13200</v>
+        <v>5610</v>
       </c>
       <c r="E44" s="6" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G44" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H44" s="8" t="s">
+      <c r="G44" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J44" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="45" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="C45" s="11"/>
+        <v>52</v>
+      </c>
+      <c r="C45" s="6"/>
       <c r="D45" s="6">
-        <v>13200</v>
+        <v>18150</v>
       </c>
       <c r="E45" s="6" t="s">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G45" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H45" s="8" t="s">
+      <c r="G45" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J45" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="C46" s="11"/>
+        <v>53</v>
+      </c>
+      <c r="C46" s="6"/>
       <c r="D46" s="6">
-        <v>5482.26</v>
+        <v>15701.61</v>
       </c>
       <c r="E46" s="6" t="s">
-        <v>68</v>
+        <v>101</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G46" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H46" s="8" t="s">
+      <c r="G46" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J46" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="C47" s="11"/>
+        <v>54</v>
+      </c>
+      <c r="C47" s="6"/>
       <c r="D47" s="6">
-        <v>11816.13</v>
+        <v>5482.26</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G47" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H47" s="8" t="s">
+      <c r="G47" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J47" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="C48" s="11"/>
+        <v>55</v>
+      </c>
+      <c r="C48" s="6"/>
       <c r="D48" s="6">
-        <v>11550</v>
+        <v>16766.13</v>
       </c>
       <c r="E48" s="6" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G48" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H48" s="8" t="s">
+      <c r="G48" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J48" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A49" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="C49" s="11"/>
+        <v>57</v>
+      </c>
+      <c r="C49" s="6"/>
       <c r="D49" s="6">
-        <v>11432.14</v>
+        <v>16233.87</v>
       </c>
       <c r="E49" s="6" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G49" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H49" s="8" t="s">
+      <c r="G49" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J49" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A50" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="C50" s="11"/>
+        <v>58</v>
+      </c>
+      <c r="C50" s="6"/>
       <c r="D50" s="6">
-        <v>3182.14</v>
+        <v>16382.14</v>
       </c>
       <c r="E50" s="6" t="s">
-        <v>65</v>
+        <v>115</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G50" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H50" s="8" t="s">
+      <c r="G50" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J50" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A51" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="C51" s="11"/>
+        <v>59</v>
+      </c>
+      <c r="C51" s="6"/>
       <c r="D51" s="6">
-        <v>5459.45</v>
+        <v>3182.14</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G51" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H51" s="8" t="s">
+      <c r="G51" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J51" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A52" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="C52" s="11"/>
+        <v>60</v>
+      </c>
+      <c r="C52" s="6"/>
       <c r="D52" s="6">
-        <v>1712.74</v>
+        <v>5459.45</v>
       </c>
       <c r="E52" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G52" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H52" s="8" t="s">
+      <c r="G52" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J52" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A53" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="C53" s="11"/>
+        <v>66</v>
+      </c>
+      <c r="C53" s="6"/>
       <c r="D53" s="6">
-        <v>8675.81</v>
+        <v>1712.74</v>
       </c>
       <c r="E53" s="6" t="s">
-        <v>97</v>
+        <v>77</v>
       </c>
       <c r="F53" s="7" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>72</v>
+        <v>14</v>
+      </c>
+      <c r="G53" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" s="9" t="s">
+        <v>16</v>
       </c>
       <c r="I53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J53" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="C54" s="11"/>
+        <v>73</v>
+      </c>
+      <c r="C54" s="6"/>
       <c r="D54" s="6">
-        <v>6270</v>
+        <v>13625.81</v>
       </c>
       <c r="E54" s="6" t="s">
-        <v>89</v>
+        <v>116</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="G54" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H54" s="8" t="s">
+      <c r="G54" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" s="9" t="s">
         <v>72</v>
       </c>
       <c r="I54" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J54" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="C55" s="11"/>
+        <v>95</v>
+      </c>
+      <c r="C55" s="6"/>
       <c r="D55" s="6">
-        <v>7370</v>
+        <v>550</v>
       </c>
       <c r="E55" s="6" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="G55" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H55" s="8" t="s">
+      <c r="G55" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" s="9" t="s">
         <v>72</v>
       </c>
       <c r="I55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J55" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="C56" s="11"/>
+        <v>78</v>
+      </c>
+      <c r="C56" s="6"/>
       <c r="D56" s="6">
-        <v>6174.1935483871002</v>
+        <v>6270</v>
       </c>
       <c r="E56" s="6" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="G56" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H56" s="8" t="s">
+      <c r="G56" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" s="9" t="s">
         <v>72</v>
       </c>
       <c r="I56" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J56" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="C57" s="11"/>
+        <v>79</v>
+      </c>
+      <c r="C57" s="6"/>
       <c r="D57" s="6">
-        <v>3920.97</v>
+        <v>8008.71</v>
       </c>
       <c r="E57" s="6" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="G57" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H57" s="8" t="s">
+      <c r="G57" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" s="9" t="s">
         <v>72</v>
       </c>
       <c r="I57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J57" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="58" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="C58" s="11"/>
+        <v>80</v>
+      </c>
+      <c r="C58" s="6"/>
       <c r="D58" s="6">
-        <v>6765</v>
+        <v>11124.19</v>
       </c>
       <c r="E58" s="6" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="G58" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H58" s="8" t="s">
+      <c r="G58" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" s="9" t="s">
         <v>72</v>
       </c>
       <c r="I58" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J58" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="C59" s="11"/>
+        <v>81</v>
+      </c>
+      <c r="C59" s="6"/>
       <c r="D59" s="6">
-        <v>6710</v>
+        <v>8760.9699999999993</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>99</v>
+        <v>117</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="G59" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H59" s="8" t="s">
+      <c r="G59" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" s="9" t="s">
         <v>72</v>
       </c>
       <c r="I59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J59" s="7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A60" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B60" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="C60" s="6"/>
+      <c r="D60" s="6">
+        <v>10670</v>
+      </c>
+      <c r="E60" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G60" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="I60" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J60" s="7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A61" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B61" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="C61" s="6"/>
+      <c r="D61" s="6">
+        <v>11660</v>
+      </c>
+      <c r="E61" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G61" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="I61" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J61" s="7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A62" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="C62" s="6"/>
+      <c r="D62" s="6">
+        <v>1224.19</v>
+      </c>
+      <c r="E62" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G62" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="I62" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J62" s="7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="C63" s="6"/>
+      <c r="D63" s="6">
+        <v>605</v>
+      </c>
+      <c r="E63" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G63" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="I63" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J63" s="7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B64" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="C64" s="6"/>
+      <c r="D64" s="6">
+        <v>3300</v>
+      </c>
+      <c r="E64" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G64" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="I64" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J64" s="7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B65" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="C65" s="6"/>
+      <c r="D65" s="6">
+        <v>4895</v>
+      </c>
+      <c r="E65" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="I65" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J65" s="7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B66" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="C66" s="6"/>
+      <c r="D66" s="6">
+        <v>2874.19</v>
+      </c>
+      <c r="E66" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G66" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="I66" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J66" s="7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B67" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="C67" s="6"/>
+      <c r="D67" s="6">
+        <v>1170.97</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G67" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="I67" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J67" s="7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B68" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="C68" s="6"/>
+      <c r="D68" s="6">
+        <v>2661.29</v>
+      </c>
+      <c r="E68" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G68" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="I68" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J68" s="7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="C69" s="6"/>
+      <c r="D69" s="6">
+        <v>3575</v>
+      </c>
+      <c r="E69" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G69" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="I69" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J69" s="7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="C70" s="6"/>
+      <c r="D70" s="6">
+        <v>1650</v>
+      </c>
+      <c r="E70" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G70" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="I70" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J70" s="7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B71" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="C60" s="11"/>
-      <c r="D60" s="6">
+      <c r="C71" s="6"/>
+      <c r="D71" s="6">
         <v>1224.19</v>
       </c>
-      <c r="E60" s="6" t="s">
+      <c r="E71" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="F60" s="7" t="s">
-[...11 lines deleted...]
-      <c r="J60" s="7" t="s">
+      <c r="F71" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="I71" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J71" s="7" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <protectedRanges>
     <protectedRange sqref="E2:E3" name="Intervallo1_1_1_1_1"/>
-    <protectedRange sqref="E4:E47" name="Intervallo1_1_1_1_1_1"/>
+    <protectedRange sqref="E4:E12 E14:E48" name="Intervallo1_1_1_1_1_1"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Foglio1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>