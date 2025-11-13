--- v0 (2025-10-17)
+++ v1 (2025-11-13)
@@ -6,63 +6,63 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="164011"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6350"/>
   </bookViews>
   <sheets>
-    <sheet name="liq 50-53" sheetId="3" r:id="rId1"/>
+    <sheet name="liq 51-55" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="65">
   <si>
     <t>FI13325001</t>
   </si>
   <si>
     <t>FI13325002</t>
   </si>
   <si>
     <t>FI13325003</t>
   </si>
   <si>
     <t>FI13325004</t>
   </si>
   <si>
     <t>FI13325005</t>
   </si>
   <si>
     <t>FI13325006</t>
   </si>
   <si>
     <t>FI13325007</t>
   </si>
   <si>
     <t>FI13325008</t>
   </si>
   <si>
@@ -153,92 +153,119 @@
   <si>
     <t>FI13325017</t>
   </si>
   <si>
     <t>ordine T2 92 del 20/05/2025;</t>
   </si>
   <si>
     <t>FI13325018</t>
   </si>
   <si>
     <t>FI13325019</t>
   </si>
   <si>
     <t>FI13325020</t>
   </si>
   <si>
     <t>FI13325021</t>
   </si>
   <si>
     <t>FI13325022</t>
   </si>
   <si>
     <t>FI13325023</t>
   </si>
   <si>
-    <t>ordine T2 53 del 3/04/2025;   ordine T2 92 del 20/05/2025; ordine T2 95 del 20/06/25</t>
-[...1 lines deleted...]
-  <si>
     <t>ordine T2 25 del 25/02/2025;  ordine T2 95 del 20/06/25</t>
   </si>
   <si>
-    <t>ordine T2 53 del 3/04/2025;  ordine T2 95 del 20/06/25</t>
-[...1 lines deleted...]
-  <si>
     <t>ordine T2 92 del 20/05/2025; ordine T2 95 del 20/06/25</t>
   </si>
   <si>
     <t>FI13325024</t>
   </si>
   <si>
     <t>ordine T2 95 del 20/06/2025;</t>
   </si>
   <si>
     <t>FI13325025</t>
   </si>
   <si>
     <t>FI13325026</t>
   </si>
   <si>
     <t>FI13325027</t>
   </si>
   <si>
     <t>FI13325028</t>
   </si>
   <si>
-    <t xml:space="preserve"> ordine T2 25 del 25/02/2025;   ordine T2 53 del 3/04/2025;    ordine T2 95 del 20/06/25</t>
-[...2 lines deleted...]
-    <t>TABELLA ATTI DI CONCESSIONE RIMBORSO TRAPIANTI AUSL TOSCANA CENTRO AGGIORNATA AL 30/06/2025</t>
+    <t>ordine T2 53 del 3/04/2025;  ordine T2 95 del 20/06/25;    ordine T2 117 del 4/08/2025</t>
+  </si>
+  <si>
+    <t>ordine T2 53 del 3/04/2025;   ordine T2 92 del 20/05/2025;  ordine T2 117 del 4/08/2025</t>
+  </si>
+  <si>
+    <t>ordine T2 25 del 25/02/2025;   ordine T2 117 del 4/08/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ordine T2 25 del 25/02/2025;   ordine T2 53 del 3/04/2025;  ordine T2 95 del 20/06/25</t>
+  </si>
+  <si>
+    <t>ordine T2 92 del 20/05/2025; ordine T2 95 del 20/06/25;  ordine T2 117 del 4/08/2025</t>
+  </si>
+  <si>
+    <t>ordine T2 92 del 20/05/2025;   ordine T2 117 del 4/08/2025</t>
+  </si>
+  <si>
+    <t>ordine T2 95 del 20/06/2025;  ordine T2 117 del 4/08/2025</t>
+  </si>
+  <si>
+    <t>FI13325029</t>
+  </si>
+  <si>
+    <t>ordine T2 117 del 04/08/2025;</t>
+  </si>
+  <si>
+    <t>FI13325030</t>
+  </si>
+  <si>
+    <t>ordine T2 53 del 3/04/2025;   ordine T2 92 del 20/05/2025; ordine T2 95 del 20/06/25;  ordine T2 117 del 4/08/2025;  ordine T2 119 del 2/10/2025</t>
+  </si>
+  <si>
+    <t>ordine T2 53 del 3/04/2025;   ordine T2 119 del 2/10/2025</t>
+  </si>
+  <si>
+    <t>TABELLA ATTI DI CONCESSIONE RIMBORSO TRAPIANTI SETTEMBRE AGGIORNATA AL 16/10/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
-    <numFmt numFmtId="8" formatCode="#,##0.00\ &quot;€&quot;;[Red]\-#,##0.00\ &quot;€&quot;"/>
+    <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Narrow"/>
@@ -365,82 +392,85 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="5" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="5"/>
     <xf numFmtId="43" fontId="4" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="5" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="8" fontId="3" fillId="0" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="3" fillId="0" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Migliaia 2" xfId="2"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Normale 2" xfId="3"/>
     <cellStyle name="Normale 3" xfId="1"/>
     <cellStyle name="Normale 4" xfId="4"/>
     <cellStyle name="Normale 5" xfId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
@@ -479,51 +509,51 @@
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Immagine 1" descr="Logo_AUSL Toscana centro2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="28575" y="66675"/>
-          <a:ext cx="2333625" cy="1047750"/>
+          <a:ext cx="1809750" cy="1047750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
@@ -784,739 +814,739 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J31"/>
+  <dimension ref="A1:J36"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="F1" workbookViewId="0">
-      <selection activeCell="J27" sqref="J27:J31"/>
+    <sheetView tabSelected="1" topLeftCell="A2" workbookViewId="0">
+      <selection activeCell="A5" sqref="A5:A33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.54296875" style="9" customWidth="1"/>
     <col min="2" max="2" width="19.81640625" style="9" customWidth="1"/>
     <col min="3" max="3" width="21.54296875" style="9" customWidth="1"/>
     <col min="4" max="4" width="24.54296875" style="11" customWidth="1"/>
     <col min="5" max="5" width="24.81640625" style="9" customWidth="1"/>
     <col min="6" max="6" width="24.54296875" style="9" customWidth="1"/>
     <col min="7" max="7" width="29.1796875" style="9" customWidth="1"/>
     <col min="8" max="11" width="24.54296875" style="9" customWidth="1"/>
-    <col min="12" max="256" width="8.81640625" style="9"/>
+    <col min="12" max="256" width="9.1796875" style="9"/>
     <col min="257" max="257" width="24.54296875" style="9" customWidth="1"/>
     <col min="258" max="258" width="19.81640625" style="9" customWidth="1"/>
     <col min="259" max="259" width="21.54296875" style="9" customWidth="1"/>
     <col min="260" max="260" width="24.54296875" style="9" customWidth="1"/>
     <col min="261" max="261" width="24.81640625" style="9" customWidth="1"/>
     <col min="262" max="262" width="24.54296875" style="9" customWidth="1"/>
     <col min="263" max="263" width="29.1796875" style="9" customWidth="1"/>
     <col min="264" max="267" width="24.54296875" style="9" customWidth="1"/>
-    <col min="268" max="512" width="8.81640625" style="9"/>
+    <col min="268" max="512" width="9.1796875" style="9"/>
     <col min="513" max="513" width="24.54296875" style="9" customWidth="1"/>
     <col min="514" max="514" width="19.81640625" style="9" customWidth="1"/>
     <col min="515" max="515" width="21.54296875" style="9" customWidth="1"/>
     <col min="516" max="516" width="24.54296875" style="9" customWidth="1"/>
     <col min="517" max="517" width="24.81640625" style="9" customWidth="1"/>
     <col min="518" max="518" width="24.54296875" style="9" customWidth="1"/>
     <col min="519" max="519" width="29.1796875" style="9" customWidth="1"/>
     <col min="520" max="523" width="24.54296875" style="9" customWidth="1"/>
-    <col min="524" max="768" width="8.81640625" style="9"/>
+    <col min="524" max="768" width="9.1796875" style="9"/>
     <col min="769" max="769" width="24.54296875" style="9" customWidth="1"/>
     <col min="770" max="770" width="19.81640625" style="9" customWidth="1"/>
     <col min="771" max="771" width="21.54296875" style="9" customWidth="1"/>
     <col min="772" max="772" width="24.54296875" style="9" customWidth="1"/>
     <col min="773" max="773" width="24.81640625" style="9" customWidth="1"/>
     <col min="774" max="774" width="24.54296875" style="9" customWidth="1"/>
     <col min="775" max="775" width="29.1796875" style="9" customWidth="1"/>
     <col min="776" max="779" width="24.54296875" style="9" customWidth="1"/>
-    <col min="780" max="1024" width="8.81640625" style="9"/>
+    <col min="780" max="1024" width="9.1796875" style="9"/>
     <col min="1025" max="1025" width="24.54296875" style="9" customWidth="1"/>
     <col min="1026" max="1026" width="19.81640625" style="9" customWidth="1"/>
     <col min="1027" max="1027" width="21.54296875" style="9" customWidth="1"/>
     <col min="1028" max="1028" width="24.54296875" style="9" customWidth="1"/>
     <col min="1029" max="1029" width="24.81640625" style="9" customWidth="1"/>
     <col min="1030" max="1030" width="24.54296875" style="9" customWidth="1"/>
     <col min="1031" max="1031" width="29.1796875" style="9" customWidth="1"/>
     <col min="1032" max="1035" width="24.54296875" style="9" customWidth="1"/>
-    <col min="1036" max="1280" width="8.81640625" style="9"/>
+    <col min="1036" max="1280" width="9.1796875" style="9"/>
     <col min="1281" max="1281" width="24.54296875" style="9" customWidth="1"/>
     <col min="1282" max="1282" width="19.81640625" style="9" customWidth="1"/>
     <col min="1283" max="1283" width="21.54296875" style="9" customWidth="1"/>
     <col min="1284" max="1284" width="24.54296875" style="9" customWidth="1"/>
     <col min="1285" max="1285" width="24.81640625" style="9" customWidth="1"/>
     <col min="1286" max="1286" width="24.54296875" style="9" customWidth="1"/>
     <col min="1287" max="1287" width="29.1796875" style="9" customWidth="1"/>
     <col min="1288" max="1291" width="24.54296875" style="9" customWidth="1"/>
-    <col min="1292" max="1536" width="8.81640625" style="9"/>
+    <col min="1292" max="1536" width="9.1796875" style="9"/>
     <col min="1537" max="1537" width="24.54296875" style="9" customWidth="1"/>
     <col min="1538" max="1538" width="19.81640625" style="9" customWidth="1"/>
     <col min="1539" max="1539" width="21.54296875" style="9" customWidth="1"/>
     <col min="1540" max="1540" width="24.54296875" style="9" customWidth="1"/>
     <col min="1541" max="1541" width="24.81640625" style="9" customWidth="1"/>
     <col min="1542" max="1542" width="24.54296875" style="9" customWidth="1"/>
     <col min="1543" max="1543" width="29.1796875" style="9" customWidth="1"/>
     <col min="1544" max="1547" width="24.54296875" style="9" customWidth="1"/>
-    <col min="1548" max="1792" width="8.81640625" style="9"/>
+    <col min="1548" max="1792" width="9.1796875" style="9"/>
     <col min="1793" max="1793" width="24.54296875" style="9" customWidth="1"/>
     <col min="1794" max="1794" width="19.81640625" style="9" customWidth="1"/>
     <col min="1795" max="1795" width="21.54296875" style="9" customWidth="1"/>
     <col min="1796" max="1796" width="24.54296875" style="9" customWidth="1"/>
     <col min="1797" max="1797" width="24.81640625" style="9" customWidth="1"/>
     <col min="1798" max="1798" width="24.54296875" style="9" customWidth="1"/>
     <col min="1799" max="1799" width="29.1796875" style="9" customWidth="1"/>
     <col min="1800" max="1803" width="24.54296875" style="9" customWidth="1"/>
-    <col min="1804" max="2048" width="8.81640625" style="9"/>
+    <col min="1804" max="2048" width="9.1796875" style="9"/>
     <col min="2049" max="2049" width="24.54296875" style="9" customWidth="1"/>
     <col min="2050" max="2050" width="19.81640625" style="9" customWidth="1"/>
     <col min="2051" max="2051" width="21.54296875" style="9" customWidth="1"/>
     <col min="2052" max="2052" width="24.54296875" style="9" customWidth="1"/>
     <col min="2053" max="2053" width="24.81640625" style="9" customWidth="1"/>
     <col min="2054" max="2054" width="24.54296875" style="9" customWidth="1"/>
     <col min="2055" max="2055" width="29.1796875" style="9" customWidth="1"/>
     <col min="2056" max="2059" width="24.54296875" style="9" customWidth="1"/>
-    <col min="2060" max="2304" width="8.81640625" style="9"/>
+    <col min="2060" max="2304" width="9.1796875" style="9"/>
     <col min="2305" max="2305" width="24.54296875" style="9" customWidth="1"/>
     <col min="2306" max="2306" width="19.81640625" style="9" customWidth="1"/>
     <col min="2307" max="2307" width="21.54296875" style="9" customWidth="1"/>
     <col min="2308" max="2308" width="24.54296875" style="9" customWidth="1"/>
     <col min="2309" max="2309" width="24.81640625" style="9" customWidth="1"/>
     <col min="2310" max="2310" width="24.54296875" style="9" customWidth="1"/>
     <col min="2311" max="2311" width="29.1796875" style="9" customWidth="1"/>
     <col min="2312" max="2315" width="24.54296875" style="9" customWidth="1"/>
-    <col min="2316" max="2560" width="8.81640625" style="9"/>
+    <col min="2316" max="2560" width="9.1796875" style="9"/>
     <col min="2561" max="2561" width="24.54296875" style="9" customWidth="1"/>
     <col min="2562" max="2562" width="19.81640625" style="9" customWidth="1"/>
     <col min="2563" max="2563" width="21.54296875" style="9" customWidth="1"/>
     <col min="2564" max="2564" width="24.54296875" style="9" customWidth="1"/>
     <col min="2565" max="2565" width="24.81640625" style="9" customWidth="1"/>
     <col min="2566" max="2566" width="24.54296875" style="9" customWidth="1"/>
     <col min="2567" max="2567" width="29.1796875" style="9" customWidth="1"/>
     <col min="2568" max="2571" width="24.54296875" style="9" customWidth="1"/>
-    <col min="2572" max="2816" width="8.81640625" style="9"/>
+    <col min="2572" max="2816" width="9.1796875" style="9"/>
     <col min="2817" max="2817" width="24.54296875" style="9" customWidth="1"/>
     <col min="2818" max="2818" width="19.81640625" style="9" customWidth="1"/>
     <col min="2819" max="2819" width="21.54296875" style="9" customWidth="1"/>
     <col min="2820" max="2820" width="24.54296875" style="9" customWidth="1"/>
     <col min="2821" max="2821" width="24.81640625" style="9" customWidth="1"/>
     <col min="2822" max="2822" width="24.54296875" style="9" customWidth="1"/>
     <col min="2823" max="2823" width="29.1796875" style="9" customWidth="1"/>
     <col min="2824" max="2827" width="24.54296875" style="9" customWidth="1"/>
-    <col min="2828" max="3072" width="8.81640625" style="9"/>
+    <col min="2828" max="3072" width="9.1796875" style="9"/>
     <col min="3073" max="3073" width="24.54296875" style="9" customWidth="1"/>
     <col min="3074" max="3074" width="19.81640625" style="9" customWidth="1"/>
     <col min="3075" max="3075" width="21.54296875" style="9" customWidth="1"/>
     <col min="3076" max="3076" width="24.54296875" style="9" customWidth="1"/>
     <col min="3077" max="3077" width="24.81640625" style="9" customWidth="1"/>
     <col min="3078" max="3078" width="24.54296875" style="9" customWidth="1"/>
     <col min="3079" max="3079" width="29.1796875" style="9" customWidth="1"/>
     <col min="3080" max="3083" width="24.54296875" style="9" customWidth="1"/>
-    <col min="3084" max="3328" width="8.81640625" style="9"/>
+    <col min="3084" max="3328" width="9.1796875" style="9"/>
     <col min="3329" max="3329" width="24.54296875" style="9" customWidth="1"/>
     <col min="3330" max="3330" width="19.81640625" style="9" customWidth="1"/>
     <col min="3331" max="3331" width="21.54296875" style="9" customWidth="1"/>
     <col min="3332" max="3332" width="24.54296875" style="9" customWidth="1"/>
     <col min="3333" max="3333" width="24.81640625" style="9" customWidth="1"/>
     <col min="3334" max="3334" width="24.54296875" style="9" customWidth="1"/>
     <col min="3335" max="3335" width="29.1796875" style="9" customWidth="1"/>
     <col min="3336" max="3339" width="24.54296875" style="9" customWidth="1"/>
-    <col min="3340" max="3584" width="8.81640625" style="9"/>
+    <col min="3340" max="3584" width="9.1796875" style="9"/>
     <col min="3585" max="3585" width="24.54296875" style="9" customWidth="1"/>
     <col min="3586" max="3586" width="19.81640625" style="9" customWidth="1"/>
     <col min="3587" max="3587" width="21.54296875" style="9" customWidth="1"/>
     <col min="3588" max="3588" width="24.54296875" style="9" customWidth="1"/>
     <col min="3589" max="3589" width="24.81640625" style="9" customWidth="1"/>
     <col min="3590" max="3590" width="24.54296875" style="9" customWidth="1"/>
     <col min="3591" max="3591" width="29.1796875" style="9" customWidth="1"/>
     <col min="3592" max="3595" width="24.54296875" style="9" customWidth="1"/>
-    <col min="3596" max="3840" width="8.81640625" style="9"/>
+    <col min="3596" max="3840" width="9.1796875" style="9"/>
     <col min="3841" max="3841" width="24.54296875" style="9" customWidth="1"/>
     <col min="3842" max="3842" width="19.81640625" style="9" customWidth="1"/>
     <col min="3843" max="3843" width="21.54296875" style="9" customWidth="1"/>
     <col min="3844" max="3844" width="24.54296875" style="9" customWidth="1"/>
     <col min="3845" max="3845" width="24.81640625" style="9" customWidth="1"/>
     <col min="3846" max="3846" width="24.54296875" style="9" customWidth="1"/>
     <col min="3847" max="3847" width="29.1796875" style="9" customWidth="1"/>
     <col min="3848" max="3851" width="24.54296875" style="9" customWidth="1"/>
-    <col min="3852" max="4096" width="8.81640625" style="9"/>
+    <col min="3852" max="4096" width="9.1796875" style="9"/>
     <col min="4097" max="4097" width="24.54296875" style="9" customWidth="1"/>
     <col min="4098" max="4098" width="19.81640625" style="9" customWidth="1"/>
     <col min="4099" max="4099" width="21.54296875" style="9" customWidth="1"/>
     <col min="4100" max="4100" width="24.54296875" style="9" customWidth="1"/>
     <col min="4101" max="4101" width="24.81640625" style="9" customWidth="1"/>
     <col min="4102" max="4102" width="24.54296875" style="9" customWidth="1"/>
     <col min="4103" max="4103" width="29.1796875" style="9" customWidth="1"/>
     <col min="4104" max="4107" width="24.54296875" style="9" customWidth="1"/>
-    <col min="4108" max="4352" width="8.81640625" style="9"/>
+    <col min="4108" max="4352" width="9.1796875" style="9"/>
     <col min="4353" max="4353" width="24.54296875" style="9" customWidth="1"/>
     <col min="4354" max="4354" width="19.81640625" style="9" customWidth="1"/>
     <col min="4355" max="4355" width="21.54296875" style="9" customWidth="1"/>
     <col min="4356" max="4356" width="24.54296875" style="9" customWidth="1"/>
     <col min="4357" max="4357" width="24.81640625" style="9" customWidth="1"/>
     <col min="4358" max="4358" width="24.54296875" style="9" customWidth="1"/>
     <col min="4359" max="4359" width="29.1796875" style="9" customWidth="1"/>
     <col min="4360" max="4363" width="24.54296875" style="9" customWidth="1"/>
-    <col min="4364" max="4608" width="8.81640625" style="9"/>
+    <col min="4364" max="4608" width="9.1796875" style="9"/>
     <col min="4609" max="4609" width="24.54296875" style="9" customWidth="1"/>
     <col min="4610" max="4610" width="19.81640625" style="9" customWidth="1"/>
     <col min="4611" max="4611" width="21.54296875" style="9" customWidth="1"/>
     <col min="4612" max="4612" width="24.54296875" style="9" customWidth="1"/>
     <col min="4613" max="4613" width="24.81640625" style="9" customWidth="1"/>
     <col min="4614" max="4614" width="24.54296875" style="9" customWidth="1"/>
     <col min="4615" max="4615" width="29.1796875" style="9" customWidth="1"/>
     <col min="4616" max="4619" width="24.54296875" style="9" customWidth="1"/>
-    <col min="4620" max="4864" width="8.81640625" style="9"/>
+    <col min="4620" max="4864" width="9.1796875" style="9"/>
     <col min="4865" max="4865" width="24.54296875" style="9" customWidth="1"/>
     <col min="4866" max="4866" width="19.81640625" style="9" customWidth="1"/>
     <col min="4867" max="4867" width="21.54296875" style="9" customWidth="1"/>
     <col min="4868" max="4868" width="24.54296875" style="9" customWidth="1"/>
     <col min="4869" max="4869" width="24.81640625" style="9" customWidth="1"/>
     <col min="4870" max="4870" width="24.54296875" style="9" customWidth="1"/>
     <col min="4871" max="4871" width="29.1796875" style="9" customWidth="1"/>
     <col min="4872" max="4875" width="24.54296875" style="9" customWidth="1"/>
-    <col min="4876" max="5120" width="8.81640625" style="9"/>
+    <col min="4876" max="5120" width="9.1796875" style="9"/>
     <col min="5121" max="5121" width="24.54296875" style="9" customWidth="1"/>
     <col min="5122" max="5122" width="19.81640625" style="9" customWidth="1"/>
     <col min="5123" max="5123" width="21.54296875" style="9" customWidth="1"/>
     <col min="5124" max="5124" width="24.54296875" style="9" customWidth="1"/>
     <col min="5125" max="5125" width="24.81640625" style="9" customWidth="1"/>
     <col min="5126" max="5126" width="24.54296875" style="9" customWidth="1"/>
     <col min="5127" max="5127" width="29.1796875" style="9" customWidth="1"/>
     <col min="5128" max="5131" width="24.54296875" style="9" customWidth="1"/>
-    <col min="5132" max="5376" width="8.81640625" style="9"/>
+    <col min="5132" max="5376" width="9.1796875" style="9"/>
     <col min="5377" max="5377" width="24.54296875" style="9" customWidth="1"/>
     <col min="5378" max="5378" width="19.81640625" style="9" customWidth="1"/>
     <col min="5379" max="5379" width="21.54296875" style="9" customWidth="1"/>
     <col min="5380" max="5380" width="24.54296875" style="9" customWidth="1"/>
     <col min="5381" max="5381" width="24.81640625" style="9" customWidth="1"/>
     <col min="5382" max="5382" width="24.54296875" style="9" customWidth="1"/>
     <col min="5383" max="5383" width="29.1796875" style="9" customWidth="1"/>
     <col min="5384" max="5387" width="24.54296875" style="9" customWidth="1"/>
-    <col min="5388" max="5632" width="8.81640625" style="9"/>
+    <col min="5388" max="5632" width="9.1796875" style="9"/>
     <col min="5633" max="5633" width="24.54296875" style="9" customWidth="1"/>
     <col min="5634" max="5634" width="19.81640625" style="9" customWidth="1"/>
     <col min="5635" max="5635" width="21.54296875" style="9" customWidth="1"/>
     <col min="5636" max="5636" width="24.54296875" style="9" customWidth="1"/>
     <col min="5637" max="5637" width="24.81640625" style="9" customWidth="1"/>
     <col min="5638" max="5638" width="24.54296875" style="9" customWidth="1"/>
     <col min="5639" max="5639" width="29.1796875" style="9" customWidth="1"/>
     <col min="5640" max="5643" width="24.54296875" style="9" customWidth="1"/>
-    <col min="5644" max="5888" width="8.81640625" style="9"/>
+    <col min="5644" max="5888" width="9.1796875" style="9"/>
     <col min="5889" max="5889" width="24.54296875" style="9" customWidth="1"/>
     <col min="5890" max="5890" width="19.81640625" style="9" customWidth="1"/>
     <col min="5891" max="5891" width="21.54296875" style="9" customWidth="1"/>
     <col min="5892" max="5892" width="24.54296875" style="9" customWidth="1"/>
     <col min="5893" max="5893" width="24.81640625" style="9" customWidth="1"/>
     <col min="5894" max="5894" width="24.54296875" style="9" customWidth="1"/>
     <col min="5895" max="5895" width="29.1796875" style="9" customWidth="1"/>
     <col min="5896" max="5899" width="24.54296875" style="9" customWidth="1"/>
-    <col min="5900" max="6144" width="8.81640625" style="9"/>
+    <col min="5900" max="6144" width="9.1796875" style="9"/>
     <col min="6145" max="6145" width="24.54296875" style="9" customWidth="1"/>
     <col min="6146" max="6146" width="19.81640625" style="9" customWidth="1"/>
     <col min="6147" max="6147" width="21.54296875" style="9" customWidth="1"/>
     <col min="6148" max="6148" width="24.54296875" style="9" customWidth="1"/>
     <col min="6149" max="6149" width="24.81640625" style="9" customWidth="1"/>
     <col min="6150" max="6150" width="24.54296875" style="9" customWidth="1"/>
     <col min="6151" max="6151" width="29.1796875" style="9" customWidth="1"/>
     <col min="6152" max="6155" width="24.54296875" style="9" customWidth="1"/>
-    <col min="6156" max="6400" width="8.81640625" style="9"/>
+    <col min="6156" max="6400" width="9.1796875" style="9"/>
     <col min="6401" max="6401" width="24.54296875" style="9" customWidth="1"/>
     <col min="6402" max="6402" width="19.81640625" style="9" customWidth="1"/>
     <col min="6403" max="6403" width="21.54296875" style="9" customWidth="1"/>
     <col min="6404" max="6404" width="24.54296875" style="9" customWidth="1"/>
     <col min="6405" max="6405" width="24.81640625" style="9" customWidth="1"/>
     <col min="6406" max="6406" width="24.54296875" style="9" customWidth="1"/>
     <col min="6407" max="6407" width="29.1796875" style="9" customWidth="1"/>
     <col min="6408" max="6411" width="24.54296875" style="9" customWidth="1"/>
-    <col min="6412" max="6656" width="8.81640625" style="9"/>
+    <col min="6412" max="6656" width="9.1796875" style="9"/>
     <col min="6657" max="6657" width="24.54296875" style="9" customWidth="1"/>
     <col min="6658" max="6658" width="19.81640625" style="9" customWidth="1"/>
     <col min="6659" max="6659" width="21.54296875" style="9" customWidth="1"/>
     <col min="6660" max="6660" width="24.54296875" style="9" customWidth="1"/>
     <col min="6661" max="6661" width="24.81640625" style="9" customWidth="1"/>
     <col min="6662" max="6662" width="24.54296875" style="9" customWidth="1"/>
     <col min="6663" max="6663" width="29.1796875" style="9" customWidth="1"/>
     <col min="6664" max="6667" width="24.54296875" style="9" customWidth="1"/>
-    <col min="6668" max="6912" width="8.81640625" style="9"/>
+    <col min="6668" max="6912" width="9.1796875" style="9"/>
     <col min="6913" max="6913" width="24.54296875" style="9" customWidth="1"/>
     <col min="6914" max="6914" width="19.81640625" style="9" customWidth="1"/>
     <col min="6915" max="6915" width="21.54296875" style="9" customWidth="1"/>
     <col min="6916" max="6916" width="24.54296875" style="9" customWidth="1"/>
     <col min="6917" max="6917" width="24.81640625" style="9" customWidth="1"/>
     <col min="6918" max="6918" width="24.54296875" style="9" customWidth="1"/>
     <col min="6919" max="6919" width="29.1796875" style="9" customWidth="1"/>
     <col min="6920" max="6923" width="24.54296875" style="9" customWidth="1"/>
-    <col min="6924" max="7168" width="8.81640625" style="9"/>
+    <col min="6924" max="7168" width="9.1796875" style="9"/>
     <col min="7169" max="7169" width="24.54296875" style="9" customWidth="1"/>
     <col min="7170" max="7170" width="19.81640625" style="9" customWidth="1"/>
     <col min="7171" max="7171" width="21.54296875" style="9" customWidth="1"/>
     <col min="7172" max="7172" width="24.54296875" style="9" customWidth="1"/>
     <col min="7173" max="7173" width="24.81640625" style="9" customWidth="1"/>
     <col min="7174" max="7174" width="24.54296875" style="9" customWidth="1"/>
     <col min="7175" max="7175" width="29.1796875" style="9" customWidth="1"/>
     <col min="7176" max="7179" width="24.54296875" style="9" customWidth="1"/>
-    <col min="7180" max="7424" width="8.81640625" style="9"/>
+    <col min="7180" max="7424" width="9.1796875" style="9"/>
     <col min="7425" max="7425" width="24.54296875" style="9" customWidth="1"/>
     <col min="7426" max="7426" width="19.81640625" style="9" customWidth="1"/>
     <col min="7427" max="7427" width="21.54296875" style="9" customWidth="1"/>
     <col min="7428" max="7428" width="24.54296875" style="9" customWidth="1"/>
     <col min="7429" max="7429" width="24.81640625" style="9" customWidth="1"/>
     <col min="7430" max="7430" width="24.54296875" style="9" customWidth="1"/>
     <col min="7431" max="7431" width="29.1796875" style="9" customWidth="1"/>
     <col min="7432" max="7435" width="24.54296875" style="9" customWidth="1"/>
-    <col min="7436" max="7680" width="8.81640625" style="9"/>
+    <col min="7436" max="7680" width="9.1796875" style="9"/>
     <col min="7681" max="7681" width="24.54296875" style="9" customWidth="1"/>
     <col min="7682" max="7682" width="19.81640625" style="9" customWidth="1"/>
     <col min="7683" max="7683" width="21.54296875" style="9" customWidth="1"/>
     <col min="7684" max="7684" width="24.54296875" style="9" customWidth="1"/>
     <col min="7685" max="7685" width="24.81640625" style="9" customWidth="1"/>
     <col min="7686" max="7686" width="24.54296875" style="9" customWidth="1"/>
     <col min="7687" max="7687" width="29.1796875" style="9" customWidth="1"/>
     <col min="7688" max="7691" width="24.54296875" style="9" customWidth="1"/>
-    <col min="7692" max="7936" width="8.81640625" style="9"/>
+    <col min="7692" max="7936" width="9.1796875" style="9"/>
     <col min="7937" max="7937" width="24.54296875" style="9" customWidth="1"/>
     <col min="7938" max="7938" width="19.81640625" style="9" customWidth="1"/>
     <col min="7939" max="7939" width="21.54296875" style="9" customWidth="1"/>
     <col min="7940" max="7940" width="24.54296875" style="9" customWidth="1"/>
     <col min="7941" max="7941" width="24.81640625" style="9" customWidth="1"/>
     <col min="7942" max="7942" width="24.54296875" style="9" customWidth="1"/>
     <col min="7943" max="7943" width="29.1796875" style="9" customWidth="1"/>
     <col min="7944" max="7947" width="24.54296875" style="9" customWidth="1"/>
-    <col min="7948" max="8192" width="8.81640625" style="9"/>
+    <col min="7948" max="8192" width="9.1796875" style="9"/>
     <col min="8193" max="8193" width="24.54296875" style="9" customWidth="1"/>
     <col min="8194" max="8194" width="19.81640625" style="9" customWidth="1"/>
     <col min="8195" max="8195" width="21.54296875" style="9" customWidth="1"/>
     <col min="8196" max="8196" width="24.54296875" style="9" customWidth="1"/>
     <col min="8197" max="8197" width="24.81640625" style="9" customWidth="1"/>
     <col min="8198" max="8198" width="24.54296875" style="9" customWidth="1"/>
     <col min="8199" max="8199" width="29.1796875" style="9" customWidth="1"/>
     <col min="8200" max="8203" width="24.54296875" style="9" customWidth="1"/>
-    <col min="8204" max="8448" width="8.81640625" style="9"/>
+    <col min="8204" max="8448" width="9.1796875" style="9"/>
     <col min="8449" max="8449" width="24.54296875" style="9" customWidth="1"/>
     <col min="8450" max="8450" width="19.81640625" style="9" customWidth="1"/>
     <col min="8451" max="8451" width="21.54296875" style="9" customWidth="1"/>
     <col min="8452" max="8452" width="24.54296875" style="9" customWidth="1"/>
     <col min="8453" max="8453" width="24.81640625" style="9" customWidth="1"/>
     <col min="8454" max="8454" width="24.54296875" style="9" customWidth="1"/>
     <col min="8455" max="8455" width="29.1796875" style="9" customWidth="1"/>
     <col min="8456" max="8459" width="24.54296875" style="9" customWidth="1"/>
-    <col min="8460" max="8704" width="8.81640625" style="9"/>
+    <col min="8460" max="8704" width="9.1796875" style="9"/>
     <col min="8705" max="8705" width="24.54296875" style="9" customWidth="1"/>
     <col min="8706" max="8706" width="19.81640625" style="9" customWidth="1"/>
     <col min="8707" max="8707" width="21.54296875" style="9" customWidth="1"/>
     <col min="8708" max="8708" width="24.54296875" style="9" customWidth="1"/>
     <col min="8709" max="8709" width="24.81640625" style="9" customWidth="1"/>
     <col min="8710" max="8710" width="24.54296875" style="9" customWidth="1"/>
     <col min="8711" max="8711" width="29.1796875" style="9" customWidth="1"/>
     <col min="8712" max="8715" width="24.54296875" style="9" customWidth="1"/>
-    <col min="8716" max="8960" width="8.81640625" style="9"/>
+    <col min="8716" max="8960" width="9.1796875" style="9"/>
     <col min="8961" max="8961" width="24.54296875" style="9" customWidth="1"/>
     <col min="8962" max="8962" width="19.81640625" style="9" customWidth="1"/>
     <col min="8963" max="8963" width="21.54296875" style="9" customWidth="1"/>
     <col min="8964" max="8964" width="24.54296875" style="9" customWidth="1"/>
     <col min="8965" max="8965" width="24.81640625" style="9" customWidth="1"/>
     <col min="8966" max="8966" width="24.54296875" style="9" customWidth="1"/>
     <col min="8967" max="8967" width="29.1796875" style="9" customWidth="1"/>
     <col min="8968" max="8971" width="24.54296875" style="9" customWidth="1"/>
-    <col min="8972" max="9216" width="8.81640625" style="9"/>
+    <col min="8972" max="9216" width="9.1796875" style="9"/>
     <col min="9217" max="9217" width="24.54296875" style="9" customWidth="1"/>
     <col min="9218" max="9218" width="19.81640625" style="9" customWidth="1"/>
     <col min="9219" max="9219" width="21.54296875" style="9" customWidth="1"/>
     <col min="9220" max="9220" width="24.54296875" style="9" customWidth="1"/>
     <col min="9221" max="9221" width="24.81640625" style="9" customWidth="1"/>
     <col min="9222" max="9222" width="24.54296875" style="9" customWidth="1"/>
     <col min="9223" max="9223" width="29.1796875" style="9" customWidth="1"/>
     <col min="9224" max="9227" width="24.54296875" style="9" customWidth="1"/>
-    <col min="9228" max="9472" width="8.81640625" style="9"/>
+    <col min="9228" max="9472" width="9.1796875" style="9"/>
     <col min="9473" max="9473" width="24.54296875" style="9" customWidth="1"/>
     <col min="9474" max="9474" width="19.81640625" style="9" customWidth="1"/>
     <col min="9475" max="9475" width="21.54296875" style="9" customWidth="1"/>
     <col min="9476" max="9476" width="24.54296875" style="9" customWidth="1"/>
     <col min="9477" max="9477" width="24.81640625" style="9" customWidth="1"/>
     <col min="9478" max="9478" width="24.54296875" style="9" customWidth="1"/>
     <col min="9479" max="9479" width="29.1796875" style="9" customWidth="1"/>
     <col min="9480" max="9483" width="24.54296875" style="9" customWidth="1"/>
-    <col min="9484" max="9728" width="8.81640625" style="9"/>
+    <col min="9484" max="9728" width="9.1796875" style="9"/>
     <col min="9729" max="9729" width="24.54296875" style="9" customWidth="1"/>
     <col min="9730" max="9730" width="19.81640625" style="9" customWidth="1"/>
     <col min="9731" max="9731" width="21.54296875" style="9" customWidth="1"/>
     <col min="9732" max="9732" width="24.54296875" style="9" customWidth="1"/>
     <col min="9733" max="9733" width="24.81640625" style="9" customWidth="1"/>
     <col min="9734" max="9734" width="24.54296875" style="9" customWidth="1"/>
     <col min="9735" max="9735" width="29.1796875" style="9" customWidth="1"/>
     <col min="9736" max="9739" width="24.54296875" style="9" customWidth="1"/>
-    <col min="9740" max="9984" width="8.81640625" style="9"/>
+    <col min="9740" max="9984" width="9.1796875" style="9"/>
     <col min="9985" max="9985" width="24.54296875" style="9" customWidth="1"/>
     <col min="9986" max="9986" width="19.81640625" style="9" customWidth="1"/>
     <col min="9987" max="9987" width="21.54296875" style="9" customWidth="1"/>
     <col min="9988" max="9988" width="24.54296875" style="9" customWidth="1"/>
     <col min="9989" max="9989" width="24.81640625" style="9" customWidth="1"/>
     <col min="9990" max="9990" width="24.54296875" style="9" customWidth="1"/>
     <col min="9991" max="9991" width="29.1796875" style="9" customWidth="1"/>
     <col min="9992" max="9995" width="24.54296875" style="9" customWidth="1"/>
-    <col min="9996" max="10240" width="8.81640625" style="9"/>
+    <col min="9996" max="10240" width="9.1796875" style="9"/>
     <col min="10241" max="10241" width="24.54296875" style="9" customWidth="1"/>
     <col min="10242" max="10242" width="19.81640625" style="9" customWidth="1"/>
     <col min="10243" max="10243" width="21.54296875" style="9" customWidth="1"/>
     <col min="10244" max="10244" width="24.54296875" style="9" customWidth="1"/>
     <col min="10245" max="10245" width="24.81640625" style="9" customWidth="1"/>
     <col min="10246" max="10246" width="24.54296875" style="9" customWidth="1"/>
     <col min="10247" max="10247" width="29.1796875" style="9" customWidth="1"/>
     <col min="10248" max="10251" width="24.54296875" style="9" customWidth="1"/>
-    <col min="10252" max="10496" width="8.81640625" style="9"/>
+    <col min="10252" max="10496" width="9.1796875" style="9"/>
     <col min="10497" max="10497" width="24.54296875" style="9" customWidth="1"/>
     <col min="10498" max="10498" width="19.81640625" style="9" customWidth="1"/>
     <col min="10499" max="10499" width="21.54296875" style="9" customWidth="1"/>
     <col min="10500" max="10500" width="24.54296875" style="9" customWidth="1"/>
     <col min="10501" max="10501" width="24.81640625" style="9" customWidth="1"/>
     <col min="10502" max="10502" width="24.54296875" style="9" customWidth="1"/>
     <col min="10503" max="10503" width="29.1796875" style="9" customWidth="1"/>
     <col min="10504" max="10507" width="24.54296875" style="9" customWidth="1"/>
-    <col min="10508" max="10752" width="8.81640625" style="9"/>
+    <col min="10508" max="10752" width="9.1796875" style="9"/>
     <col min="10753" max="10753" width="24.54296875" style="9" customWidth="1"/>
     <col min="10754" max="10754" width="19.81640625" style="9" customWidth="1"/>
     <col min="10755" max="10755" width="21.54296875" style="9" customWidth="1"/>
     <col min="10756" max="10756" width="24.54296875" style="9" customWidth="1"/>
     <col min="10757" max="10757" width="24.81640625" style="9" customWidth="1"/>
     <col min="10758" max="10758" width="24.54296875" style="9" customWidth="1"/>
     <col min="10759" max="10759" width="29.1796875" style="9" customWidth="1"/>
     <col min="10760" max="10763" width="24.54296875" style="9" customWidth="1"/>
-    <col min="10764" max="11008" width="8.81640625" style="9"/>
+    <col min="10764" max="11008" width="9.1796875" style="9"/>
     <col min="11009" max="11009" width="24.54296875" style="9" customWidth="1"/>
     <col min="11010" max="11010" width="19.81640625" style="9" customWidth="1"/>
     <col min="11011" max="11011" width="21.54296875" style="9" customWidth="1"/>
     <col min="11012" max="11012" width="24.54296875" style="9" customWidth="1"/>
     <col min="11013" max="11013" width="24.81640625" style="9" customWidth="1"/>
     <col min="11014" max="11014" width="24.54296875" style="9" customWidth="1"/>
     <col min="11015" max="11015" width="29.1796875" style="9" customWidth="1"/>
     <col min="11016" max="11019" width="24.54296875" style="9" customWidth="1"/>
-    <col min="11020" max="11264" width="8.81640625" style="9"/>
+    <col min="11020" max="11264" width="9.1796875" style="9"/>
     <col min="11265" max="11265" width="24.54296875" style="9" customWidth="1"/>
     <col min="11266" max="11266" width="19.81640625" style="9" customWidth="1"/>
     <col min="11267" max="11267" width="21.54296875" style="9" customWidth="1"/>
     <col min="11268" max="11268" width="24.54296875" style="9" customWidth="1"/>
     <col min="11269" max="11269" width="24.81640625" style="9" customWidth="1"/>
     <col min="11270" max="11270" width="24.54296875" style="9" customWidth="1"/>
     <col min="11271" max="11271" width="29.1796875" style="9" customWidth="1"/>
     <col min="11272" max="11275" width="24.54296875" style="9" customWidth="1"/>
-    <col min="11276" max="11520" width="8.81640625" style="9"/>
+    <col min="11276" max="11520" width="9.1796875" style="9"/>
     <col min="11521" max="11521" width="24.54296875" style="9" customWidth="1"/>
     <col min="11522" max="11522" width="19.81640625" style="9" customWidth="1"/>
     <col min="11523" max="11523" width="21.54296875" style="9" customWidth="1"/>
     <col min="11524" max="11524" width="24.54296875" style="9" customWidth="1"/>
     <col min="11525" max="11525" width="24.81640625" style="9" customWidth="1"/>
     <col min="11526" max="11526" width="24.54296875" style="9" customWidth="1"/>
     <col min="11527" max="11527" width="29.1796875" style="9" customWidth="1"/>
     <col min="11528" max="11531" width="24.54296875" style="9" customWidth="1"/>
-    <col min="11532" max="11776" width="8.81640625" style="9"/>
+    <col min="11532" max="11776" width="9.1796875" style="9"/>
     <col min="11777" max="11777" width="24.54296875" style="9" customWidth="1"/>
     <col min="11778" max="11778" width="19.81640625" style="9" customWidth="1"/>
     <col min="11779" max="11779" width="21.54296875" style="9" customWidth="1"/>
     <col min="11780" max="11780" width="24.54296875" style="9" customWidth="1"/>
     <col min="11781" max="11781" width="24.81640625" style="9" customWidth="1"/>
     <col min="11782" max="11782" width="24.54296875" style="9" customWidth="1"/>
     <col min="11783" max="11783" width="29.1796875" style="9" customWidth="1"/>
     <col min="11784" max="11787" width="24.54296875" style="9" customWidth="1"/>
-    <col min="11788" max="12032" width="8.81640625" style="9"/>
+    <col min="11788" max="12032" width="9.1796875" style="9"/>
     <col min="12033" max="12033" width="24.54296875" style="9" customWidth="1"/>
     <col min="12034" max="12034" width="19.81640625" style="9" customWidth="1"/>
     <col min="12035" max="12035" width="21.54296875" style="9" customWidth="1"/>
     <col min="12036" max="12036" width="24.54296875" style="9" customWidth="1"/>
     <col min="12037" max="12037" width="24.81640625" style="9" customWidth="1"/>
     <col min="12038" max="12038" width="24.54296875" style="9" customWidth="1"/>
     <col min="12039" max="12039" width="29.1796875" style="9" customWidth="1"/>
     <col min="12040" max="12043" width="24.54296875" style="9" customWidth="1"/>
-    <col min="12044" max="12288" width="8.81640625" style="9"/>
+    <col min="12044" max="12288" width="9.1796875" style="9"/>
     <col min="12289" max="12289" width="24.54296875" style="9" customWidth="1"/>
     <col min="12290" max="12290" width="19.81640625" style="9" customWidth="1"/>
     <col min="12291" max="12291" width="21.54296875" style="9" customWidth="1"/>
     <col min="12292" max="12292" width="24.54296875" style="9" customWidth="1"/>
     <col min="12293" max="12293" width="24.81640625" style="9" customWidth="1"/>
     <col min="12294" max="12294" width="24.54296875" style="9" customWidth="1"/>
     <col min="12295" max="12295" width="29.1796875" style="9" customWidth="1"/>
     <col min="12296" max="12299" width="24.54296875" style="9" customWidth="1"/>
-    <col min="12300" max="12544" width="8.81640625" style="9"/>
+    <col min="12300" max="12544" width="9.1796875" style="9"/>
     <col min="12545" max="12545" width="24.54296875" style="9" customWidth="1"/>
     <col min="12546" max="12546" width="19.81640625" style="9" customWidth="1"/>
     <col min="12547" max="12547" width="21.54296875" style="9" customWidth="1"/>
     <col min="12548" max="12548" width="24.54296875" style="9" customWidth="1"/>
     <col min="12549" max="12549" width="24.81640625" style="9" customWidth="1"/>
     <col min="12550" max="12550" width="24.54296875" style="9" customWidth="1"/>
     <col min="12551" max="12551" width="29.1796875" style="9" customWidth="1"/>
     <col min="12552" max="12555" width="24.54296875" style="9" customWidth="1"/>
-    <col min="12556" max="12800" width="8.81640625" style="9"/>
+    <col min="12556" max="12800" width="9.1796875" style="9"/>
     <col min="12801" max="12801" width="24.54296875" style="9" customWidth="1"/>
     <col min="12802" max="12802" width="19.81640625" style="9" customWidth="1"/>
     <col min="12803" max="12803" width="21.54296875" style="9" customWidth="1"/>
     <col min="12804" max="12804" width="24.54296875" style="9" customWidth="1"/>
     <col min="12805" max="12805" width="24.81640625" style="9" customWidth="1"/>
     <col min="12806" max="12806" width="24.54296875" style="9" customWidth="1"/>
     <col min="12807" max="12807" width="29.1796875" style="9" customWidth="1"/>
     <col min="12808" max="12811" width="24.54296875" style="9" customWidth="1"/>
-    <col min="12812" max="13056" width="8.81640625" style="9"/>
+    <col min="12812" max="13056" width="9.1796875" style="9"/>
     <col min="13057" max="13057" width="24.54296875" style="9" customWidth="1"/>
     <col min="13058" max="13058" width="19.81640625" style="9" customWidth="1"/>
     <col min="13059" max="13059" width="21.54296875" style="9" customWidth="1"/>
     <col min="13060" max="13060" width="24.54296875" style="9" customWidth="1"/>
     <col min="13061" max="13061" width="24.81640625" style="9" customWidth="1"/>
     <col min="13062" max="13062" width="24.54296875" style="9" customWidth="1"/>
     <col min="13063" max="13063" width="29.1796875" style="9" customWidth="1"/>
     <col min="13064" max="13067" width="24.54296875" style="9" customWidth="1"/>
-    <col min="13068" max="13312" width="8.81640625" style="9"/>
+    <col min="13068" max="13312" width="9.1796875" style="9"/>
     <col min="13313" max="13313" width="24.54296875" style="9" customWidth="1"/>
     <col min="13314" max="13314" width="19.81640625" style="9" customWidth="1"/>
     <col min="13315" max="13315" width="21.54296875" style="9" customWidth="1"/>
     <col min="13316" max="13316" width="24.54296875" style="9" customWidth="1"/>
     <col min="13317" max="13317" width="24.81640625" style="9" customWidth="1"/>
     <col min="13318" max="13318" width="24.54296875" style="9" customWidth="1"/>
     <col min="13319" max="13319" width="29.1796875" style="9" customWidth="1"/>
     <col min="13320" max="13323" width="24.54296875" style="9" customWidth="1"/>
-    <col min="13324" max="13568" width="8.81640625" style="9"/>
+    <col min="13324" max="13568" width="9.1796875" style="9"/>
     <col min="13569" max="13569" width="24.54296875" style="9" customWidth="1"/>
     <col min="13570" max="13570" width="19.81640625" style="9" customWidth="1"/>
     <col min="13571" max="13571" width="21.54296875" style="9" customWidth="1"/>
     <col min="13572" max="13572" width="24.54296875" style="9" customWidth="1"/>
     <col min="13573" max="13573" width="24.81640625" style="9" customWidth="1"/>
     <col min="13574" max="13574" width="24.54296875" style="9" customWidth="1"/>
     <col min="13575" max="13575" width="29.1796875" style="9" customWidth="1"/>
     <col min="13576" max="13579" width="24.54296875" style="9" customWidth="1"/>
-    <col min="13580" max="13824" width="8.81640625" style="9"/>
+    <col min="13580" max="13824" width="9.1796875" style="9"/>
     <col min="13825" max="13825" width="24.54296875" style="9" customWidth="1"/>
     <col min="13826" max="13826" width="19.81640625" style="9" customWidth="1"/>
     <col min="13827" max="13827" width="21.54296875" style="9" customWidth="1"/>
     <col min="13828" max="13828" width="24.54296875" style="9" customWidth="1"/>
     <col min="13829" max="13829" width="24.81640625" style="9" customWidth="1"/>
     <col min="13830" max="13830" width="24.54296875" style="9" customWidth="1"/>
     <col min="13831" max="13831" width="29.1796875" style="9" customWidth="1"/>
     <col min="13832" max="13835" width="24.54296875" style="9" customWidth="1"/>
-    <col min="13836" max="14080" width="8.81640625" style="9"/>
+    <col min="13836" max="14080" width="9.1796875" style="9"/>
     <col min="14081" max="14081" width="24.54296875" style="9" customWidth="1"/>
     <col min="14082" max="14082" width="19.81640625" style="9" customWidth="1"/>
     <col min="14083" max="14083" width="21.54296875" style="9" customWidth="1"/>
     <col min="14084" max="14084" width="24.54296875" style="9" customWidth="1"/>
     <col min="14085" max="14085" width="24.81640625" style="9" customWidth="1"/>
     <col min="14086" max="14086" width="24.54296875" style="9" customWidth="1"/>
     <col min="14087" max="14087" width="29.1796875" style="9" customWidth="1"/>
     <col min="14088" max="14091" width="24.54296875" style="9" customWidth="1"/>
-    <col min="14092" max="14336" width="8.81640625" style="9"/>
+    <col min="14092" max="14336" width="9.1796875" style="9"/>
     <col min="14337" max="14337" width="24.54296875" style="9" customWidth="1"/>
     <col min="14338" max="14338" width="19.81640625" style="9" customWidth="1"/>
     <col min="14339" max="14339" width="21.54296875" style="9" customWidth="1"/>
     <col min="14340" max="14340" width="24.54296875" style="9" customWidth="1"/>
     <col min="14341" max="14341" width="24.81640625" style="9" customWidth="1"/>
     <col min="14342" max="14342" width="24.54296875" style="9" customWidth="1"/>
     <col min="14343" max="14343" width="29.1796875" style="9" customWidth="1"/>
     <col min="14344" max="14347" width="24.54296875" style="9" customWidth="1"/>
-    <col min="14348" max="14592" width="8.81640625" style="9"/>
+    <col min="14348" max="14592" width="9.1796875" style="9"/>
     <col min="14593" max="14593" width="24.54296875" style="9" customWidth="1"/>
     <col min="14594" max="14594" width="19.81640625" style="9" customWidth="1"/>
     <col min="14595" max="14595" width="21.54296875" style="9" customWidth="1"/>
     <col min="14596" max="14596" width="24.54296875" style="9" customWidth="1"/>
     <col min="14597" max="14597" width="24.81640625" style="9" customWidth="1"/>
     <col min="14598" max="14598" width="24.54296875" style="9" customWidth="1"/>
     <col min="14599" max="14599" width="29.1796875" style="9" customWidth="1"/>
     <col min="14600" max="14603" width="24.54296875" style="9" customWidth="1"/>
-    <col min="14604" max="14848" width="8.81640625" style="9"/>
+    <col min="14604" max="14848" width="9.1796875" style="9"/>
     <col min="14849" max="14849" width="24.54296875" style="9" customWidth="1"/>
     <col min="14850" max="14850" width="19.81640625" style="9" customWidth="1"/>
     <col min="14851" max="14851" width="21.54296875" style="9" customWidth="1"/>
     <col min="14852" max="14852" width="24.54296875" style="9" customWidth="1"/>
     <col min="14853" max="14853" width="24.81640625" style="9" customWidth="1"/>
     <col min="14854" max="14854" width="24.54296875" style="9" customWidth="1"/>
     <col min="14855" max="14855" width="29.1796875" style="9" customWidth="1"/>
     <col min="14856" max="14859" width="24.54296875" style="9" customWidth="1"/>
-    <col min="14860" max="15104" width="8.81640625" style="9"/>
+    <col min="14860" max="15104" width="9.1796875" style="9"/>
     <col min="15105" max="15105" width="24.54296875" style="9" customWidth="1"/>
     <col min="15106" max="15106" width="19.81640625" style="9" customWidth="1"/>
     <col min="15107" max="15107" width="21.54296875" style="9" customWidth="1"/>
     <col min="15108" max="15108" width="24.54296875" style="9" customWidth="1"/>
     <col min="15109" max="15109" width="24.81640625" style="9" customWidth="1"/>
     <col min="15110" max="15110" width="24.54296875" style="9" customWidth="1"/>
     <col min="15111" max="15111" width="29.1796875" style="9" customWidth="1"/>
     <col min="15112" max="15115" width="24.54296875" style="9" customWidth="1"/>
-    <col min="15116" max="15360" width="8.81640625" style="9"/>
+    <col min="15116" max="15360" width="9.1796875" style="9"/>
     <col min="15361" max="15361" width="24.54296875" style="9" customWidth="1"/>
     <col min="15362" max="15362" width="19.81640625" style="9" customWidth="1"/>
     <col min="15363" max="15363" width="21.54296875" style="9" customWidth="1"/>
     <col min="15364" max="15364" width="24.54296875" style="9" customWidth="1"/>
     <col min="15365" max="15365" width="24.81640625" style="9" customWidth="1"/>
     <col min="15366" max="15366" width="24.54296875" style="9" customWidth="1"/>
     <col min="15367" max="15367" width="29.1796875" style="9" customWidth="1"/>
     <col min="15368" max="15371" width="24.54296875" style="9" customWidth="1"/>
-    <col min="15372" max="15616" width="8.81640625" style="9"/>
+    <col min="15372" max="15616" width="9.1796875" style="9"/>
     <col min="15617" max="15617" width="24.54296875" style="9" customWidth="1"/>
     <col min="15618" max="15618" width="19.81640625" style="9" customWidth="1"/>
     <col min="15619" max="15619" width="21.54296875" style="9" customWidth="1"/>
     <col min="15620" max="15620" width="24.54296875" style="9" customWidth="1"/>
     <col min="15621" max="15621" width="24.81640625" style="9" customWidth="1"/>
     <col min="15622" max="15622" width="24.54296875" style="9" customWidth="1"/>
     <col min="15623" max="15623" width="29.1796875" style="9" customWidth="1"/>
     <col min="15624" max="15627" width="24.54296875" style="9" customWidth="1"/>
-    <col min="15628" max="15872" width="8.81640625" style="9"/>
+    <col min="15628" max="15872" width="9.1796875" style="9"/>
     <col min="15873" max="15873" width="24.54296875" style="9" customWidth="1"/>
     <col min="15874" max="15874" width="19.81640625" style="9" customWidth="1"/>
     <col min="15875" max="15875" width="21.54296875" style="9" customWidth="1"/>
     <col min="15876" max="15876" width="24.54296875" style="9" customWidth="1"/>
     <col min="15877" max="15877" width="24.81640625" style="9" customWidth="1"/>
     <col min="15878" max="15878" width="24.54296875" style="9" customWidth="1"/>
     <col min="15879" max="15879" width="29.1796875" style="9" customWidth="1"/>
     <col min="15880" max="15883" width="24.54296875" style="9" customWidth="1"/>
-    <col min="15884" max="16128" width="8.81640625" style="9"/>
+    <col min="15884" max="16128" width="9.1796875" style="9"/>
     <col min="16129" max="16129" width="24.54296875" style="9" customWidth="1"/>
     <col min="16130" max="16130" width="19.81640625" style="9" customWidth="1"/>
     <col min="16131" max="16131" width="21.54296875" style="9" customWidth="1"/>
     <col min="16132" max="16132" width="24.54296875" style="9" customWidth="1"/>
     <col min="16133" max="16133" width="24.81640625" style="9" customWidth="1"/>
     <col min="16134" max="16134" width="24.54296875" style="9" customWidth="1"/>
     <col min="16135" max="16135" width="29.1796875" style="9" customWidth="1"/>
     <col min="16136" max="16139" width="24.54296875" style="9" customWidth="1"/>
-    <col min="16140" max="16384" width="8.81640625" style="9"/>
+    <col min="16140" max="16384" width="9.1796875" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customFormat="1" ht="87.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="13" t="s">
-[...10 lines deleted...]
-      <c r="J1" s="15"/>
+      <c r="A1" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B1" s="15"/>
+      <c r="C1" s="15"/>
+      <c r="D1" s="15"/>
+      <c r="E1" s="15"/>
+      <c r="F1" s="15"/>
+      <c r="G1" s="15"/>
+      <c r="H1" s="15"/>
+      <c r="I1" s="15"/>
+      <c r="J1" s="16"/>
     </row>
     <row r="2" spans="1:10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A2" s="16" t="s">
+      <c r="A2" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="B2" s="16"/>
-[...7 lines deleted...]
-      <c r="J2" s="16"/>
+      <c r="B2" s="17"/>
+      <c r="C2" s="17"/>
+      <c r="D2" s="17"/>
+      <c r="E2" s="17"/>
+      <c r="F2" s="17"/>
+      <c r="G2" s="17"/>
+      <c r="H2" s="17"/>
+      <c r="I2" s="17"/>
+      <c r="J2" s="17"/>
     </row>
     <row r="3" spans="1:10" s="4" customFormat="1" ht="39" x14ac:dyDescent="0.3">
       <c r="A3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="10" t="s">
         <v>19</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="12">
-        <v>2794.44</v>
+        <v>4403.93</v>
       </c>
       <c r="E4" s="7" t="s">
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="F4" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H4" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I4" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J4" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="12">
-        <v>443</v>
+        <v>2012.08</v>
       </c>
       <c r="E5" s="7" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G5" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H5" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I5" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J5" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="6"/>
@@ -1562,51 +1592,51 @@
       <c r="G7" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H7" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I7" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="12">
         <v>633.58000000000004</v>
       </c>
       <c r="E8" s="7" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F8" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G8" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H8" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I8" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J8" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="6"/>
@@ -1619,54 +1649,54 @@
       <c r="F9" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G9" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H9" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J9" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="12">
-        <v>1317</v>
+        <v>1760.13</v>
       </c>
       <c r="E10" s="7" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G10" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H10" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J10" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="6"/>
@@ -1739,54 +1769,54 @@
       <c r="F13" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G13" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H13" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J13" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="12">
-        <v>1904.71</v>
+        <v>2386.21</v>
       </c>
       <c r="E14" s="7" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G14" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H14" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J14" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="6"/>
@@ -1829,84 +1859,84 @@
       <c r="F16" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G16" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H16" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J16" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="12">
-        <v>140.4</v>
+        <v>250.4</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G17" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H17" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J17" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="12">
         <v>3685</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G18" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H18" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J18" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="6"/>
@@ -1919,54 +1949,54 @@
       <c r="F19" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G19" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="12">
-        <v>427.2</v>
+        <v>599.20000000000005</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G20" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H20" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J20" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>38</v>
       </c>
       <c r="C21" s="6"/>
@@ -2009,84 +2039,84 @@
       <c r="F22" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G22" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H22" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J22" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="12">
-        <v>2303.5100000000002</v>
+        <v>2391.81</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G23" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>41</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="12">
-        <v>293.60000000000002</v>
+        <v>1507.99</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G24" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H24" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J24" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C25" s="6"/>
@@ -2125,222 +2155,288 @@
       </c>
       <c r="E26" s="7" t="s">
         <v>37</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G26" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H26" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J26" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="12">
         <v>484.7</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G27" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="12">
         <v>178.8</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G28" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H28" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J28" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="12">
-        <v>471.6</v>
+        <v>590.4</v>
       </c>
       <c r="E29" s="7" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G29" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H29" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J29" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="12">
         <v>136.09</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G30" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H30" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J30" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="12">
         <v>284.8</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>27</v>
       </c>
       <c r="G31" s="8" t="s">
         <v>28</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>30</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>30</v>
       </c>
+    </row>
+    <row r="32" spans="1:10" ht="39" x14ac:dyDescent="0.25">
+      <c r="A32" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C32" s="6"/>
+      <c r="D32" s="12">
+        <v>120.15</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="G32" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="I32" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="J32" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="39" x14ac:dyDescent="0.25">
+      <c r="A33" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C33" s="6"/>
+      <c r="D33" s="12">
+        <v>86.8</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="G33" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="H33" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="I33" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="J33" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="D35" s="13"/>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="D36" s="13"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="I4:J6 I8:J10 E4:E26" name="Intervallo1_1_1_1_1"/>
-    <protectedRange sqref="I7:J7" name="Intervallo1_3_1_1"/>
+    <protectedRange sqref="I4:J6 I8:J10 E4:E33" name="Intervallo1_1_1_1"/>
+    <protectedRange sqref="I7:J7" name="Intervallo1_3_1"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="79" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>liq 50-53</vt:lpstr>
+      <vt:lpstr>liq 51-55</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>