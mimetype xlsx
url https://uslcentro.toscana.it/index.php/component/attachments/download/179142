--- v1 (2025-11-13)
+++ v2 (2026-01-13)
@@ -3,66 +3,66 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="164011"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6350"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12180"/>
   </bookViews>
   <sheets>
-    <sheet name="liq 51-55" sheetId="4" r:id="rId1"/>
+    <sheet name="liq 51-56" sheetId="5" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="73">
   <si>
     <t>FI13325001</t>
   </si>
   <si>
     <t>FI13325002</t>
   </si>
   <si>
     <t>FI13325003</t>
   </si>
   <si>
     <t>FI13325004</t>
   </si>
   <si>
     <t>FI13325005</t>
   </si>
   <si>
     <t>FI13325006</t>
   </si>
   <si>
     <t>FI13325007</t>
   </si>
   <si>
     <t>FI13325008</t>
   </si>
   <si>
@@ -156,136 +156,166 @@
   <si>
     <t>ordine T2 92 del 20/05/2025;</t>
   </si>
   <si>
     <t>FI13325018</t>
   </si>
   <si>
     <t>FI13325019</t>
   </si>
   <si>
     <t>FI13325020</t>
   </si>
   <si>
     <t>FI13325021</t>
   </si>
   <si>
     <t>FI13325022</t>
   </si>
   <si>
     <t>FI13325023</t>
   </si>
   <si>
     <t>ordine T2 25 del 25/02/2025;  ordine T2 95 del 20/06/25</t>
   </si>
   <si>
-    <t>ordine T2 92 del 20/05/2025; ordine T2 95 del 20/06/25</t>
-[...1 lines deleted...]
-  <si>
     <t>FI13325024</t>
   </si>
   <si>
     <t>ordine T2 95 del 20/06/2025;</t>
   </si>
   <si>
     <t>FI13325025</t>
   </si>
   <si>
     <t>FI13325026</t>
   </si>
   <si>
     <t>FI13325027</t>
   </si>
   <si>
     <t>FI13325028</t>
   </si>
   <si>
     <t>ordine T2 53 del 3/04/2025;  ordine T2 95 del 20/06/25;    ordine T2 117 del 4/08/2025</t>
   </si>
   <si>
-    <t>ordine T2 53 del 3/04/2025;   ordine T2 92 del 20/05/2025;  ordine T2 117 del 4/08/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>ordine T2 25 del 25/02/2025;   ordine T2 117 del 4/08/2025</t>
   </si>
   <si>
-    <t xml:space="preserve"> ordine T2 25 del 25/02/2025;   ordine T2 53 del 3/04/2025;  ordine T2 95 del 20/06/25</t>
-[...4 lines deleted...]
-  <si>
     <t>ordine T2 92 del 20/05/2025;   ordine T2 117 del 4/08/2025</t>
   </si>
   <si>
-    <t>ordine T2 95 del 20/06/2025;  ordine T2 117 del 4/08/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>FI13325029</t>
   </si>
   <si>
     <t>ordine T2 117 del 04/08/2025;</t>
   </si>
   <si>
     <t>FI13325030</t>
   </si>
   <si>
     <t>ordine T2 53 del 3/04/2025;   ordine T2 92 del 20/05/2025; ordine T2 95 del 20/06/25;  ordine T2 117 del 4/08/2025;  ordine T2 119 del 2/10/2025</t>
   </si>
   <si>
-    <t>ordine T2 53 del 3/04/2025;   ordine T2 119 del 2/10/2025</t>
-[...2 lines deleted...]
-    <t>TABELLA ATTI DI CONCESSIONE RIMBORSO TRAPIANTI SETTEMBRE AGGIORNATA AL 16/10/2025</t>
+    <t>TABELLA ATTI DI CONCESSIONE RIMBORSO TRAPIANTI AGGIORNATA AL 28/11/2025</t>
+  </si>
+  <si>
+    <t>ordine T2 53 del 3/04/2025;   ordine T2 119 del 2/10/2025; ordine T2 143 del 20/11/2025</t>
+  </si>
+  <si>
+    <t>ordine T2 53 del 3/04/2025; ordine T2 143 del 20/11/2025</t>
+  </si>
+  <si>
+    <t>ordine T2 53 del 3/04/2025;   ordine T2 92 del 20/05/2025;  ordine T2 117 del 4/08/2025; ordine T2 143 del 20/11/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ordine T2 25 del 25/02/2025;   ordine T2 53 del 3/04/2025;  ordine T2 95 del 20/06/25; ordine T2 143 del 20/11/2025</t>
+  </si>
+  <si>
+    <t>ordine T2 92 del 20/05/2025; ordine T2 95 del 20/06/25;  ordine T2 117 del 4/08/2025; ordine T2 143 del 20/11/2025</t>
+  </si>
+  <si>
+    <t>ordine T2 92 del 20/05/2025; ordine T2 95 del 20/06/2025; ordine T2 143 del 20/11/2025</t>
+  </si>
+  <si>
+    <t>ordine T2 95 del 20/06/2025; ordine T2 143 del 20/11/2025</t>
+  </si>
+  <si>
+    <t>ordine T2 95 del 20/06/2025;  ordine T2 117 del 4/08/2025;  ordine T2 143 del 20/11/2025</t>
+  </si>
+  <si>
+    <t>ordine T2 117 del 04/08/2025; ordine T2 143 del 20/11/2025;</t>
+  </si>
+  <si>
+    <t>FI13325031</t>
+  </si>
+  <si>
+    <t>ordine T2 143 del 20/11/2025</t>
+  </si>
+  <si>
+    <t>FI13325032</t>
+  </si>
+  <si>
+    <t>FI13325033</t>
+  </si>
+  <si>
+    <t>FI13325034</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="9"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
@@ -390,99 +420,102 @@
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="2" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="5" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="5" applyFont="1"/>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="5"/>
-    <xf numFmtId="43" fontId="4" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="5"/>
+    <xf numFmtId="43" fontId="5" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="5" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="5" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="44" fontId="3" fillId="0" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="4" fillId="0" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Migliaia 2" xfId="2"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Normale 2" xfId="3"/>
     <cellStyle name="Normale 3" xfId="1"/>
     <cellStyle name="Normale 4" xfId="4"/>
     <cellStyle name="Normale 5" xfId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -814,1629 +847,1746 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J36"/>
+  <dimension ref="A1:J40"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5:A33"/>
+    <sheetView tabSelected="1" topLeftCell="A28" zoomScale="68" zoomScaleNormal="68" workbookViewId="0">
+      <selection sqref="A1:J1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="24.54296875" style="9" customWidth="1"/>
-[...574 lines deleted...]
-    <col min="16140" max="16384" width="9.1796875" style="9"/>
+    <col min="1" max="1" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2" max="2" width="19.81640625" style="10" customWidth="1"/>
+    <col min="3" max="3" width="17.54296875" style="10" customWidth="1"/>
+    <col min="4" max="4" width="18.90625" style="12" customWidth="1"/>
+    <col min="5" max="5" width="24.81640625" style="10" customWidth="1"/>
+    <col min="6" max="6" width="24.54296875" style="10" customWidth="1"/>
+    <col min="7" max="7" width="29.1796875" style="10" customWidth="1"/>
+    <col min="8" max="11" width="24.54296875" style="10" customWidth="1"/>
+    <col min="12" max="256" width="9.1796875" style="10"/>
+    <col min="257" max="257" width="24.54296875" style="10" customWidth="1"/>
+    <col min="258" max="258" width="19.81640625" style="10" customWidth="1"/>
+    <col min="259" max="259" width="21.54296875" style="10" customWidth="1"/>
+    <col min="260" max="260" width="24.54296875" style="10" customWidth="1"/>
+    <col min="261" max="261" width="24.81640625" style="10" customWidth="1"/>
+    <col min="262" max="262" width="24.54296875" style="10" customWidth="1"/>
+    <col min="263" max="263" width="29.1796875" style="10" customWidth="1"/>
+    <col min="264" max="267" width="24.54296875" style="10" customWidth="1"/>
+    <col min="268" max="512" width="9.1796875" style="10"/>
+    <col min="513" max="513" width="24.54296875" style="10" customWidth="1"/>
+    <col min="514" max="514" width="19.81640625" style="10" customWidth="1"/>
+    <col min="515" max="515" width="21.54296875" style="10" customWidth="1"/>
+    <col min="516" max="516" width="24.54296875" style="10" customWidth="1"/>
+    <col min="517" max="517" width="24.81640625" style="10" customWidth="1"/>
+    <col min="518" max="518" width="24.54296875" style="10" customWidth="1"/>
+    <col min="519" max="519" width="29.1796875" style="10" customWidth="1"/>
+    <col min="520" max="523" width="24.54296875" style="10" customWidth="1"/>
+    <col min="524" max="768" width="9.1796875" style="10"/>
+    <col min="769" max="769" width="24.54296875" style="10" customWidth="1"/>
+    <col min="770" max="770" width="19.81640625" style="10" customWidth="1"/>
+    <col min="771" max="771" width="21.54296875" style="10" customWidth="1"/>
+    <col min="772" max="772" width="24.54296875" style="10" customWidth="1"/>
+    <col min="773" max="773" width="24.81640625" style="10" customWidth="1"/>
+    <col min="774" max="774" width="24.54296875" style="10" customWidth="1"/>
+    <col min="775" max="775" width="29.1796875" style="10" customWidth="1"/>
+    <col min="776" max="779" width="24.54296875" style="10" customWidth="1"/>
+    <col min="780" max="1024" width="9.1796875" style="10"/>
+    <col min="1025" max="1025" width="24.54296875" style="10" customWidth="1"/>
+    <col min="1026" max="1026" width="19.81640625" style="10" customWidth="1"/>
+    <col min="1027" max="1027" width="21.54296875" style="10" customWidth="1"/>
+    <col min="1028" max="1028" width="24.54296875" style="10" customWidth="1"/>
+    <col min="1029" max="1029" width="24.81640625" style="10" customWidth="1"/>
+    <col min="1030" max="1030" width="24.54296875" style="10" customWidth="1"/>
+    <col min="1031" max="1031" width="29.1796875" style="10" customWidth="1"/>
+    <col min="1032" max="1035" width="24.54296875" style="10" customWidth="1"/>
+    <col min="1036" max="1280" width="9.1796875" style="10"/>
+    <col min="1281" max="1281" width="24.54296875" style="10" customWidth="1"/>
+    <col min="1282" max="1282" width="19.81640625" style="10" customWidth="1"/>
+    <col min="1283" max="1283" width="21.54296875" style="10" customWidth="1"/>
+    <col min="1284" max="1284" width="24.54296875" style="10" customWidth="1"/>
+    <col min="1285" max="1285" width="24.81640625" style="10" customWidth="1"/>
+    <col min="1286" max="1286" width="24.54296875" style="10" customWidth="1"/>
+    <col min="1287" max="1287" width="29.1796875" style="10" customWidth="1"/>
+    <col min="1288" max="1291" width="24.54296875" style="10" customWidth="1"/>
+    <col min="1292" max="1536" width="9.1796875" style="10"/>
+    <col min="1537" max="1537" width="24.54296875" style="10" customWidth="1"/>
+    <col min="1538" max="1538" width="19.81640625" style="10" customWidth="1"/>
+    <col min="1539" max="1539" width="21.54296875" style="10" customWidth="1"/>
+    <col min="1540" max="1540" width="24.54296875" style="10" customWidth="1"/>
+    <col min="1541" max="1541" width="24.81640625" style="10" customWidth="1"/>
+    <col min="1542" max="1542" width="24.54296875" style="10" customWidth="1"/>
+    <col min="1543" max="1543" width="29.1796875" style="10" customWidth="1"/>
+    <col min="1544" max="1547" width="24.54296875" style="10" customWidth="1"/>
+    <col min="1548" max="1792" width="9.1796875" style="10"/>
+    <col min="1793" max="1793" width="24.54296875" style="10" customWidth="1"/>
+    <col min="1794" max="1794" width="19.81640625" style="10" customWidth="1"/>
+    <col min="1795" max="1795" width="21.54296875" style="10" customWidth="1"/>
+    <col min="1796" max="1796" width="24.54296875" style="10" customWidth="1"/>
+    <col min="1797" max="1797" width="24.81640625" style="10" customWidth="1"/>
+    <col min="1798" max="1798" width="24.54296875" style="10" customWidth="1"/>
+    <col min="1799" max="1799" width="29.1796875" style="10" customWidth="1"/>
+    <col min="1800" max="1803" width="24.54296875" style="10" customWidth="1"/>
+    <col min="1804" max="2048" width="9.1796875" style="10"/>
+    <col min="2049" max="2049" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2050" max="2050" width="19.81640625" style="10" customWidth="1"/>
+    <col min="2051" max="2051" width="21.54296875" style="10" customWidth="1"/>
+    <col min="2052" max="2052" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2053" max="2053" width="24.81640625" style="10" customWidth="1"/>
+    <col min="2054" max="2054" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2055" max="2055" width="29.1796875" style="10" customWidth="1"/>
+    <col min="2056" max="2059" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2060" max="2304" width="9.1796875" style="10"/>
+    <col min="2305" max="2305" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2306" max="2306" width="19.81640625" style="10" customWidth="1"/>
+    <col min="2307" max="2307" width="21.54296875" style="10" customWidth="1"/>
+    <col min="2308" max="2308" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2309" max="2309" width="24.81640625" style="10" customWidth="1"/>
+    <col min="2310" max="2310" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2311" max="2311" width="29.1796875" style="10" customWidth="1"/>
+    <col min="2312" max="2315" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2316" max="2560" width="9.1796875" style="10"/>
+    <col min="2561" max="2561" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2562" max="2562" width="19.81640625" style="10" customWidth="1"/>
+    <col min="2563" max="2563" width="21.54296875" style="10" customWidth="1"/>
+    <col min="2564" max="2564" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2565" max="2565" width="24.81640625" style="10" customWidth="1"/>
+    <col min="2566" max="2566" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2567" max="2567" width="29.1796875" style="10" customWidth="1"/>
+    <col min="2568" max="2571" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2572" max="2816" width="9.1796875" style="10"/>
+    <col min="2817" max="2817" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2818" max="2818" width="19.81640625" style="10" customWidth="1"/>
+    <col min="2819" max="2819" width="21.54296875" style="10" customWidth="1"/>
+    <col min="2820" max="2820" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2821" max="2821" width="24.81640625" style="10" customWidth="1"/>
+    <col min="2822" max="2822" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2823" max="2823" width="29.1796875" style="10" customWidth="1"/>
+    <col min="2824" max="2827" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2828" max="3072" width="9.1796875" style="10"/>
+    <col min="3073" max="3073" width="24.54296875" style="10" customWidth="1"/>
+    <col min="3074" max="3074" width="19.81640625" style="10" customWidth="1"/>
+    <col min="3075" max="3075" width="21.54296875" style="10" customWidth="1"/>
+    <col min="3076" max="3076" width="24.54296875" style="10" customWidth="1"/>
+    <col min="3077" max="3077" width="24.81640625" style="10" customWidth="1"/>
+    <col min="3078" max="3078" width="24.54296875" style="10" customWidth="1"/>
+    <col min="3079" max="3079" width="29.1796875" style="10" customWidth="1"/>
+    <col min="3080" max="3083" width="24.54296875" style="10" customWidth="1"/>
+    <col min="3084" max="3328" width="9.1796875" style="10"/>
+    <col min="3329" max="3329" width="24.54296875" style="10" customWidth="1"/>
+    <col min="3330" max="3330" width="19.81640625" style="10" customWidth="1"/>
+    <col min="3331" max="3331" width="21.54296875" style="10" customWidth="1"/>
+    <col min="3332" max="3332" width="24.54296875" style="10" customWidth="1"/>
+    <col min="3333" max="3333" width="24.81640625" style="10" customWidth="1"/>
+    <col min="3334" max="3334" width="24.54296875" style="10" customWidth="1"/>
+    <col min="3335" max="3335" width="29.1796875" style="10" customWidth="1"/>
+    <col min="3336" max="3339" width="24.54296875" style="10" customWidth="1"/>
+    <col min="3340" max="3584" width="9.1796875" style="10"/>
+    <col min="3585" max="3585" width="24.54296875" style="10" customWidth="1"/>
+    <col min="3586" max="3586" width="19.81640625" style="10" customWidth="1"/>
+    <col min="3587" max="3587" width="21.54296875" style="10" customWidth="1"/>
+    <col min="3588" max="3588" width="24.54296875" style="10" customWidth="1"/>
+    <col min="3589" max="3589" width="24.81640625" style="10" customWidth="1"/>
+    <col min="3590" max="3590" width="24.54296875" style="10" customWidth="1"/>
+    <col min="3591" max="3591" width="29.1796875" style="10" customWidth="1"/>
+    <col min="3592" max="3595" width="24.54296875" style="10" customWidth="1"/>
+    <col min="3596" max="3840" width="9.1796875" style="10"/>
+    <col min="3841" max="3841" width="24.54296875" style="10" customWidth="1"/>
+    <col min="3842" max="3842" width="19.81640625" style="10" customWidth="1"/>
+    <col min="3843" max="3843" width="21.54296875" style="10" customWidth="1"/>
+    <col min="3844" max="3844" width="24.54296875" style="10" customWidth="1"/>
+    <col min="3845" max="3845" width="24.81640625" style="10" customWidth="1"/>
+    <col min="3846" max="3846" width="24.54296875" style="10" customWidth="1"/>
+    <col min="3847" max="3847" width="29.1796875" style="10" customWidth="1"/>
+    <col min="3848" max="3851" width="24.54296875" style="10" customWidth="1"/>
+    <col min="3852" max="4096" width="9.1796875" style="10"/>
+    <col min="4097" max="4097" width="24.54296875" style="10" customWidth="1"/>
+    <col min="4098" max="4098" width="19.81640625" style="10" customWidth="1"/>
+    <col min="4099" max="4099" width="21.54296875" style="10" customWidth="1"/>
+    <col min="4100" max="4100" width="24.54296875" style="10" customWidth="1"/>
+    <col min="4101" max="4101" width="24.81640625" style="10" customWidth="1"/>
+    <col min="4102" max="4102" width="24.54296875" style="10" customWidth="1"/>
+    <col min="4103" max="4103" width="29.1796875" style="10" customWidth="1"/>
+    <col min="4104" max="4107" width="24.54296875" style="10" customWidth="1"/>
+    <col min="4108" max="4352" width="9.1796875" style="10"/>
+    <col min="4353" max="4353" width="24.54296875" style="10" customWidth="1"/>
+    <col min="4354" max="4354" width="19.81640625" style="10" customWidth="1"/>
+    <col min="4355" max="4355" width="21.54296875" style="10" customWidth="1"/>
+    <col min="4356" max="4356" width="24.54296875" style="10" customWidth="1"/>
+    <col min="4357" max="4357" width="24.81640625" style="10" customWidth="1"/>
+    <col min="4358" max="4358" width="24.54296875" style="10" customWidth="1"/>
+    <col min="4359" max="4359" width="29.1796875" style="10" customWidth="1"/>
+    <col min="4360" max="4363" width="24.54296875" style="10" customWidth="1"/>
+    <col min="4364" max="4608" width="9.1796875" style="10"/>
+    <col min="4609" max="4609" width="24.54296875" style="10" customWidth="1"/>
+    <col min="4610" max="4610" width="19.81640625" style="10" customWidth="1"/>
+    <col min="4611" max="4611" width="21.54296875" style="10" customWidth="1"/>
+    <col min="4612" max="4612" width="24.54296875" style="10" customWidth="1"/>
+    <col min="4613" max="4613" width="24.81640625" style="10" customWidth="1"/>
+    <col min="4614" max="4614" width="24.54296875" style="10" customWidth="1"/>
+    <col min="4615" max="4615" width="29.1796875" style="10" customWidth="1"/>
+    <col min="4616" max="4619" width="24.54296875" style="10" customWidth="1"/>
+    <col min="4620" max="4864" width="9.1796875" style="10"/>
+    <col min="4865" max="4865" width="24.54296875" style="10" customWidth="1"/>
+    <col min="4866" max="4866" width="19.81640625" style="10" customWidth="1"/>
+    <col min="4867" max="4867" width="21.54296875" style="10" customWidth="1"/>
+    <col min="4868" max="4868" width="24.54296875" style="10" customWidth="1"/>
+    <col min="4869" max="4869" width="24.81640625" style="10" customWidth="1"/>
+    <col min="4870" max="4870" width="24.54296875" style="10" customWidth="1"/>
+    <col min="4871" max="4871" width="29.1796875" style="10" customWidth="1"/>
+    <col min="4872" max="4875" width="24.54296875" style="10" customWidth="1"/>
+    <col min="4876" max="5120" width="9.1796875" style="10"/>
+    <col min="5121" max="5121" width="24.54296875" style="10" customWidth="1"/>
+    <col min="5122" max="5122" width="19.81640625" style="10" customWidth="1"/>
+    <col min="5123" max="5123" width="21.54296875" style="10" customWidth="1"/>
+    <col min="5124" max="5124" width="24.54296875" style="10" customWidth="1"/>
+    <col min="5125" max="5125" width="24.81640625" style="10" customWidth="1"/>
+    <col min="5126" max="5126" width="24.54296875" style="10" customWidth="1"/>
+    <col min="5127" max="5127" width="29.1796875" style="10" customWidth="1"/>
+    <col min="5128" max="5131" width="24.54296875" style="10" customWidth="1"/>
+    <col min="5132" max="5376" width="9.1796875" style="10"/>
+    <col min="5377" max="5377" width="24.54296875" style="10" customWidth="1"/>
+    <col min="5378" max="5378" width="19.81640625" style="10" customWidth="1"/>
+    <col min="5379" max="5379" width="21.54296875" style="10" customWidth="1"/>
+    <col min="5380" max="5380" width="24.54296875" style="10" customWidth="1"/>
+    <col min="5381" max="5381" width="24.81640625" style="10" customWidth="1"/>
+    <col min="5382" max="5382" width="24.54296875" style="10" customWidth="1"/>
+    <col min="5383" max="5383" width="29.1796875" style="10" customWidth="1"/>
+    <col min="5384" max="5387" width="24.54296875" style="10" customWidth="1"/>
+    <col min="5388" max="5632" width="9.1796875" style="10"/>
+    <col min="5633" max="5633" width="24.54296875" style="10" customWidth="1"/>
+    <col min="5634" max="5634" width="19.81640625" style="10" customWidth="1"/>
+    <col min="5635" max="5635" width="21.54296875" style="10" customWidth="1"/>
+    <col min="5636" max="5636" width="24.54296875" style="10" customWidth="1"/>
+    <col min="5637" max="5637" width="24.81640625" style="10" customWidth="1"/>
+    <col min="5638" max="5638" width="24.54296875" style="10" customWidth="1"/>
+    <col min="5639" max="5639" width="29.1796875" style="10" customWidth="1"/>
+    <col min="5640" max="5643" width="24.54296875" style="10" customWidth="1"/>
+    <col min="5644" max="5888" width="9.1796875" style="10"/>
+    <col min="5889" max="5889" width="24.54296875" style="10" customWidth="1"/>
+    <col min="5890" max="5890" width="19.81640625" style="10" customWidth="1"/>
+    <col min="5891" max="5891" width="21.54296875" style="10" customWidth="1"/>
+    <col min="5892" max="5892" width="24.54296875" style="10" customWidth="1"/>
+    <col min="5893" max="5893" width="24.81640625" style="10" customWidth="1"/>
+    <col min="5894" max="5894" width="24.54296875" style="10" customWidth="1"/>
+    <col min="5895" max="5895" width="29.1796875" style="10" customWidth="1"/>
+    <col min="5896" max="5899" width="24.54296875" style="10" customWidth="1"/>
+    <col min="5900" max="6144" width="9.1796875" style="10"/>
+    <col min="6145" max="6145" width="24.54296875" style="10" customWidth="1"/>
+    <col min="6146" max="6146" width="19.81640625" style="10" customWidth="1"/>
+    <col min="6147" max="6147" width="21.54296875" style="10" customWidth="1"/>
+    <col min="6148" max="6148" width="24.54296875" style="10" customWidth="1"/>
+    <col min="6149" max="6149" width="24.81640625" style="10" customWidth="1"/>
+    <col min="6150" max="6150" width="24.54296875" style="10" customWidth="1"/>
+    <col min="6151" max="6151" width="29.1796875" style="10" customWidth="1"/>
+    <col min="6152" max="6155" width="24.54296875" style="10" customWidth="1"/>
+    <col min="6156" max="6400" width="9.1796875" style="10"/>
+    <col min="6401" max="6401" width="24.54296875" style="10" customWidth="1"/>
+    <col min="6402" max="6402" width="19.81640625" style="10" customWidth="1"/>
+    <col min="6403" max="6403" width="21.54296875" style="10" customWidth="1"/>
+    <col min="6404" max="6404" width="24.54296875" style="10" customWidth="1"/>
+    <col min="6405" max="6405" width="24.81640625" style="10" customWidth="1"/>
+    <col min="6406" max="6406" width="24.54296875" style="10" customWidth="1"/>
+    <col min="6407" max="6407" width="29.1796875" style="10" customWidth="1"/>
+    <col min="6408" max="6411" width="24.54296875" style="10" customWidth="1"/>
+    <col min="6412" max="6656" width="9.1796875" style="10"/>
+    <col min="6657" max="6657" width="24.54296875" style="10" customWidth="1"/>
+    <col min="6658" max="6658" width="19.81640625" style="10" customWidth="1"/>
+    <col min="6659" max="6659" width="21.54296875" style="10" customWidth="1"/>
+    <col min="6660" max="6660" width="24.54296875" style="10" customWidth="1"/>
+    <col min="6661" max="6661" width="24.81640625" style="10" customWidth="1"/>
+    <col min="6662" max="6662" width="24.54296875" style="10" customWidth="1"/>
+    <col min="6663" max="6663" width="29.1796875" style="10" customWidth="1"/>
+    <col min="6664" max="6667" width="24.54296875" style="10" customWidth="1"/>
+    <col min="6668" max="6912" width="9.1796875" style="10"/>
+    <col min="6913" max="6913" width="24.54296875" style="10" customWidth="1"/>
+    <col min="6914" max="6914" width="19.81640625" style="10" customWidth="1"/>
+    <col min="6915" max="6915" width="21.54296875" style="10" customWidth="1"/>
+    <col min="6916" max="6916" width="24.54296875" style="10" customWidth="1"/>
+    <col min="6917" max="6917" width="24.81640625" style="10" customWidth="1"/>
+    <col min="6918" max="6918" width="24.54296875" style="10" customWidth="1"/>
+    <col min="6919" max="6919" width="29.1796875" style="10" customWidth="1"/>
+    <col min="6920" max="6923" width="24.54296875" style="10" customWidth="1"/>
+    <col min="6924" max="7168" width="9.1796875" style="10"/>
+    <col min="7169" max="7169" width="24.54296875" style="10" customWidth="1"/>
+    <col min="7170" max="7170" width="19.81640625" style="10" customWidth="1"/>
+    <col min="7171" max="7171" width="21.54296875" style="10" customWidth="1"/>
+    <col min="7172" max="7172" width="24.54296875" style="10" customWidth="1"/>
+    <col min="7173" max="7173" width="24.81640625" style="10" customWidth="1"/>
+    <col min="7174" max="7174" width="24.54296875" style="10" customWidth="1"/>
+    <col min="7175" max="7175" width="29.1796875" style="10" customWidth="1"/>
+    <col min="7176" max="7179" width="24.54296875" style="10" customWidth="1"/>
+    <col min="7180" max="7424" width="9.1796875" style="10"/>
+    <col min="7425" max="7425" width="24.54296875" style="10" customWidth="1"/>
+    <col min="7426" max="7426" width="19.81640625" style="10" customWidth="1"/>
+    <col min="7427" max="7427" width="21.54296875" style="10" customWidth="1"/>
+    <col min="7428" max="7428" width="24.54296875" style="10" customWidth="1"/>
+    <col min="7429" max="7429" width="24.81640625" style="10" customWidth="1"/>
+    <col min="7430" max="7430" width="24.54296875" style="10" customWidth="1"/>
+    <col min="7431" max="7431" width="29.1796875" style="10" customWidth="1"/>
+    <col min="7432" max="7435" width="24.54296875" style="10" customWidth="1"/>
+    <col min="7436" max="7680" width="9.1796875" style="10"/>
+    <col min="7681" max="7681" width="24.54296875" style="10" customWidth="1"/>
+    <col min="7682" max="7682" width="19.81640625" style="10" customWidth="1"/>
+    <col min="7683" max="7683" width="21.54296875" style="10" customWidth="1"/>
+    <col min="7684" max="7684" width="24.54296875" style="10" customWidth="1"/>
+    <col min="7685" max="7685" width="24.81640625" style="10" customWidth="1"/>
+    <col min="7686" max="7686" width="24.54296875" style="10" customWidth="1"/>
+    <col min="7687" max="7687" width="29.1796875" style="10" customWidth="1"/>
+    <col min="7688" max="7691" width="24.54296875" style="10" customWidth="1"/>
+    <col min="7692" max="7936" width="9.1796875" style="10"/>
+    <col min="7937" max="7937" width="24.54296875" style="10" customWidth="1"/>
+    <col min="7938" max="7938" width="19.81640625" style="10" customWidth="1"/>
+    <col min="7939" max="7939" width="21.54296875" style="10" customWidth="1"/>
+    <col min="7940" max="7940" width="24.54296875" style="10" customWidth="1"/>
+    <col min="7941" max="7941" width="24.81640625" style="10" customWidth="1"/>
+    <col min="7942" max="7942" width="24.54296875" style="10" customWidth="1"/>
+    <col min="7943" max="7943" width="29.1796875" style="10" customWidth="1"/>
+    <col min="7944" max="7947" width="24.54296875" style="10" customWidth="1"/>
+    <col min="7948" max="8192" width="9.1796875" style="10"/>
+    <col min="8193" max="8193" width="24.54296875" style="10" customWidth="1"/>
+    <col min="8194" max="8194" width="19.81640625" style="10" customWidth="1"/>
+    <col min="8195" max="8195" width="21.54296875" style="10" customWidth="1"/>
+    <col min="8196" max="8196" width="24.54296875" style="10" customWidth="1"/>
+    <col min="8197" max="8197" width="24.81640625" style="10" customWidth="1"/>
+    <col min="8198" max="8198" width="24.54296875" style="10" customWidth="1"/>
+    <col min="8199" max="8199" width="29.1796875" style="10" customWidth="1"/>
+    <col min="8200" max="8203" width="24.54296875" style="10" customWidth="1"/>
+    <col min="8204" max="8448" width="9.1796875" style="10"/>
+    <col min="8449" max="8449" width="24.54296875" style="10" customWidth="1"/>
+    <col min="8450" max="8450" width="19.81640625" style="10" customWidth="1"/>
+    <col min="8451" max="8451" width="21.54296875" style="10" customWidth="1"/>
+    <col min="8452" max="8452" width="24.54296875" style="10" customWidth="1"/>
+    <col min="8453" max="8453" width="24.81640625" style="10" customWidth="1"/>
+    <col min="8454" max="8454" width="24.54296875" style="10" customWidth="1"/>
+    <col min="8455" max="8455" width="29.1796875" style="10" customWidth="1"/>
+    <col min="8456" max="8459" width="24.54296875" style="10" customWidth="1"/>
+    <col min="8460" max="8704" width="9.1796875" style="10"/>
+    <col min="8705" max="8705" width="24.54296875" style="10" customWidth="1"/>
+    <col min="8706" max="8706" width="19.81640625" style="10" customWidth="1"/>
+    <col min="8707" max="8707" width="21.54296875" style="10" customWidth="1"/>
+    <col min="8708" max="8708" width="24.54296875" style="10" customWidth="1"/>
+    <col min="8709" max="8709" width="24.81640625" style="10" customWidth="1"/>
+    <col min="8710" max="8710" width="24.54296875" style="10" customWidth="1"/>
+    <col min="8711" max="8711" width="29.1796875" style="10" customWidth="1"/>
+    <col min="8712" max="8715" width="24.54296875" style="10" customWidth="1"/>
+    <col min="8716" max="8960" width="9.1796875" style="10"/>
+    <col min="8961" max="8961" width="24.54296875" style="10" customWidth="1"/>
+    <col min="8962" max="8962" width="19.81640625" style="10" customWidth="1"/>
+    <col min="8963" max="8963" width="21.54296875" style="10" customWidth="1"/>
+    <col min="8964" max="8964" width="24.54296875" style="10" customWidth="1"/>
+    <col min="8965" max="8965" width="24.81640625" style="10" customWidth="1"/>
+    <col min="8966" max="8966" width="24.54296875" style="10" customWidth="1"/>
+    <col min="8967" max="8967" width="29.1796875" style="10" customWidth="1"/>
+    <col min="8968" max="8971" width="24.54296875" style="10" customWidth="1"/>
+    <col min="8972" max="9216" width="9.1796875" style="10"/>
+    <col min="9217" max="9217" width="24.54296875" style="10" customWidth="1"/>
+    <col min="9218" max="9218" width="19.81640625" style="10" customWidth="1"/>
+    <col min="9219" max="9219" width="21.54296875" style="10" customWidth="1"/>
+    <col min="9220" max="9220" width="24.54296875" style="10" customWidth="1"/>
+    <col min="9221" max="9221" width="24.81640625" style="10" customWidth="1"/>
+    <col min="9222" max="9222" width="24.54296875" style="10" customWidth="1"/>
+    <col min="9223" max="9223" width="29.1796875" style="10" customWidth="1"/>
+    <col min="9224" max="9227" width="24.54296875" style="10" customWidth="1"/>
+    <col min="9228" max="9472" width="9.1796875" style="10"/>
+    <col min="9473" max="9473" width="24.54296875" style="10" customWidth="1"/>
+    <col min="9474" max="9474" width="19.81640625" style="10" customWidth="1"/>
+    <col min="9475" max="9475" width="21.54296875" style="10" customWidth="1"/>
+    <col min="9476" max="9476" width="24.54296875" style="10" customWidth="1"/>
+    <col min="9477" max="9477" width="24.81640625" style="10" customWidth="1"/>
+    <col min="9478" max="9478" width="24.54296875" style="10" customWidth="1"/>
+    <col min="9479" max="9479" width="29.1796875" style="10" customWidth="1"/>
+    <col min="9480" max="9483" width="24.54296875" style="10" customWidth="1"/>
+    <col min="9484" max="9728" width="9.1796875" style="10"/>
+    <col min="9729" max="9729" width="24.54296875" style="10" customWidth="1"/>
+    <col min="9730" max="9730" width="19.81640625" style="10" customWidth="1"/>
+    <col min="9731" max="9731" width="21.54296875" style="10" customWidth="1"/>
+    <col min="9732" max="9732" width="24.54296875" style="10" customWidth="1"/>
+    <col min="9733" max="9733" width="24.81640625" style="10" customWidth="1"/>
+    <col min="9734" max="9734" width="24.54296875" style="10" customWidth="1"/>
+    <col min="9735" max="9735" width="29.1796875" style="10" customWidth="1"/>
+    <col min="9736" max="9739" width="24.54296875" style="10" customWidth="1"/>
+    <col min="9740" max="9984" width="9.1796875" style="10"/>
+    <col min="9985" max="9985" width="24.54296875" style="10" customWidth="1"/>
+    <col min="9986" max="9986" width="19.81640625" style="10" customWidth="1"/>
+    <col min="9987" max="9987" width="21.54296875" style="10" customWidth="1"/>
+    <col min="9988" max="9988" width="24.54296875" style="10" customWidth="1"/>
+    <col min="9989" max="9989" width="24.81640625" style="10" customWidth="1"/>
+    <col min="9990" max="9990" width="24.54296875" style="10" customWidth="1"/>
+    <col min="9991" max="9991" width="29.1796875" style="10" customWidth="1"/>
+    <col min="9992" max="9995" width="24.54296875" style="10" customWidth="1"/>
+    <col min="9996" max="10240" width="9.1796875" style="10"/>
+    <col min="10241" max="10241" width="24.54296875" style="10" customWidth="1"/>
+    <col min="10242" max="10242" width="19.81640625" style="10" customWidth="1"/>
+    <col min="10243" max="10243" width="21.54296875" style="10" customWidth="1"/>
+    <col min="10244" max="10244" width="24.54296875" style="10" customWidth="1"/>
+    <col min="10245" max="10245" width="24.81640625" style="10" customWidth="1"/>
+    <col min="10246" max="10246" width="24.54296875" style="10" customWidth="1"/>
+    <col min="10247" max="10247" width="29.1796875" style="10" customWidth="1"/>
+    <col min="10248" max="10251" width="24.54296875" style="10" customWidth="1"/>
+    <col min="10252" max="10496" width="9.1796875" style="10"/>
+    <col min="10497" max="10497" width="24.54296875" style="10" customWidth="1"/>
+    <col min="10498" max="10498" width="19.81640625" style="10" customWidth="1"/>
+    <col min="10499" max="10499" width="21.54296875" style="10" customWidth="1"/>
+    <col min="10500" max="10500" width="24.54296875" style="10" customWidth="1"/>
+    <col min="10501" max="10501" width="24.81640625" style="10" customWidth="1"/>
+    <col min="10502" max="10502" width="24.54296875" style="10" customWidth="1"/>
+    <col min="10503" max="10503" width="29.1796875" style="10" customWidth="1"/>
+    <col min="10504" max="10507" width="24.54296875" style="10" customWidth="1"/>
+    <col min="10508" max="10752" width="9.1796875" style="10"/>
+    <col min="10753" max="10753" width="24.54296875" style="10" customWidth="1"/>
+    <col min="10754" max="10754" width="19.81640625" style="10" customWidth="1"/>
+    <col min="10755" max="10755" width="21.54296875" style="10" customWidth="1"/>
+    <col min="10756" max="10756" width="24.54296875" style="10" customWidth="1"/>
+    <col min="10757" max="10757" width="24.81640625" style="10" customWidth="1"/>
+    <col min="10758" max="10758" width="24.54296875" style="10" customWidth="1"/>
+    <col min="10759" max="10759" width="29.1796875" style="10" customWidth="1"/>
+    <col min="10760" max="10763" width="24.54296875" style="10" customWidth="1"/>
+    <col min="10764" max="11008" width="9.1796875" style="10"/>
+    <col min="11009" max="11009" width="24.54296875" style="10" customWidth="1"/>
+    <col min="11010" max="11010" width="19.81640625" style="10" customWidth="1"/>
+    <col min="11011" max="11011" width="21.54296875" style="10" customWidth="1"/>
+    <col min="11012" max="11012" width="24.54296875" style="10" customWidth="1"/>
+    <col min="11013" max="11013" width="24.81640625" style="10" customWidth="1"/>
+    <col min="11014" max="11014" width="24.54296875" style="10" customWidth="1"/>
+    <col min="11015" max="11015" width="29.1796875" style="10" customWidth="1"/>
+    <col min="11016" max="11019" width="24.54296875" style="10" customWidth="1"/>
+    <col min="11020" max="11264" width="9.1796875" style="10"/>
+    <col min="11265" max="11265" width="24.54296875" style="10" customWidth="1"/>
+    <col min="11266" max="11266" width="19.81640625" style="10" customWidth="1"/>
+    <col min="11267" max="11267" width="21.54296875" style="10" customWidth="1"/>
+    <col min="11268" max="11268" width="24.54296875" style="10" customWidth="1"/>
+    <col min="11269" max="11269" width="24.81640625" style="10" customWidth="1"/>
+    <col min="11270" max="11270" width="24.54296875" style="10" customWidth="1"/>
+    <col min="11271" max="11271" width="29.1796875" style="10" customWidth="1"/>
+    <col min="11272" max="11275" width="24.54296875" style="10" customWidth="1"/>
+    <col min="11276" max="11520" width="9.1796875" style="10"/>
+    <col min="11521" max="11521" width="24.54296875" style="10" customWidth="1"/>
+    <col min="11522" max="11522" width="19.81640625" style="10" customWidth="1"/>
+    <col min="11523" max="11523" width="21.54296875" style="10" customWidth="1"/>
+    <col min="11524" max="11524" width="24.54296875" style="10" customWidth="1"/>
+    <col min="11525" max="11525" width="24.81640625" style="10" customWidth="1"/>
+    <col min="11526" max="11526" width="24.54296875" style="10" customWidth="1"/>
+    <col min="11527" max="11527" width="29.1796875" style="10" customWidth="1"/>
+    <col min="11528" max="11531" width="24.54296875" style="10" customWidth="1"/>
+    <col min="11532" max="11776" width="9.1796875" style="10"/>
+    <col min="11777" max="11777" width="24.54296875" style="10" customWidth="1"/>
+    <col min="11778" max="11778" width="19.81640625" style="10" customWidth="1"/>
+    <col min="11779" max="11779" width="21.54296875" style="10" customWidth="1"/>
+    <col min="11780" max="11780" width="24.54296875" style="10" customWidth="1"/>
+    <col min="11781" max="11781" width="24.81640625" style="10" customWidth="1"/>
+    <col min="11782" max="11782" width="24.54296875" style="10" customWidth="1"/>
+    <col min="11783" max="11783" width="29.1796875" style="10" customWidth="1"/>
+    <col min="11784" max="11787" width="24.54296875" style="10" customWidth="1"/>
+    <col min="11788" max="12032" width="9.1796875" style="10"/>
+    <col min="12033" max="12033" width="24.54296875" style="10" customWidth="1"/>
+    <col min="12034" max="12034" width="19.81640625" style="10" customWidth="1"/>
+    <col min="12035" max="12035" width="21.54296875" style="10" customWidth="1"/>
+    <col min="12036" max="12036" width="24.54296875" style="10" customWidth="1"/>
+    <col min="12037" max="12037" width="24.81640625" style="10" customWidth="1"/>
+    <col min="12038" max="12038" width="24.54296875" style="10" customWidth="1"/>
+    <col min="12039" max="12039" width="29.1796875" style="10" customWidth="1"/>
+    <col min="12040" max="12043" width="24.54296875" style="10" customWidth="1"/>
+    <col min="12044" max="12288" width="9.1796875" style="10"/>
+    <col min="12289" max="12289" width="24.54296875" style="10" customWidth="1"/>
+    <col min="12290" max="12290" width="19.81640625" style="10" customWidth="1"/>
+    <col min="12291" max="12291" width="21.54296875" style="10" customWidth="1"/>
+    <col min="12292" max="12292" width="24.54296875" style="10" customWidth="1"/>
+    <col min="12293" max="12293" width="24.81640625" style="10" customWidth="1"/>
+    <col min="12294" max="12294" width="24.54296875" style="10" customWidth="1"/>
+    <col min="12295" max="12295" width="29.1796875" style="10" customWidth="1"/>
+    <col min="12296" max="12299" width="24.54296875" style="10" customWidth="1"/>
+    <col min="12300" max="12544" width="9.1796875" style="10"/>
+    <col min="12545" max="12545" width="24.54296875" style="10" customWidth="1"/>
+    <col min="12546" max="12546" width="19.81640625" style="10" customWidth="1"/>
+    <col min="12547" max="12547" width="21.54296875" style="10" customWidth="1"/>
+    <col min="12548" max="12548" width="24.54296875" style="10" customWidth="1"/>
+    <col min="12549" max="12549" width="24.81640625" style="10" customWidth="1"/>
+    <col min="12550" max="12550" width="24.54296875" style="10" customWidth="1"/>
+    <col min="12551" max="12551" width="29.1796875" style="10" customWidth="1"/>
+    <col min="12552" max="12555" width="24.54296875" style="10" customWidth="1"/>
+    <col min="12556" max="12800" width="9.1796875" style="10"/>
+    <col min="12801" max="12801" width="24.54296875" style="10" customWidth="1"/>
+    <col min="12802" max="12802" width="19.81640625" style="10" customWidth="1"/>
+    <col min="12803" max="12803" width="21.54296875" style="10" customWidth="1"/>
+    <col min="12804" max="12804" width="24.54296875" style="10" customWidth="1"/>
+    <col min="12805" max="12805" width="24.81640625" style="10" customWidth="1"/>
+    <col min="12806" max="12806" width="24.54296875" style="10" customWidth="1"/>
+    <col min="12807" max="12807" width="29.1796875" style="10" customWidth="1"/>
+    <col min="12808" max="12811" width="24.54296875" style="10" customWidth="1"/>
+    <col min="12812" max="13056" width="9.1796875" style="10"/>
+    <col min="13057" max="13057" width="24.54296875" style="10" customWidth="1"/>
+    <col min="13058" max="13058" width="19.81640625" style="10" customWidth="1"/>
+    <col min="13059" max="13059" width="21.54296875" style="10" customWidth="1"/>
+    <col min="13060" max="13060" width="24.54296875" style="10" customWidth="1"/>
+    <col min="13061" max="13061" width="24.81640625" style="10" customWidth="1"/>
+    <col min="13062" max="13062" width="24.54296875" style="10" customWidth="1"/>
+    <col min="13063" max="13063" width="29.1796875" style="10" customWidth="1"/>
+    <col min="13064" max="13067" width="24.54296875" style="10" customWidth="1"/>
+    <col min="13068" max="13312" width="9.1796875" style="10"/>
+    <col min="13313" max="13313" width="24.54296875" style="10" customWidth="1"/>
+    <col min="13314" max="13314" width="19.81640625" style="10" customWidth="1"/>
+    <col min="13315" max="13315" width="21.54296875" style="10" customWidth="1"/>
+    <col min="13316" max="13316" width="24.54296875" style="10" customWidth="1"/>
+    <col min="13317" max="13317" width="24.81640625" style="10" customWidth="1"/>
+    <col min="13318" max="13318" width="24.54296875" style="10" customWidth="1"/>
+    <col min="13319" max="13319" width="29.1796875" style="10" customWidth="1"/>
+    <col min="13320" max="13323" width="24.54296875" style="10" customWidth="1"/>
+    <col min="13324" max="13568" width="9.1796875" style="10"/>
+    <col min="13569" max="13569" width="24.54296875" style="10" customWidth="1"/>
+    <col min="13570" max="13570" width="19.81640625" style="10" customWidth="1"/>
+    <col min="13571" max="13571" width="21.54296875" style="10" customWidth="1"/>
+    <col min="13572" max="13572" width="24.54296875" style="10" customWidth="1"/>
+    <col min="13573" max="13573" width="24.81640625" style="10" customWidth="1"/>
+    <col min="13574" max="13574" width="24.54296875" style="10" customWidth="1"/>
+    <col min="13575" max="13575" width="29.1796875" style="10" customWidth="1"/>
+    <col min="13576" max="13579" width="24.54296875" style="10" customWidth="1"/>
+    <col min="13580" max="13824" width="9.1796875" style="10"/>
+    <col min="13825" max="13825" width="24.54296875" style="10" customWidth="1"/>
+    <col min="13826" max="13826" width="19.81640625" style="10" customWidth="1"/>
+    <col min="13827" max="13827" width="21.54296875" style="10" customWidth="1"/>
+    <col min="13828" max="13828" width="24.54296875" style="10" customWidth="1"/>
+    <col min="13829" max="13829" width="24.81640625" style="10" customWidth="1"/>
+    <col min="13830" max="13830" width="24.54296875" style="10" customWidth="1"/>
+    <col min="13831" max="13831" width="29.1796875" style="10" customWidth="1"/>
+    <col min="13832" max="13835" width="24.54296875" style="10" customWidth="1"/>
+    <col min="13836" max="14080" width="9.1796875" style="10"/>
+    <col min="14081" max="14081" width="24.54296875" style="10" customWidth="1"/>
+    <col min="14082" max="14082" width="19.81640625" style="10" customWidth="1"/>
+    <col min="14083" max="14083" width="21.54296875" style="10" customWidth="1"/>
+    <col min="14084" max="14084" width="24.54296875" style="10" customWidth="1"/>
+    <col min="14085" max="14085" width="24.81640625" style="10" customWidth="1"/>
+    <col min="14086" max="14086" width="24.54296875" style="10" customWidth="1"/>
+    <col min="14087" max="14087" width="29.1796875" style="10" customWidth="1"/>
+    <col min="14088" max="14091" width="24.54296875" style="10" customWidth="1"/>
+    <col min="14092" max="14336" width="9.1796875" style="10"/>
+    <col min="14337" max="14337" width="24.54296875" style="10" customWidth="1"/>
+    <col min="14338" max="14338" width="19.81640625" style="10" customWidth="1"/>
+    <col min="14339" max="14339" width="21.54296875" style="10" customWidth="1"/>
+    <col min="14340" max="14340" width="24.54296875" style="10" customWidth="1"/>
+    <col min="14341" max="14341" width="24.81640625" style="10" customWidth="1"/>
+    <col min="14342" max="14342" width="24.54296875" style="10" customWidth="1"/>
+    <col min="14343" max="14343" width="29.1796875" style="10" customWidth="1"/>
+    <col min="14344" max="14347" width="24.54296875" style="10" customWidth="1"/>
+    <col min="14348" max="14592" width="9.1796875" style="10"/>
+    <col min="14593" max="14593" width="24.54296875" style="10" customWidth="1"/>
+    <col min="14594" max="14594" width="19.81640625" style="10" customWidth="1"/>
+    <col min="14595" max="14595" width="21.54296875" style="10" customWidth="1"/>
+    <col min="14596" max="14596" width="24.54296875" style="10" customWidth="1"/>
+    <col min="14597" max="14597" width="24.81640625" style="10" customWidth="1"/>
+    <col min="14598" max="14598" width="24.54296875" style="10" customWidth="1"/>
+    <col min="14599" max="14599" width="29.1796875" style="10" customWidth="1"/>
+    <col min="14600" max="14603" width="24.54296875" style="10" customWidth="1"/>
+    <col min="14604" max="14848" width="9.1796875" style="10"/>
+    <col min="14849" max="14849" width="24.54296875" style="10" customWidth="1"/>
+    <col min="14850" max="14850" width="19.81640625" style="10" customWidth="1"/>
+    <col min="14851" max="14851" width="21.54296875" style="10" customWidth="1"/>
+    <col min="14852" max="14852" width="24.54296875" style="10" customWidth="1"/>
+    <col min="14853" max="14853" width="24.81640625" style="10" customWidth="1"/>
+    <col min="14854" max="14854" width="24.54296875" style="10" customWidth="1"/>
+    <col min="14855" max="14855" width="29.1796875" style="10" customWidth="1"/>
+    <col min="14856" max="14859" width="24.54296875" style="10" customWidth="1"/>
+    <col min="14860" max="15104" width="9.1796875" style="10"/>
+    <col min="15105" max="15105" width="24.54296875" style="10" customWidth="1"/>
+    <col min="15106" max="15106" width="19.81640625" style="10" customWidth="1"/>
+    <col min="15107" max="15107" width="21.54296875" style="10" customWidth="1"/>
+    <col min="15108" max="15108" width="24.54296875" style="10" customWidth="1"/>
+    <col min="15109" max="15109" width="24.81640625" style="10" customWidth="1"/>
+    <col min="15110" max="15110" width="24.54296875" style="10" customWidth="1"/>
+    <col min="15111" max="15111" width="29.1796875" style="10" customWidth="1"/>
+    <col min="15112" max="15115" width="24.54296875" style="10" customWidth="1"/>
+    <col min="15116" max="15360" width="9.1796875" style="10"/>
+    <col min="15361" max="15361" width="24.54296875" style="10" customWidth="1"/>
+    <col min="15362" max="15362" width="19.81640625" style="10" customWidth="1"/>
+    <col min="15363" max="15363" width="21.54296875" style="10" customWidth="1"/>
+    <col min="15364" max="15364" width="24.54296875" style="10" customWidth="1"/>
+    <col min="15365" max="15365" width="24.81640625" style="10" customWidth="1"/>
+    <col min="15366" max="15366" width="24.54296875" style="10" customWidth="1"/>
+    <col min="15367" max="15367" width="29.1796875" style="10" customWidth="1"/>
+    <col min="15368" max="15371" width="24.54296875" style="10" customWidth="1"/>
+    <col min="15372" max="15616" width="9.1796875" style="10"/>
+    <col min="15617" max="15617" width="24.54296875" style="10" customWidth="1"/>
+    <col min="15618" max="15618" width="19.81640625" style="10" customWidth="1"/>
+    <col min="15619" max="15619" width="21.54296875" style="10" customWidth="1"/>
+    <col min="15620" max="15620" width="24.54296875" style="10" customWidth="1"/>
+    <col min="15621" max="15621" width="24.81640625" style="10" customWidth="1"/>
+    <col min="15622" max="15622" width="24.54296875" style="10" customWidth="1"/>
+    <col min="15623" max="15623" width="29.1796875" style="10" customWidth="1"/>
+    <col min="15624" max="15627" width="24.54296875" style="10" customWidth="1"/>
+    <col min="15628" max="15872" width="9.1796875" style="10"/>
+    <col min="15873" max="15873" width="24.54296875" style="10" customWidth="1"/>
+    <col min="15874" max="15874" width="19.81640625" style="10" customWidth="1"/>
+    <col min="15875" max="15875" width="21.54296875" style="10" customWidth="1"/>
+    <col min="15876" max="15876" width="24.54296875" style="10" customWidth="1"/>
+    <col min="15877" max="15877" width="24.81640625" style="10" customWidth="1"/>
+    <col min="15878" max="15878" width="24.54296875" style="10" customWidth="1"/>
+    <col min="15879" max="15879" width="29.1796875" style="10" customWidth="1"/>
+    <col min="15880" max="15883" width="24.54296875" style="10" customWidth="1"/>
+    <col min="15884" max="16128" width="9.1796875" style="10"/>
+    <col min="16129" max="16129" width="24.54296875" style="10" customWidth="1"/>
+    <col min="16130" max="16130" width="19.81640625" style="10" customWidth="1"/>
+    <col min="16131" max="16131" width="21.54296875" style="10" customWidth="1"/>
+    <col min="16132" max="16132" width="24.54296875" style="10" customWidth="1"/>
+    <col min="16133" max="16133" width="24.81640625" style="10" customWidth="1"/>
+    <col min="16134" max="16134" width="24.54296875" style="10" customWidth="1"/>
+    <col min="16135" max="16135" width="29.1796875" style="10" customWidth="1"/>
+    <col min="16136" max="16139" width="24.54296875" style="10" customWidth="1"/>
+    <col min="16140" max="16384" width="9.1796875" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customFormat="1" ht="87.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="14" t="s">
-[...10 lines deleted...]
-      <c r="J1" s="16"/>
+      <c r="A1" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="B1" s="16"/>
+      <c r="C1" s="16"/>
+      <c r="D1" s="16"/>
+      <c r="E1" s="16"/>
+      <c r="F1" s="16"/>
+      <c r="G1" s="16"/>
+      <c r="H1" s="16"/>
+      <c r="I1" s="16"/>
+      <c r="J1" s="17"/>
     </row>
     <row r="2" spans="1:10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A2" s="17" t="s">
+      <c r="A2" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="B2" s="17"/>
-[...7 lines deleted...]
-      <c r="J2" s="17"/>
+      <c r="B2" s="18"/>
+      <c r="C2" s="18"/>
+      <c r="D2" s="18"/>
+      <c r="E2" s="18"/>
+      <c r="F2" s="18"/>
+      <c r="G2" s="18"/>
+      <c r="H2" s="18"/>
+      <c r="I2" s="18"/>
+      <c r="J2" s="18"/>
     </row>
     <row r="3" spans="1:10" s="4" customFormat="1" ht="39" x14ac:dyDescent="0.3">
       <c r="A3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" s="10" t="s">
+      <c r="D3" s="11" t="s">
         <v>19</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="4" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B4" s="5" t="s">
+    <row r="4" spans="1:10" ht="63" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" s="6" t="s">
         <v>0</v>
       </c>
-      <c r="C4" s="6"/>
-      <c r="D4" s="12">
+      <c r="C4" s="7"/>
+      <c r="D4" s="13">
         <v>4403.93</v>
       </c>
-      <c r="E4" s="7" t="s">
+      <c r="E4" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G4" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J4" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="C5" s="7"/>
+      <c r="D5" s="13">
+        <v>2457.48</v>
+      </c>
+      <c r="E5" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F5" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G5" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I5" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J5" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="C6" s="7"/>
+      <c r="D6" s="13">
+        <v>246.7</v>
+      </c>
+      <c r="E6" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G6" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I6" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J6" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="C7" s="7"/>
+      <c r="D7" s="13">
+        <v>156.47999999999999</v>
+      </c>
+      <c r="E7" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G7" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H7" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I7" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J7" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="7"/>
+      <c r="D8" s="13">
+        <v>633.58000000000004</v>
+      </c>
+      <c r="E8" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G8" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I8" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J8" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C9" s="7"/>
+      <c r="D9" s="13">
+        <v>178.2</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="F9" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G9" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H9" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I9" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J9" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="7"/>
+      <c r="D10" s="13">
+        <v>1760.13</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G10" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H10" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I10" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J10" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" s="7"/>
+      <c r="D11" s="13">
+        <v>246.7</v>
+      </c>
+      <c r="E11" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="F11" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G11" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H11" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I11" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J11" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C12" s="7"/>
+      <c r="D12" s="13">
+        <v>978.14</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F12" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G12" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H12" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I12" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J12" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" s="7"/>
+      <c r="D13" s="13">
+        <v>422.15</v>
+      </c>
+      <c r="E13" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F13" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G13" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H13" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I13" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J13" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="C14" s="7"/>
+      <c r="D14" s="13">
+        <v>2850.01</v>
+      </c>
+      <c r="E14" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G14" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H14" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I14" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J14" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C15" s="7"/>
+      <c r="D15" s="13">
+        <v>102.7</v>
+      </c>
+      <c r="E15" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="F15" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G15" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H15" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I15" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J15" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="7"/>
+      <c r="D16" s="13">
+        <v>117.85</v>
+      </c>
+      <c r="E16" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F16" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G16" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H16" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I16" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J16" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C17" s="7"/>
+      <c r="D17" s="13">
+        <v>250.4</v>
+      </c>
+      <c r="E17" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G17" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H17" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I17" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J17" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" s="7"/>
+      <c r="D18" s="13">
+        <v>3837.2</v>
+      </c>
+      <c r="E18" s="8" t="s">
         <v>62</v>
       </c>
-      <c r="F4" s="7" t="s">
-[...26 lines deleted...]
-      <c r="E5" s="7" t="s">
+      <c r="F18" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G18" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H18" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I18" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J18" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C19" s="7"/>
+      <c r="D19" s="13">
+        <v>110.6</v>
+      </c>
+      <c r="E19" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="F19" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G19" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H19" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I19" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J19" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C20" s="7"/>
+      <c r="D20" s="13">
+        <v>764.2</v>
+      </c>
+      <c r="E20" s="8" t="s">
         <v>63</v>
       </c>
-      <c r="F5" s="7" t="s">
-[...266 lines deleted...]
-      <c r="E14" s="7" t="s">
+      <c r="F20" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G20" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H20" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I20" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J20" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C21" s="7"/>
+      <c r="D21" s="13">
+        <v>141.19999999999999</v>
+      </c>
+      <c r="E21" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="F21" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G21" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H21" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I21" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J21" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B22" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C22" s="7"/>
+      <c r="D22" s="13">
+        <v>73.8</v>
+      </c>
+      <c r="E22" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="F22" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G22" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H22" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I22" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J22" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C23" s="7"/>
+      <c r="D23" s="13">
+        <v>2507.41</v>
+      </c>
+      <c r="E23" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="F23" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G23" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H23" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I23" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J23" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C24" s="7"/>
+      <c r="D24" s="13">
+        <v>1507.99</v>
+      </c>
+      <c r="E24" s="8" t="s">
         <v>53</v>
       </c>
-      <c r="F14" s="7" t="s">
-[...86 lines deleted...]
-      <c r="E17" s="7" t="s">
+      <c r="F24" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G24" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H24" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I24" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J24" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C25" s="7"/>
+      <c r="D25" s="13">
+        <v>358.5</v>
+      </c>
+      <c r="E25" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="F25" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G25" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H25" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I25" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J25" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C26" s="7"/>
+      <c r="D26" s="13">
+        <v>147</v>
+      </c>
+      <c r="E26" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="F26" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G26" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H26" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I26" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J26" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C27" s="7"/>
+      <c r="D27" s="13">
+        <v>969.7</v>
+      </c>
+      <c r="E27" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="F27" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G27" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H27" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I27" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J27" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B28" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C28" s="7"/>
+      <c r="D28" s="13">
+        <v>178.8</v>
+      </c>
+      <c r="E28" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F28" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G28" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H28" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I28" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J28" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B29" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C29" s="7"/>
+      <c r="D29" s="13">
+        <v>708.4</v>
+      </c>
+      <c r="E29" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="F29" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G29" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H29" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I29" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J29" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B30" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C30" s="7"/>
+      <c r="D30" s="13">
+        <v>136.09</v>
+      </c>
+      <c r="E30" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F30" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G30" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H30" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I30" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J30" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="40" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C31" s="7"/>
+      <c r="D31" s="13">
+        <v>284.8</v>
+      </c>
+      <c r="E31" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F31" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G31" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H31" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I31" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J31" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="39" x14ac:dyDescent="0.25">
+      <c r="A32" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B32" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="F17" s="7" t="s">
-[...26 lines deleted...]
-      <c r="E18" s="7" t="s">
+      <c r="C32" s="7"/>
+      <c r="D32" s="13">
+        <v>199.2</v>
+      </c>
+      <c r="E32" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="F32" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G32" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H32" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I32" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J32" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="39" x14ac:dyDescent="0.25">
+      <c r="A33" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B33" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C33" s="7"/>
+      <c r="D33" s="13">
+        <v>86.8</v>
+      </c>
+      <c r="E33" s="8" t="s">
         <v>55</v>
       </c>
-      <c r="F18" s="7" t="s">
-[...469 lines deleted...]
-      <c r="D36" s="13"/>
+      <c r="F33" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G33" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H33" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I33" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J33" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="39" x14ac:dyDescent="0.25">
+      <c r="A34" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="C34" s="7"/>
+      <c r="D34" s="13">
+        <v>89.7</v>
+      </c>
+      <c r="E34" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="F34" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G34" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H34" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I34" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J34" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="39" x14ac:dyDescent="0.25">
+      <c r="A35" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="C35" s="7"/>
+      <c r="D35" s="13">
+        <v>132</v>
+      </c>
+      <c r="E35" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="F35" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G35" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H35" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I35" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J35" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" ht="39" x14ac:dyDescent="0.25">
+      <c r="A36" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="C36" s="7"/>
+      <c r="D36" s="13">
+        <v>91.2</v>
+      </c>
+      <c r="E36" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="F36" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G36" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H36" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I36" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J36" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="39" x14ac:dyDescent="0.25">
+      <c r="A37" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="C37" s="7"/>
+      <c r="D37" s="13">
+        <v>596.9</v>
+      </c>
+      <c r="E37" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="F37" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G37" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H37" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I37" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J37" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="D40" s="14"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="I4:J6 I8:J10 E4:E33" name="Intervallo1_1_1_1"/>
+    <protectedRange sqref="I4:J6 I8:J10 E4:E37" name="Intervallo1_1_1_1"/>
     <protectedRange sqref="I7:J7" name="Intervallo1_3_1"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="8" scale="79" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="8" scale="58" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>liq 51-55</vt:lpstr>
+      <vt:lpstr>liq 51-56</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>