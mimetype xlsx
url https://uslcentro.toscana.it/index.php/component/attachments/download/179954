--- v0 (2025-10-17)
+++ v1 (2026-01-13)
@@ -1,71 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <workbookPr defaultThemeVersion="164011"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fileserver1.uslcentro.toscana.it\dip-SAOT\DIPTO SAOT\TRASPARENZA\PUBBLICAZIONI SITO\2025\SOVVENZIONI\11\BRACCINI\DA PUBBLICARE\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="25200" windowHeight="11880"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6350"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Foglio1!$A$3:$J$314</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
-  <extLst xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main">
-    <ext uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2500" uniqueCount="320">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2820" uniqueCount="360">
   <si>
     <t>Tipologia contributo o sovvenzione</t>
   </si>
   <si>
     <t>Dati fiscali (Solo in caso di Ente/Imprese)</t>
   </si>
   <si>
     <t>Importo del vantaggio economico corrisposto</t>
   </si>
   <si>
     <t>Norma o titolo a base dell'attribuzione</t>
   </si>
   <si>
     <t>Ufficio e funzionario o dirigente responsabile del relativo procedimento amministrativo</t>
   </si>
   <si>
     <t>Modalità seguita per l'individuazione del beneficiario</t>
   </si>
   <si>
     <t>Link al progetto selezionato</t>
   </si>
   <si>
     <t>Link al curriculum del soggetto incaricato</t>
   </si>
   <si>
@@ -928,53 +933,50 @@
   <si>
     <t>FI10425482</t>
   </si>
   <si>
     <t>FI10425485</t>
   </si>
   <si>
     <t>FI10425488</t>
   </si>
   <si>
     <t>FI10425489</t>
   </si>
   <si>
     <t>FI20425484</t>
   </si>
   <si>
     <t>EM10425140</t>
   </si>
   <si>
     <t xml:space="preserve">RD1-01/04/25; RD2-27/05/25; </t>
   </si>
   <si>
     <t xml:space="preserve">RD2-27/05/25; </t>
   </si>
   <si>
-    <t>TABELLA ATTI DI CONCESSIONE (AGGIORNATA AL 31-08-2025)</t>
-[...1 lines deleted...]
-  <si>
     <t>PT10425220</t>
   </si>
   <si>
     <t>PT20425227</t>
   </si>
   <si>
     <t>PT20425228</t>
   </si>
   <si>
     <t>PO10425123</t>
   </si>
   <si>
     <t>PO10425152</t>
   </si>
   <si>
     <t>FI40425364</t>
   </si>
   <si>
     <t>FI30425498</t>
   </si>
   <si>
     <t>FI30425493</t>
   </si>
   <si>
     <t>FI30425490</t>
@@ -983,61 +985,184 @@
     <t>FI10425492</t>
   </si>
   <si>
     <t>FI20425495</t>
   </si>
   <si>
     <t>FI10425499</t>
   </si>
   <si>
     <t>FI10425494</t>
   </si>
   <si>
     <t>FI30425456</t>
   </si>
   <si>
     <t xml:space="preserve">RD1-01/04/25; RD2-27/05/25; RD3-25/07/25; </t>
   </si>
   <si>
     <t xml:space="preserve">RD2-27/05/25; RD3-25/07/25; </t>
   </si>
   <si>
     <t xml:space="preserve">RD3-25/07/25; </t>
   </si>
   <si>
     <t xml:space="preserve">RD1-01/04/25; RD3-25/07/25; </t>
+  </si>
+  <si>
+    <t>PT20425230</t>
+  </si>
+  <si>
+    <t>PO10425153</t>
+  </si>
+  <si>
+    <t>FI10425491</t>
+  </si>
+  <si>
+    <t>FI30425501</t>
+  </si>
+  <si>
+    <t>FI30425504</t>
+  </si>
+  <si>
+    <t>FI10425452</t>
+  </si>
+  <si>
+    <t>FI20425506</t>
+  </si>
+  <si>
+    <t>FI10425500</t>
+  </si>
+  <si>
+    <t>FI10425502</t>
+  </si>
+  <si>
+    <t>EM10425145</t>
+  </si>
+  <si>
+    <t>EM10425137</t>
+  </si>
+  <si>
+    <t>EM10425093</t>
+  </si>
+  <si>
+    <t>EM10425125</t>
+  </si>
+  <si>
+    <t>EM10425124</t>
+  </si>
+  <si>
+    <t>EM10425107</t>
+  </si>
+  <si>
+    <t>EM10425041</t>
+  </si>
+  <si>
+    <t>EM10425115</t>
+  </si>
+  <si>
+    <t>EM10425106</t>
+  </si>
+  <si>
+    <t>EM10425103</t>
+  </si>
+  <si>
+    <t>EM10425114</t>
+  </si>
+  <si>
+    <t>EM10425048</t>
+  </si>
+  <si>
+    <t>EM10425052</t>
+  </si>
+  <si>
+    <t>EM10425126</t>
+  </si>
+  <si>
+    <t>EM10425055</t>
+  </si>
+  <si>
+    <t>EM10425111</t>
+  </si>
+  <si>
+    <t>EM10425094</t>
+  </si>
+  <si>
+    <t>PO10425134</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RD1-01/04/25; RD2-27/05/25; RD3-25/07/25; RD4-01/10/25; RD5-03/12/25; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RD2-27/05/25; RD3-25/07/25; RD4-01/10/25; RD5-03/12/25; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RD1-01/04/25; RD2-27/05/25; RD3-25/07/25; RD4-01/10/25; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RD3-25/07/25; RD4-01/10/25; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RD5-03/12/25; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RD1-01/04/25; RD2-27/05/25; RD4-01/10/25; RD5-03/12/25; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RD4-01/10/25; RD5-03/12/25; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RD3-25/07/25; RD4-01/10/25; RD5-03/12/25; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RD2-27/05/25; RD5-03/12/25; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RD4-01/10/25; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RD1-01/04/25; RD2-27/05/25; RD3-25/07/25; RD5-03/12/25; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RD2-27/05/25; RD3-25/07/25; RD4-01/10/25; </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RD1-01/04/25; RD5-03/12/25; </t>
+  </si>
+  <si>
+    <t>TABELLA ATTI DI CONCESSIONE A SOSTEGNO PAZIENTI DIALIZZATI (AGGIORNATA AL 30.11.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
-    <numFmt numFmtId="43" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
-    <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
-  <fonts count="8">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
@@ -1114,113 +1239,113 @@
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color indexed="8"/>
       </left>
       <right style="hair">
         <color indexed="8"/>
       </right>
       <top style="hair">
         <color indexed="8"/>
       </top>
       <bottom style="hair">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="2" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="3" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Migliaia" xfId="1" builtinId="3"/>
     <cellStyle name="Migliaia 2" xfId="2"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Normale 2" xfId="3"/>
     <cellStyle name="Normale 3" xfId="4"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -1233,81 +1358,81 @@
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>200025</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Immagine 1" descr="Logo_AUSL Toscana centro2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-              <a14:useLocalDpi xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="28575" y="66675"/>
           <a:ext cx="1809750" cy="1047750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-            <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
-            <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1535,10163 +1660,11363 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:J314"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:J354"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="D3" sqref="D1:D1048576"/>
+      <selection sqref="A1:J1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="24.5703125" style="10" customWidth="1"/>
-[...702 lines deleted...]
-    <col min="16139" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="24.54296875" style="10" customWidth="1"/>
+    <col min="2" max="2" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.453125" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="17.54296875" style="17" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="20.1796875" style="3" customWidth="1"/>
+    <col min="6" max="6" width="41.453125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="256" width="9.1796875" style="1"/>
+    <col min="257" max="257" width="24.54296875" style="1" customWidth="1"/>
+    <col min="258" max="258" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="259" max="259" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="260" max="260" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="261" max="261" width="20.1796875" style="1" customWidth="1"/>
+    <col min="262" max="262" width="41.453125" style="1" customWidth="1"/>
+    <col min="263" max="263" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="264" max="264" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="265" max="265" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="266" max="266" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="267" max="512" width="9.1796875" style="1"/>
+    <col min="513" max="513" width="24.54296875" style="1" customWidth="1"/>
+    <col min="514" max="514" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="515" max="515" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="516" max="516" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="517" max="517" width="20.1796875" style="1" customWidth="1"/>
+    <col min="518" max="518" width="41.453125" style="1" customWidth="1"/>
+    <col min="519" max="519" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="520" max="520" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="521" max="521" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="522" max="522" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="523" max="768" width="9.1796875" style="1"/>
+    <col min="769" max="769" width="24.54296875" style="1" customWidth="1"/>
+    <col min="770" max="770" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="771" max="771" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="772" max="772" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="773" max="773" width="20.1796875" style="1" customWidth="1"/>
+    <col min="774" max="774" width="41.453125" style="1" customWidth="1"/>
+    <col min="775" max="775" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="776" max="776" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="777" max="777" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="778" max="778" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="779" max="1024" width="9.1796875" style="1"/>
+    <col min="1025" max="1025" width="24.54296875" style="1" customWidth="1"/>
+    <col min="1026" max="1026" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1027" max="1027" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="1028" max="1028" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1029" max="1029" width="20.1796875" style="1" customWidth="1"/>
+    <col min="1030" max="1030" width="41.453125" style="1" customWidth="1"/>
+    <col min="1031" max="1031" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1032" max="1032" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="1033" max="1033" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1034" max="1034" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1035" max="1280" width="9.1796875" style="1"/>
+    <col min="1281" max="1281" width="24.54296875" style="1" customWidth="1"/>
+    <col min="1282" max="1282" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1283" max="1283" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="1284" max="1284" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1285" max="1285" width="20.1796875" style="1" customWidth="1"/>
+    <col min="1286" max="1286" width="41.453125" style="1" customWidth="1"/>
+    <col min="1287" max="1287" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1288" max="1288" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="1289" max="1289" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1290" max="1290" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1291" max="1536" width="9.1796875" style="1"/>
+    <col min="1537" max="1537" width="24.54296875" style="1" customWidth="1"/>
+    <col min="1538" max="1538" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1539" max="1539" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="1540" max="1540" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1541" max="1541" width="20.1796875" style="1" customWidth="1"/>
+    <col min="1542" max="1542" width="41.453125" style="1" customWidth="1"/>
+    <col min="1543" max="1543" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1544" max="1544" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="1545" max="1545" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1546" max="1546" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1547" max="1792" width="9.1796875" style="1"/>
+    <col min="1793" max="1793" width="24.54296875" style="1" customWidth="1"/>
+    <col min="1794" max="1794" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1795" max="1795" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="1796" max="1796" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1797" max="1797" width="20.1796875" style="1" customWidth="1"/>
+    <col min="1798" max="1798" width="41.453125" style="1" customWidth="1"/>
+    <col min="1799" max="1799" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="1800" max="1800" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="1801" max="1801" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1802" max="1802" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1803" max="2048" width="9.1796875" style="1"/>
+    <col min="2049" max="2049" width="24.54296875" style="1" customWidth="1"/>
+    <col min="2050" max="2050" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2051" max="2051" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2052" max="2052" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2053" max="2053" width="20.1796875" style="1" customWidth="1"/>
+    <col min="2054" max="2054" width="41.453125" style="1" customWidth="1"/>
+    <col min="2055" max="2055" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2056" max="2056" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2057" max="2057" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2058" max="2058" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2059" max="2304" width="9.1796875" style="1"/>
+    <col min="2305" max="2305" width="24.54296875" style="1" customWidth="1"/>
+    <col min="2306" max="2306" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2307" max="2307" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2308" max="2308" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2309" max="2309" width="20.1796875" style="1" customWidth="1"/>
+    <col min="2310" max="2310" width="41.453125" style="1" customWidth="1"/>
+    <col min="2311" max="2311" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2312" max="2312" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2313" max="2313" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2314" max="2314" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2315" max="2560" width="9.1796875" style="1"/>
+    <col min="2561" max="2561" width="24.54296875" style="1" customWidth="1"/>
+    <col min="2562" max="2562" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2563" max="2563" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2564" max="2564" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2565" max="2565" width="20.1796875" style="1" customWidth="1"/>
+    <col min="2566" max="2566" width="41.453125" style="1" customWidth="1"/>
+    <col min="2567" max="2567" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2568" max="2568" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2569" max="2569" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2570" max="2570" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2571" max="2816" width="9.1796875" style="1"/>
+    <col min="2817" max="2817" width="24.54296875" style="1" customWidth="1"/>
+    <col min="2818" max="2818" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2819" max="2819" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2820" max="2820" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2821" max="2821" width="20.1796875" style="1" customWidth="1"/>
+    <col min="2822" max="2822" width="41.453125" style="1" customWidth="1"/>
+    <col min="2823" max="2823" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2824" max="2824" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2825" max="2825" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2826" max="2826" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2827" max="3072" width="9.1796875" style="1"/>
+    <col min="3073" max="3073" width="24.54296875" style="1" customWidth="1"/>
+    <col min="3074" max="3074" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3075" max="3075" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3076" max="3076" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3077" max="3077" width="20.1796875" style="1" customWidth="1"/>
+    <col min="3078" max="3078" width="41.453125" style="1" customWidth="1"/>
+    <col min="3079" max="3079" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3080" max="3080" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3081" max="3081" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3082" max="3082" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3083" max="3328" width="9.1796875" style="1"/>
+    <col min="3329" max="3329" width="24.54296875" style="1" customWidth="1"/>
+    <col min="3330" max="3330" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3331" max="3331" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3332" max="3332" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3333" max="3333" width="20.1796875" style="1" customWidth="1"/>
+    <col min="3334" max="3334" width="41.453125" style="1" customWidth="1"/>
+    <col min="3335" max="3335" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3336" max="3336" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3337" max="3337" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3338" max="3338" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3339" max="3584" width="9.1796875" style="1"/>
+    <col min="3585" max="3585" width="24.54296875" style="1" customWidth="1"/>
+    <col min="3586" max="3586" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3587" max="3587" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3588" max="3588" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3589" max="3589" width="20.1796875" style="1" customWidth="1"/>
+    <col min="3590" max="3590" width="41.453125" style="1" customWidth="1"/>
+    <col min="3591" max="3591" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3592" max="3592" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3593" max="3593" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3594" max="3594" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3595" max="3840" width="9.1796875" style="1"/>
+    <col min="3841" max="3841" width="24.54296875" style="1" customWidth="1"/>
+    <col min="3842" max="3842" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3843" max="3843" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3844" max="3844" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3845" max="3845" width="20.1796875" style="1" customWidth="1"/>
+    <col min="3846" max="3846" width="41.453125" style="1" customWidth="1"/>
+    <col min="3847" max="3847" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3848" max="3848" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3849" max="3849" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3850" max="3850" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3851" max="4096" width="9.1796875" style="1"/>
+    <col min="4097" max="4097" width="24.54296875" style="1" customWidth="1"/>
+    <col min="4098" max="4098" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4099" max="4099" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4100" max="4100" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4101" max="4101" width="20.1796875" style="1" customWidth="1"/>
+    <col min="4102" max="4102" width="41.453125" style="1" customWidth="1"/>
+    <col min="4103" max="4103" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4104" max="4104" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4105" max="4105" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4106" max="4106" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4107" max="4352" width="9.1796875" style="1"/>
+    <col min="4353" max="4353" width="24.54296875" style="1" customWidth="1"/>
+    <col min="4354" max="4354" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4355" max="4355" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4356" max="4356" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4357" max="4357" width="20.1796875" style="1" customWidth="1"/>
+    <col min="4358" max="4358" width="41.453125" style="1" customWidth="1"/>
+    <col min="4359" max="4359" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4360" max="4360" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4361" max="4361" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4362" max="4362" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4363" max="4608" width="9.1796875" style="1"/>
+    <col min="4609" max="4609" width="24.54296875" style="1" customWidth="1"/>
+    <col min="4610" max="4610" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4611" max="4611" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4612" max="4612" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4613" max="4613" width="20.1796875" style="1" customWidth="1"/>
+    <col min="4614" max="4614" width="41.453125" style="1" customWidth="1"/>
+    <col min="4615" max="4615" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4616" max="4616" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4617" max="4617" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4618" max="4618" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4619" max="4864" width="9.1796875" style="1"/>
+    <col min="4865" max="4865" width="24.54296875" style="1" customWidth="1"/>
+    <col min="4866" max="4866" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4867" max="4867" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4868" max="4868" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4869" max="4869" width="20.1796875" style="1" customWidth="1"/>
+    <col min="4870" max="4870" width="41.453125" style="1" customWidth="1"/>
+    <col min="4871" max="4871" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4872" max="4872" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4873" max="4873" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4874" max="4874" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4875" max="5120" width="9.1796875" style="1"/>
+    <col min="5121" max="5121" width="24.54296875" style="1" customWidth="1"/>
+    <col min="5122" max="5122" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5123" max="5123" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="5124" max="5124" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5125" max="5125" width="20.1796875" style="1" customWidth="1"/>
+    <col min="5126" max="5126" width="41.453125" style="1" customWidth="1"/>
+    <col min="5127" max="5127" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5128" max="5128" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="5129" max="5129" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5130" max="5130" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5131" max="5376" width="9.1796875" style="1"/>
+    <col min="5377" max="5377" width="24.54296875" style="1" customWidth="1"/>
+    <col min="5378" max="5378" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5379" max="5379" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="5380" max="5380" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5381" max="5381" width="20.1796875" style="1" customWidth="1"/>
+    <col min="5382" max="5382" width="41.453125" style="1" customWidth="1"/>
+    <col min="5383" max="5383" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5384" max="5384" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="5385" max="5385" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5386" max="5386" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5387" max="5632" width="9.1796875" style="1"/>
+    <col min="5633" max="5633" width="24.54296875" style="1" customWidth="1"/>
+    <col min="5634" max="5634" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5635" max="5635" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="5636" max="5636" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5637" max="5637" width="20.1796875" style="1" customWidth="1"/>
+    <col min="5638" max="5638" width="41.453125" style="1" customWidth="1"/>
+    <col min="5639" max="5639" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5640" max="5640" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="5641" max="5641" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5642" max="5642" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5643" max="5888" width="9.1796875" style="1"/>
+    <col min="5889" max="5889" width="24.54296875" style="1" customWidth="1"/>
+    <col min="5890" max="5890" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5891" max="5891" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="5892" max="5892" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5893" max="5893" width="20.1796875" style="1" customWidth="1"/>
+    <col min="5894" max="5894" width="41.453125" style="1" customWidth="1"/>
+    <col min="5895" max="5895" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5896" max="5896" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="5897" max="5897" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5898" max="5898" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="5899" max="6144" width="9.1796875" style="1"/>
+    <col min="6145" max="6145" width="24.54296875" style="1" customWidth="1"/>
+    <col min="6146" max="6146" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6147" max="6147" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6148" max="6148" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6149" max="6149" width="20.1796875" style="1" customWidth="1"/>
+    <col min="6150" max="6150" width="41.453125" style="1" customWidth="1"/>
+    <col min="6151" max="6151" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6152" max="6152" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6153" max="6153" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6154" max="6154" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6155" max="6400" width="9.1796875" style="1"/>
+    <col min="6401" max="6401" width="24.54296875" style="1" customWidth="1"/>
+    <col min="6402" max="6402" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6403" max="6403" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6404" max="6404" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6405" max="6405" width="20.1796875" style="1" customWidth="1"/>
+    <col min="6406" max="6406" width="41.453125" style="1" customWidth="1"/>
+    <col min="6407" max="6407" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6408" max="6408" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6409" max="6409" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6410" max="6410" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6411" max="6656" width="9.1796875" style="1"/>
+    <col min="6657" max="6657" width="24.54296875" style="1" customWidth="1"/>
+    <col min="6658" max="6658" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6659" max="6659" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6660" max="6660" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6661" max="6661" width="20.1796875" style="1" customWidth="1"/>
+    <col min="6662" max="6662" width="41.453125" style="1" customWidth="1"/>
+    <col min="6663" max="6663" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6664" max="6664" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6665" max="6665" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6666" max="6666" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6667" max="6912" width="9.1796875" style="1"/>
+    <col min="6913" max="6913" width="24.54296875" style="1" customWidth="1"/>
+    <col min="6914" max="6914" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6915" max="6915" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6916" max="6916" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6917" max="6917" width="20.1796875" style="1" customWidth="1"/>
+    <col min="6918" max="6918" width="41.453125" style="1" customWidth="1"/>
+    <col min="6919" max="6919" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6920" max="6920" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6921" max="6921" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6922" max="6922" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6923" max="7168" width="9.1796875" style="1"/>
+    <col min="7169" max="7169" width="24.54296875" style="1" customWidth="1"/>
+    <col min="7170" max="7170" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7171" max="7171" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7172" max="7172" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7173" max="7173" width="20.1796875" style="1" customWidth="1"/>
+    <col min="7174" max="7174" width="41.453125" style="1" customWidth="1"/>
+    <col min="7175" max="7175" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7176" max="7176" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7177" max="7177" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7178" max="7178" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7179" max="7424" width="9.1796875" style="1"/>
+    <col min="7425" max="7425" width="24.54296875" style="1" customWidth="1"/>
+    <col min="7426" max="7426" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7427" max="7427" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7428" max="7428" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7429" max="7429" width="20.1796875" style="1" customWidth="1"/>
+    <col min="7430" max="7430" width="41.453125" style="1" customWidth="1"/>
+    <col min="7431" max="7431" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7432" max="7432" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7433" max="7433" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7434" max="7434" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7435" max="7680" width="9.1796875" style="1"/>
+    <col min="7681" max="7681" width="24.54296875" style="1" customWidth="1"/>
+    <col min="7682" max="7682" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7683" max="7683" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7684" max="7684" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7685" max="7685" width="20.1796875" style="1" customWidth="1"/>
+    <col min="7686" max="7686" width="41.453125" style="1" customWidth="1"/>
+    <col min="7687" max="7687" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7688" max="7688" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7689" max="7689" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7690" max="7690" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7691" max="7936" width="9.1796875" style="1"/>
+    <col min="7937" max="7937" width="24.54296875" style="1" customWidth="1"/>
+    <col min="7938" max="7938" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7939" max="7939" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7940" max="7940" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7941" max="7941" width="20.1796875" style="1" customWidth="1"/>
+    <col min="7942" max="7942" width="41.453125" style="1" customWidth="1"/>
+    <col min="7943" max="7943" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7944" max="7944" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7945" max="7945" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7946" max="7946" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7947" max="8192" width="9.1796875" style="1"/>
+    <col min="8193" max="8193" width="24.54296875" style="1" customWidth="1"/>
+    <col min="8194" max="8194" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8195" max="8195" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="8196" max="8196" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8197" max="8197" width="20.1796875" style="1" customWidth="1"/>
+    <col min="8198" max="8198" width="41.453125" style="1" customWidth="1"/>
+    <col min="8199" max="8199" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8200" max="8200" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="8201" max="8201" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8202" max="8202" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8203" max="8448" width="9.1796875" style="1"/>
+    <col min="8449" max="8449" width="24.54296875" style="1" customWidth="1"/>
+    <col min="8450" max="8450" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8451" max="8451" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="8452" max="8452" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8453" max="8453" width="20.1796875" style="1" customWidth="1"/>
+    <col min="8454" max="8454" width="41.453125" style="1" customWidth="1"/>
+    <col min="8455" max="8455" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8456" max="8456" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="8457" max="8457" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8458" max="8458" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8459" max="8704" width="9.1796875" style="1"/>
+    <col min="8705" max="8705" width="24.54296875" style="1" customWidth="1"/>
+    <col min="8706" max="8706" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8707" max="8707" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="8708" max="8708" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8709" max="8709" width="20.1796875" style="1" customWidth="1"/>
+    <col min="8710" max="8710" width="41.453125" style="1" customWidth="1"/>
+    <col min="8711" max="8711" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8712" max="8712" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="8713" max="8713" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8714" max="8714" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8715" max="8960" width="9.1796875" style="1"/>
+    <col min="8961" max="8961" width="24.54296875" style="1" customWidth="1"/>
+    <col min="8962" max="8962" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8963" max="8963" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="8964" max="8964" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8965" max="8965" width="20.1796875" style="1" customWidth="1"/>
+    <col min="8966" max="8966" width="41.453125" style="1" customWidth="1"/>
+    <col min="8967" max="8967" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8968" max="8968" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="8969" max="8969" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8970" max="8970" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8971" max="9216" width="9.1796875" style="1"/>
+    <col min="9217" max="9217" width="24.54296875" style="1" customWidth="1"/>
+    <col min="9218" max="9218" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9219" max="9219" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="9220" max="9220" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9221" max="9221" width="20.1796875" style="1" customWidth="1"/>
+    <col min="9222" max="9222" width="41.453125" style="1" customWidth="1"/>
+    <col min="9223" max="9223" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9224" max="9224" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="9225" max="9225" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9226" max="9226" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9227" max="9472" width="9.1796875" style="1"/>
+    <col min="9473" max="9473" width="24.54296875" style="1" customWidth="1"/>
+    <col min="9474" max="9474" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9475" max="9475" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="9476" max="9476" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9477" max="9477" width="20.1796875" style="1" customWidth="1"/>
+    <col min="9478" max="9478" width="41.453125" style="1" customWidth="1"/>
+    <col min="9479" max="9479" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9480" max="9480" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="9481" max="9481" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9482" max="9482" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9483" max="9728" width="9.1796875" style="1"/>
+    <col min="9729" max="9729" width="24.54296875" style="1" customWidth="1"/>
+    <col min="9730" max="9730" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9731" max="9731" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="9732" max="9732" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9733" max="9733" width="20.1796875" style="1" customWidth="1"/>
+    <col min="9734" max="9734" width="41.453125" style="1" customWidth="1"/>
+    <col min="9735" max="9735" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9736" max="9736" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="9737" max="9737" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9738" max="9738" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9739" max="9984" width="9.1796875" style="1"/>
+    <col min="9985" max="9985" width="24.54296875" style="1" customWidth="1"/>
+    <col min="9986" max="9986" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9987" max="9987" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="9988" max="9988" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9989" max="9989" width="20.1796875" style="1" customWidth="1"/>
+    <col min="9990" max="9990" width="41.453125" style="1" customWidth="1"/>
+    <col min="9991" max="9991" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9992" max="9992" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="9993" max="9993" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9994" max="9994" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9995" max="10240" width="9.1796875" style="1"/>
+    <col min="10241" max="10241" width="24.54296875" style="1" customWidth="1"/>
+    <col min="10242" max="10242" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10243" max="10243" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="10244" max="10244" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10245" max="10245" width="20.1796875" style="1" customWidth="1"/>
+    <col min="10246" max="10246" width="41.453125" style="1" customWidth="1"/>
+    <col min="10247" max="10247" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10248" max="10248" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="10249" max="10249" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10250" max="10250" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10251" max="10496" width="9.1796875" style="1"/>
+    <col min="10497" max="10497" width="24.54296875" style="1" customWidth="1"/>
+    <col min="10498" max="10498" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10499" max="10499" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="10500" max="10500" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10501" max="10501" width="20.1796875" style="1" customWidth="1"/>
+    <col min="10502" max="10502" width="41.453125" style="1" customWidth="1"/>
+    <col min="10503" max="10503" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10504" max="10504" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="10505" max="10505" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10506" max="10506" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10507" max="10752" width="9.1796875" style="1"/>
+    <col min="10753" max="10753" width="24.54296875" style="1" customWidth="1"/>
+    <col min="10754" max="10754" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10755" max="10755" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="10756" max="10756" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10757" max="10757" width="20.1796875" style="1" customWidth="1"/>
+    <col min="10758" max="10758" width="41.453125" style="1" customWidth="1"/>
+    <col min="10759" max="10759" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10760" max="10760" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="10761" max="10761" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10762" max="10762" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="10763" max="11008" width="9.1796875" style="1"/>
+    <col min="11009" max="11009" width="24.54296875" style="1" customWidth="1"/>
+    <col min="11010" max="11010" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11011" max="11011" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="11012" max="11012" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11013" max="11013" width="20.1796875" style="1" customWidth="1"/>
+    <col min="11014" max="11014" width="41.453125" style="1" customWidth="1"/>
+    <col min="11015" max="11015" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11016" max="11016" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="11017" max="11017" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11018" max="11018" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11019" max="11264" width="9.1796875" style="1"/>
+    <col min="11265" max="11265" width="24.54296875" style="1" customWidth="1"/>
+    <col min="11266" max="11266" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11267" max="11267" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="11268" max="11268" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11269" max="11269" width="20.1796875" style="1" customWidth="1"/>
+    <col min="11270" max="11270" width="41.453125" style="1" customWidth="1"/>
+    <col min="11271" max="11271" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11272" max="11272" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="11273" max="11273" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11274" max="11274" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11275" max="11520" width="9.1796875" style="1"/>
+    <col min="11521" max="11521" width="24.54296875" style="1" customWidth="1"/>
+    <col min="11522" max="11522" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11523" max="11523" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="11524" max="11524" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11525" max="11525" width="20.1796875" style="1" customWidth="1"/>
+    <col min="11526" max="11526" width="41.453125" style="1" customWidth="1"/>
+    <col min="11527" max="11527" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11528" max="11528" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="11529" max="11529" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11530" max="11530" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11531" max="11776" width="9.1796875" style="1"/>
+    <col min="11777" max="11777" width="24.54296875" style="1" customWidth="1"/>
+    <col min="11778" max="11778" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11779" max="11779" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="11780" max="11780" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11781" max="11781" width="20.1796875" style="1" customWidth="1"/>
+    <col min="11782" max="11782" width="41.453125" style="1" customWidth="1"/>
+    <col min="11783" max="11783" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="11784" max="11784" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="11785" max="11785" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11786" max="11786" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11787" max="12032" width="9.1796875" style="1"/>
+    <col min="12033" max="12033" width="24.54296875" style="1" customWidth="1"/>
+    <col min="12034" max="12034" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12035" max="12035" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="12036" max="12036" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12037" max="12037" width="20.1796875" style="1" customWidth="1"/>
+    <col min="12038" max="12038" width="41.453125" style="1" customWidth="1"/>
+    <col min="12039" max="12039" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12040" max="12040" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="12041" max="12041" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12042" max="12042" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12043" max="12288" width="9.1796875" style="1"/>
+    <col min="12289" max="12289" width="24.54296875" style="1" customWidth="1"/>
+    <col min="12290" max="12290" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12291" max="12291" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="12292" max="12292" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12293" max="12293" width="20.1796875" style="1" customWidth="1"/>
+    <col min="12294" max="12294" width="41.453125" style="1" customWidth="1"/>
+    <col min="12295" max="12295" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12296" max="12296" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="12297" max="12297" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12298" max="12298" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12299" max="12544" width="9.1796875" style="1"/>
+    <col min="12545" max="12545" width="24.54296875" style="1" customWidth="1"/>
+    <col min="12546" max="12546" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12547" max="12547" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="12548" max="12548" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12549" max="12549" width="20.1796875" style="1" customWidth="1"/>
+    <col min="12550" max="12550" width="41.453125" style="1" customWidth="1"/>
+    <col min="12551" max="12551" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12552" max="12552" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="12553" max="12553" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12554" max="12554" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12555" max="12800" width="9.1796875" style="1"/>
+    <col min="12801" max="12801" width="24.54296875" style="1" customWidth="1"/>
+    <col min="12802" max="12802" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12803" max="12803" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="12804" max="12804" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12805" max="12805" width="20.1796875" style="1" customWidth="1"/>
+    <col min="12806" max="12806" width="41.453125" style="1" customWidth="1"/>
+    <col min="12807" max="12807" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12808" max="12808" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="12809" max="12809" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12810" max="12810" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12811" max="13056" width="9.1796875" style="1"/>
+    <col min="13057" max="13057" width="24.54296875" style="1" customWidth="1"/>
+    <col min="13058" max="13058" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13059" max="13059" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="13060" max="13060" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13061" max="13061" width="20.1796875" style="1" customWidth="1"/>
+    <col min="13062" max="13062" width="41.453125" style="1" customWidth="1"/>
+    <col min="13063" max="13063" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13064" max="13064" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="13065" max="13065" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13066" max="13066" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13067" max="13312" width="9.1796875" style="1"/>
+    <col min="13313" max="13313" width="24.54296875" style="1" customWidth="1"/>
+    <col min="13314" max="13314" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13315" max="13315" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="13316" max="13316" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13317" max="13317" width="20.1796875" style="1" customWidth="1"/>
+    <col min="13318" max="13318" width="41.453125" style="1" customWidth="1"/>
+    <col min="13319" max="13319" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13320" max="13320" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="13321" max="13321" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13322" max="13322" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13323" max="13568" width="9.1796875" style="1"/>
+    <col min="13569" max="13569" width="24.54296875" style="1" customWidth="1"/>
+    <col min="13570" max="13570" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13571" max="13571" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="13572" max="13572" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13573" max="13573" width="20.1796875" style="1" customWidth="1"/>
+    <col min="13574" max="13574" width="41.453125" style="1" customWidth="1"/>
+    <col min="13575" max="13575" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13576" max="13576" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="13577" max="13577" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13578" max="13578" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13579" max="13824" width="9.1796875" style="1"/>
+    <col min="13825" max="13825" width="24.54296875" style="1" customWidth="1"/>
+    <col min="13826" max="13826" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13827" max="13827" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="13828" max="13828" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13829" max="13829" width="20.1796875" style="1" customWidth="1"/>
+    <col min="13830" max="13830" width="41.453125" style="1" customWidth="1"/>
+    <col min="13831" max="13831" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="13832" max="13832" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="13833" max="13833" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13834" max="13834" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13835" max="14080" width="9.1796875" style="1"/>
+    <col min="14081" max="14081" width="24.54296875" style="1" customWidth="1"/>
+    <col min="14082" max="14082" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14083" max="14083" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="14084" max="14084" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14085" max="14085" width="20.1796875" style="1" customWidth="1"/>
+    <col min="14086" max="14086" width="41.453125" style="1" customWidth="1"/>
+    <col min="14087" max="14087" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14088" max="14088" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="14089" max="14089" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14090" max="14090" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14091" max="14336" width="9.1796875" style="1"/>
+    <col min="14337" max="14337" width="24.54296875" style="1" customWidth="1"/>
+    <col min="14338" max="14338" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14339" max="14339" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="14340" max="14340" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14341" max="14341" width="20.1796875" style="1" customWidth="1"/>
+    <col min="14342" max="14342" width="41.453125" style="1" customWidth="1"/>
+    <col min="14343" max="14343" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14344" max="14344" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="14345" max="14345" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14346" max="14346" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14347" max="14592" width="9.1796875" style="1"/>
+    <col min="14593" max="14593" width="24.54296875" style="1" customWidth="1"/>
+    <col min="14594" max="14594" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14595" max="14595" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="14596" max="14596" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14597" max="14597" width="20.1796875" style="1" customWidth="1"/>
+    <col min="14598" max="14598" width="41.453125" style="1" customWidth="1"/>
+    <col min="14599" max="14599" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14600" max="14600" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="14601" max="14601" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14602" max="14602" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14603" max="14848" width="9.1796875" style="1"/>
+    <col min="14849" max="14849" width="24.54296875" style="1" customWidth="1"/>
+    <col min="14850" max="14850" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14851" max="14851" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="14852" max="14852" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14853" max="14853" width="20.1796875" style="1" customWidth="1"/>
+    <col min="14854" max="14854" width="41.453125" style="1" customWidth="1"/>
+    <col min="14855" max="14855" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="14856" max="14856" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="14857" max="14857" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14858" max="14858" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="14859" max="15104" width="9.1796875" style="1"/>
+    <col min="15105" max="15105" width="24.54296875" style="1" customWidth="1"/>
+    <col min="15106" max="15106" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15107" max="15107" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="15108" max="15108" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15109" max="15109" width="20.1796875" style="1" customWidth="1"/>
+    <col min="15110" max="15110" width="41.453125" style="1" customWidth="1"/>
+    <col min="15111" max="15111" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15112" max="15112" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="15113" max="15113" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15114" max="15114" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15115" max="15360" width="9.1796875" style="1"/>
+    <col min="15361" max="15361" width="24.54296875" style="1" customWidth="1"/>
+    <col min="15362" max="15362" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15363" max="15363" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="15364" max="15364" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15365" max="15365" width="20.1796875" style="1" customWidth="1"/>
+    <col min="15366" max="15366" width="41.453125" style="1" customWidth="1"/>
+    <col min="15367" max="15367" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15368" max="15368" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="15369" max="15369" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15370" max="15370" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15371" max="15616" width="9.1796875" style="1"/>
+    <col min="15617" max="15617" width="24.54296875" style="1" customWidth="1"/>
+    <col min="15618" max="15618" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15619" max="15619" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="15620" max="15620" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15621" max="15621" width="20.1796875" style="1" customWidth="1"/>
+    <col min="15622" max="15622" width="41.453125" style="1" customWidth="1"/>
+    <col min="15623" max="15623" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15624" max="15624" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="15625" max="15625" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15626" max="15626" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15627" max="15872" width="9.1796875" style="1"/>
+    <col min="15873" max="15873" width="24.54296875" style="1" customWidth="1"/>
+    <col min="15874" max="15874" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15875" max="15875" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="15876" max="15876" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15877" max="15877" width="20.1796875" style="1" customWidth="1"/>
+    <col min="15878" max="15878" width="41.453125" style="1" customWidth="1"/>
+    <col min="15879" max="15879" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15880" max="15880" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="15881" max="15881" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15882" max="15882" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="15883" max="16128" width="9.1796875" style="1"/>
+    <col min="16129" max="16129" width="24.54296875" style="1" customWidth="1"/>
+    <col min="16130" max="16130" width="16.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="16131" max="16131" width="15.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="16132" max="16132" width="17.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="16133" max="16133" width="20.1796875" style="1" customWidth="1"/>
+    <col min="16134" max="16134" width="41.453125" style="1" customWidth="1"/>
+    <col min="16135" max="16135" width="28.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="16136" max="16136" width="32.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="16137" max="16137" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="16138" max="16138" width="14.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="16139" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="11" customFormat="1" ht="87.75" customHeight="1">
-[...14 lines deleted...]
-      <c r="A2" s="16" t="s">
+    <row r="1" spans="1:10" s="11" customFormat="1" ht="87.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="18" t="s">
+        <v>359</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+      <c r="J1" s="18"/>
+    </row>
+    <row r="2" spans="1:10" s="11" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="B2" s="16"/>
-[...9 lines deleted...]
-    <row r="3" spans="1:10" s="3" customFormat="1" ht="51">
+      <c r="B2" s="19"/>
+      <c r="C2" s="19"/>
+      <c r="D2" s="19"/>
+      <c r="E2" s="19"/>
+      <c r="F2" s="19"/>
+      <c r="G2" s="19"/>
+      <c r="H2" s="19"/>
+      <c r="I2" s="19"/>
+      <c r="J2" s="19"/>
+    </row>
+    <row r="3" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="D3" s="17" t="s">
+      <c r="D3" s="15" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>8</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="G3" s="8" t="s">
         <v>4</v>
       </c>
       <c r="H3" s="8" t="s">
         <v>5</v>
       </c>
       <c r="I3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="J3" s="6" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="4" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="4" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A4" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="12"/>
-      <c r="D4" s="18">
-        <v>134.28</v>
+      <c r="D4" s="16">
+        <v>223.79999999999998</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I4" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J4" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="5" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="5" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A5" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B5" s="13" t="s">
         <v>281</v>
       </c>
       <c r="C5" s="12"/>
-      <c r="D5" s="18">
-        <v>67.14</v>
+      <c r="D5" s="16">
+        <v>156.66</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>317</v>
+        <v>347</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I5" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J5" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="6" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="6" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A6" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="13" t="s">
         <v>282</v>
       </c>
       <c r="C6" s="12"/>
-      <c r="D6" s="18">
-        <v>201.42</v>
+      <c r="D6" s="16">
+        <v>335.7</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>317</v>
+        <v>347</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I6" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J6" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="7" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="7" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A7" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="13" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="12"/>
-      <c r="D7" s="18">
-        <v>685.15329999999994</v>
+      <c r="D7" s="16">
+        <v>813.97130000000004</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>316</v>
+        <v>348</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I7" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J7" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="8" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="8" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A8" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="13" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="12"/>
-      <c r="D8" s="18">
-        <v>89.52</v>
+      <c r="D8" s="16">
+        <v>156.66</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I8" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J8" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="9" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="9" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A9" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="13" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="12"/>
-      <c r="D9" s="18">
+      <c r="D9" s="16">
         <v>217.88692800000001</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>280</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J9" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="10" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="10" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="12"/>
-      <c r="D10" s="18">
-        <v>787.07428800000002</v>
+      <c r="D10" s="16">
+        <v>1321.0421839999999</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I10" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J10" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="11" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="11" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A11" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="13" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="12"/>
-      <c r="D11" s="18">
-        <v>832.43345999999997</v>
+      <c r="D11" s="16">
+        <v>1384.1196</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I11" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J11" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="12" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="12" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A12" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="13" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="12"/>
-      <c r="D12" s="18">
-        <v>1166.2621319999998</v>
+      <c r="D12" s="16">
+        <v>1923.6272999999999</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I12" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J12" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="13" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="13" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A13" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="13" t="s">
         <v>23</v>
       </c>
       <c r="C13" s="12"/>
-      <c r="D13" s="18">
+      <c r="D13" s="16">
         <v>44.76</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>280</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I13" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J13" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="14" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="14" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A14" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="13" t="s">
         <v>24</v>
       </c>
       <c r="C14" s="12"/>
-      <c r="D14" s="18">
-        <v>156.66</v>
+      <c r="D14" s="16">
+        <v>290.94</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I14" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J14" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="15" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="15" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A15" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="13" t="s">
         <v>283</v>
       </c>
       <c r="C15" s="12"/>
-      <c r="D15" s="18">
-        <v>89.52000000000001</v>
+      <c r="D15" s="16">
+        <v>201.42</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>317</v>
+        <v>347</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I15" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J15" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="16" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="16" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A16" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="13" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="12"/>
-      <c r="D16" s="18">
+      <c r="D16" s="16">
         <v>111.9</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>299</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I16" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J16" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="17" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="17" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A17" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="12"/>
-      <c r="D17" s="18">
+      <c r="D17" s="16">
         <v>33.57</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>280</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I17" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J17" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="18" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="18" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A18" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="C18" s="12"/>
-      <c r="D18" s="18">
-        <v>201.42</v>
+      <c r="D18" s="16">
+        <v>335.7</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I18" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J18" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="19" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="19" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A19" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="13" t="s">
         <v>28</v>
       </c>
       <c r="C19" s="12"/>
-      <c r="D19" s="18">
+      <c r="D19" s="16">
         <v>100.71000000000001</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>299</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I19" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J19" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="20" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="20" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A20" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B20" s="13" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="12"/>
-      <c r="D20" s="18">
-        <v>134.28</v>
+      <c r="D20" s="16">
+        <v>223.79999999999998</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I20" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J20" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="21" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="21" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A21" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B21" s="13" t="s">
         <v>30</v>
       </c>
       <c r="C21" s="12"/>
-      <c r="D21" s="18">
-        <v>602.93490400000007</v>
+      <c r="D21" s="16">
+        <v>806.56778400000007</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>316</v>
+        <v>348</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I21" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J21" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="22" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="22" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A22" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B22" s="13" t="s">
         <v>31</v>
       </c>
       <c r="C22" s="12"/>
-      <c r="D22" s="18">
-        <v>201.42</v>
+      <c r="D22" s="16">
+        <v>324.51</v>
       </c>
       <c r="E22" s="4" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I22" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J22" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="23" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="23" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A23" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="13" t="s">
         <v>32</v>
       </c>
       <c r="C23" s="12"/>
-      <c r="D23" s="18">
+      <c r="D23" s="16">
         <v>141.18546000000001</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>280</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I23" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J23" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="24" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="24" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A24" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B24" s="13" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="12"/>
-      <c r="D24" s="18">
-        <v>201.42</v>
+      <c r="D24" s="16">
+        <v>212.60999999999999</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>316</v>
+        <v>348</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I24" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J24" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="25" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="25" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A25" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B25" s="13" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="12"/>
-      <c r="D25" s="18">
-        <v>89.52</v>
+      <c r="D25" s="16">
+        <v>156.66</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I25" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J25" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="26" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="26" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A26" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B26" s="13" t="s">
         <v>35</v>
       </c>
       <c r="C26" s="12"/>
-      <c r="D26" s="18">
-        <v>201.42</v>
+      <c r="D26" s="16">
+        <v>335.7</v>
       </c>
       <c r="E26" s="4" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I26" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J26" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="27" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="27" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A27" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B27" s="13" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="12"/>
-      <c r="D27" s="18">
-        <v>185.94</v>
+      <c r="D27" s="16">
+        <v>247.92000000000002</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>316</v>
+        <v>348</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I27" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J27" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="28" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="28" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A28" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B28" s="13" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="12"/>
-      <c r="D28" s="18">
+      <c r="D28" s="16">
         <v>185.94</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I28" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J28" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="29" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="29" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A29" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B29" s="13" t="s">
         <v>38</v>
       </c>
       <c r="C29" s="12"/>
-      <c r="D29" s="18">
-        <v>185.94</v>
+      <c r="D29" s="16">
+        <v>309.90000000000003</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I29" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J29" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="30" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="30" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A30" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B30" s="13" t="s">
         <v>39</v>
       </c>
       <c r="C30" s="12"/>
-      <c r="D30" s="18">
-        <v>185.94</v>
+      <c r="D30" s="16">
+        <v>309.90000000000003</v>
       </c>
       <c r="E30" s="4" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I30" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J30" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="31" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="31" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A31" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B31" s="13" t="s">
         <v>40</v>
       </c>
       <c r="C31" s="12"/>
-      <c r="D31" s="18">
-        <v>185.94</v>
+      <c r="D31" s="16">
+        <v>309.90000000000003</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I31" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J31" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="32" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="32" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A32" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B32" s="13" t="s">
         <v>41</v>
       </c>
       <c r="C32" s="12"/>
-      <c r="D32" s="18">
-        <v>185.94</v>
+      <c r="D32" s="16">
+        <v>309.90000000000003</v>
       </c>
       <c r="E32" s="4" t="s">
-        <v>316</v>
+        <v>346</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I32" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J32" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="33" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="33" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A33" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B33" s="13" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="C33" s="12"/>
-      <c r="D33" s="18">
-        <v>495.7600000000001</v>
+      <c r="D33" s="16">
+        <v>619.70000000000016</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>318</v>
+        <v>349</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I33" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J33" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="34" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="34" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A34" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B34" s="13" t="s">
         <v>23</v>
       </c>
       <c r="C34" s="12"/>
-      <c r="D34" s="18">
+      <c r="D34" s="16">
+        <v>619.70000000000016</v>
+      </c>
+      <c r="E34" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I34" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J34" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A35" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B35" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="C35" s="12"/>
+      <c r="D35" s="16">
+        <v>123.94</v>
+      </c>
+      <c r="E35" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F35" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I35" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J35" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A36" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B36" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="C36" s="12"/>
+      <c r="D36" s="16">
+        <v>619.70000000000016</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I36" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J36" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A37" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B37" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="C37" s="12"/>
+      <c r="D37" s="16">
+        <v>619.70000000000016</v>
+      </c>
+      <c r="E37" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F37" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I37" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J37" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A38" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B38" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C38" s="12"/>
+      <c r="D38" s="16">
+        <v>619.70000000000016</v>
+      </c>
+      <c r="E38" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I38" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J38" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A39" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B39" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="C39" s="12"/>
+      <c r="D39" s="16">
+        <v>619.70000000000016</v>
+      </c>
+      <c r="E39" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I39" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J39" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A40" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B40" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="C40" s="12"/>
+      <c r="D40" s="16">
+        <v>1236.4326000000001</v>
+      </c>
+      <c r="E40" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I40" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J40" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A41" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B41" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="C41" s="12"/>
+      <c r="D41" s="16">
+        <v>1776.07168</v>
+      </c>
+      <c r="E41" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F41" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I41" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J41" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A42" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B42" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="C42" s="12"/>
+      <c r="D42" s="16">
+        <v>723.4008</v>
+      </c>
+      <c r="E42" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I42" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J42" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A43" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B43" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="C43" s="12"/>
+      <c r="D43" s="16">
+        <v>1725.6155680000002</v>
+      </c>
+      <c r="E43" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F43" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I43" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J43" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A44" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B44" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="C44" s="12"/>
+      <c r="D44" s="16">
+        <v>324.51</v>
+      </c>
+      <c r="E44" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I44" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J44" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A45" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B45" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="C45" s="12"/>
+      <c r="D45" s="16">
+        <v>1372.8503399999997</v>
+      </c>
+      <c r="E45" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I45" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J45" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A46" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B46" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="C46" s="12"/>
+      <c r="D46" s="16">
+        <v>152.42284000000001</v>
+      </c>
+      <c r="E46" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I46" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J46" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A47" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B47" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="C47" s="12"/>
+      <c r="D47" s="16">
+        <v>714.98371199999997</v>
+      </c>
+      <c r="E47" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F47" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I47" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J47" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A48" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B48" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="C48" s="12"/>
+      <c r="D48" s="16">
+        <v>320.91396400000002</v>
+      </c>
+      <c r="E48" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="F48" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I48" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J48" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A49" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B49" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="C49" s="12"/>
+      <c r="D49" s="16">
+        <v>302.13</v>
+      </c>
+      <c r="E49" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F49" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I49" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J49" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A50" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B50" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="C50" s="12"/>
+      <c r="D50" s="16">
+        <v>145.47</v>
+      </c>
+      <c r="E50" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="F50" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I50" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J50" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A51" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B51" s="13" t="s">
+        <v>319</v>
+      </c>
+      <c r="C51" s="12"/>
+      <c r="D51" s="16">
+        <v>44.76</v>
+      </c>
+      <c r="E51" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="F51" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I51" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J51" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A52" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B52" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="C52" s="12"/>
+      <c r="D52" s="16">
+        <v>335.7</v>
+      </c>
+      <c r="E52" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I52" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J52" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A53" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B53" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="C53" s="12"/>
+      <c r="D53" s="16">
+        <v>726.96435199999996</v>
+      </c>
+      <c r="E53" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I53" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J53" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A54" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B54" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="C54" s="12"/>
+      <c r="D54" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E54" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I54" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J54" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A55" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B55" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="C55" s="12"/>
+      <c r="D55" s="16">
+        <v>61.98</v>
+      </c>
+      <c r="E55" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="F55" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I55" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J55" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A56" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B56" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="C56" s="12"/>
+      <c r="D56" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E56" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F56" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I56" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J56" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A57" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B57" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="C57" s="12"/>
+      <c r="D57" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E57" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F57" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I57" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J57" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A58" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B58" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="C58" s="12"/>
+      <c r="D58" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E58" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F58" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I58" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J58" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A59" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B59" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="C59" s="12"/>
+      <c r="D59" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E59" s="4" t="s">
+        <v>351</v>
+      </c>
+      <c r="F59" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I59" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J59" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A60" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B60" s="13" t="s">
+        <v>302</v>
+      </c>
+      <c r="C60" s="12"/>
+      <c r="D60" s="16">
+        <v>30.99</v>
+      </c>
+      <c r="E60" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="F60" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I60" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J60" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A61" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B61" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="C61" s="12"/>
+      <c r="D61" s="16">
+        <v>123.96</v>
+      </c>
+      <c r="E61" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="F61" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I61" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J61" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A62" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B62" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="C62" s="12"/>
+      <c r="D62" s="16">
+        <v>92.97</v>
+      </c>
+      <c r="E62" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="F62" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I62" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J62" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A63" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B63" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C63" s="12"/>
+      <c r="D63" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E63" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F63" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I63" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J63" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A64" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B64" s="13" t="s">
+        <v>303</v>
+      </c>
+      <c r="C64" s="12"/>
+      <c r="D64" s="16">
+        <v>154.94999999999999</v>
+      </c>
+      <c r="E64" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F64" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I64" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J64" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A65" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B65" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="C65" s="12"/>
+      <c r="D65" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E65" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I65" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J65" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A66" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B66" s="13" t="s">
+        <v>68</v>
+      </c>
+      <c r="C66" s="12"/>
+      <c r="D66" s="16">
+        <v>92.97</v>
+      </c>
+      <c r="E66" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="F66" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H66" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I66" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J66" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A67" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B67" s="13" t="s">
+        <v>284</v>
+      </c>
+      <c r="C67" s="12"/>
+      <c r="D67" s="16">
+        <v>92.97</v>
+      </c>
+      <c r="E67" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="F67" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H67" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I67" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J67" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A68" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B68" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C68" s="12"/>
+      <c r="D68" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E68" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F68" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I68" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J68" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A69" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B69" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="C69" s="12"/>
+      <c r="D69" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E69" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F69" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H69" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I69" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J69" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A70" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B70" s="13" t="s">
+        <v>71</v>
+      </c>
+      <c r="C70" s="12"/>
+      <c r="D70" s="16">
+        <v>154.94999999999999</v>
+      </c>
+      <c r="E70" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H70" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I70" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J70" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A71" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B71" s="13" t="s">
+        <v>285</v>
+      </c>
+      <c r="C71" s="12"/>
+      <c r="D71" s="16">
+        <v>216.93</v>
+      </c>
+      <c r="E71" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="F71" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I71" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J71" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A72" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B72" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="C72" s="12"/>
+      <c r="D72" s="16">
         <v>495.7600000000001</v>
       </c>
-      <c r="E34" s="4" t="s">
+      <c r="E72" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F72" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I72" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J72" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A73" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B73" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C73" s="12"/>
+      <c r="D73" s="16">
+        <v>619.70000000000016</v>
+      </c>
+      <c r="E73" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F73" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I73" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J73" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A74" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B74" s="13" t="s">
+        <v>73</v>
+      </c>
+      <c r="C74" s="12"/>
+      <c r="D74" s="16">
+        <v>619.70000000000016</v>
+      </c>
+      <c r="E74" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F74" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I74" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J74" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A75" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B75" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C75" s="12"/>
+      <c r="D75" s="16">
+        <v>324.51</v>
+      </c>
+      <c r="E75" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F75" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I75" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J75" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A76" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B76" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="C76" s="12"/>
+      <c r="D76" s="16">
+        <v>223.79999999999998</v>
+      </c>
+      <c r="E76" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F76" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G76" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I76" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J76" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A77" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B77" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="C77" s="12"/>
+      <c r="D77" s="16">
+        <v>324.51</v>
+      </c>
+      <c r="E77" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F77" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I77" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J77" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A78" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B78" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="C78" s="12"/>
+      <c r="D78" s="16">
+        <v>290.94</v>
+      </c>
+      <c r="E78" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F78" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I78" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J78" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A79" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B79" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="C79" s="12"/>
+      <c r="D79" s="16">
+        <v>259.26131199999998</v>
+      </c>
+      <c r="E79" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H79" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I79" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J79" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A80" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B80" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="C80" s="12"/>
+      <c r="D80" s="16">
+        <v>138.03440000000001</v>
+      </c>
+      <c r="E80" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G80" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I80" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J80" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A81" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B81" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="C81" s="12"/>
+      <c r="D81" s="16">
+        <v>223.79999999999998</v>
+      </c>
+      <c r="E81" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I81" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J81" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A82" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B82" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C82" s="12"/>
+      <c r="D82" s="16">
+        <v>313.32</v>
+      </c>
+      <c r="E82" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G82" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I82" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J82" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A83" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B83" s="13" t="s">
+        <v>320</v>
+      </c>
+      <c r="C83" s="12"/>
+      <c r="D83" s="16">
+        <v>98.027135999999999</v>
+      </c>
+      <c r="E83" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="F83" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G83" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H83" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I83" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J83" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A84" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B84" s="13" t="s">
+        <v>82</v>
+      </c>
+      <c r="C84" s="12"/>
+      <c r="D84" s="16">
+        <v>1091.17344</v>
+      </c>
+      <c r="E84" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F84" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G84" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H84" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I84" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J84" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A85" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B85" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="C85" s="12"/>
+      <c r="D85" s="16">
+        <v>223.79999999999998</v>
+      </c>
+      <c r="E85" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F85" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H85" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I85" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J85" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A86" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B86" s="13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C86" s="12"/>
+      <c r="D86" s="16">
+        <v>223.79999999999998</v>
+      </c>
+      <c r="E86" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F86" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H86" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I86" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J86" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A87" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B87" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C87" s="12"/>
+      <c r="D87" s="16">
+        <v>223.79999999999998</v>
+      </c>
+      <c r="E87" s="4" t="s">
+        <v>356</v>
+      </c>
+      <c r="F87" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G87" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H87" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I87" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J87" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A88" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B88" s="13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C88" s="12"/>
+      <c r="D88" s="16">
+        <v>335.7</v>
+      </c>
+      <c r="E88" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F88" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G88" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I88" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J88" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A89" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B89" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="C89" s="12"/>
+      <c r="D89" s="16">
+        <v>223.79999999999998</v>
+      </c>
+      <c r="E89" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F89" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G89" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H89" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I89" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J89" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A90" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B90" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="C90" s="12"/>
+      <c r="D90" s="16">
+        <v>150.258768</v>
+      </c>
+      <c r="E90" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F90" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H90" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I90" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J90" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A91" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B91" s="13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C91" s="12"/>
+      <c r="D91" s="16">
+        <v>324.51</v>
+      </c>
+      <c r="E91" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F91" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G91" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H91" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I91" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J91" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A92" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B92" s="13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C92" s="12"/>
+      <c r="D92" s="16">
+        <v>335.7</v>
+      </c>
+      <c r="E92" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F92" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G92" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H92" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I92" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J92" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A93" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B93" s="13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C93" s="12"/>
+      <c r="D93" s="16">
+        <v>324.51</v>
+      </c>
+      <c r="E93" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F93" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G93" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H93" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I93" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J93" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A94" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B94" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C94" s="12"/>
+      <c r="D94" s="16">
+        <v>1367.421824</v>
+      </c>
+      <c r="E94" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F94" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G94" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H94" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I94" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J94" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A95" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B95" s="13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C95" s="12"/>
+      <c r="D95" s="16">
+        <v>1208.0667779999999</v>
+      </c>
+      <c r="E95" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F95" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H95" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I95" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J95" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A96" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B96" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C96" s="12"/>
+      <c r="D96" s="16">
+        <v>167.85</v>
+      </c>
+      <c r="E96" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F96" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G96" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H96" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I96" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J96" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A97" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B97" s="13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C97" s="12"/>
+      <c r="D97" s="16">
+        <v>335.7</v>
+      </c>
+      <c r="E97" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F97" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G97" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H97" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I97" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J97" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A98" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B98" s="13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C98" s="12"/>
+      <c r="D98" s="16">
+        <v>335.7</v>
+      </c>
+      <c r="E98" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F98" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G98" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H98" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I98" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J98" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A99" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B99" s="13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C99" s="12"/>
+      <c r="D99" s="16">
+        <v>1233.6933279999998</v>
+      </c>
+      <c r="E99" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F99" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G99" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H99" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I99" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J99" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A100" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B100" s="13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C100" s="12"/>
+      <c r="D100" s="16">
+        <v>268.56</v>
+      </c>
+      <c r="E100" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F100" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G100" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H100" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I100" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J100" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A101" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B101" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C101" s="12"/>
+      <c r="D101" s="16">
+        <v>234.98999999999998</v>
+      </c>
+      <c r="E101" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F101" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G101" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H101" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I101" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J101" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A102" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B102" s="13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C102" s="12"/>
+      <c r="D102" s="16">
+        <v>1281.95796</v>
+      </c>
+      <c r="E102" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F102" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G102" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H102" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I102" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J102" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A103" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B103" s="13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C103" s="12"/>
+      <c r="D103" s="16">
+        <v>335.7</v>
+      </c>
+      <c r="E103" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F103" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G103" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H103" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I103" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J103" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A104" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B104" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C104" s="12"/>
+      <c r="D104" s="16">
+        <v>527.66602599999987</v>
+      </c>
+      <c r="E104" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F104" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G104" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H104" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I104" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J104" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A105" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B105" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C105" s="12"/>
+      <c r="D105" s="16">
+        <v>11.19</v>
+      </c>
+      <c r="E105" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F105" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G105" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H105" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I105" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J105" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A106" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B106" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C106" s="12"/>
+      <c r="D106" s="16">
+        <v>313.32</v>
+      </c>
+      <c r="E106" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F106" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G106" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H106" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I106" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J106" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A107" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B107" s="13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C107" s="12"/>
+      <c r="D107" s="16">
+        <v>335.7</v>
+      </c>
+      <c r="E107" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F107" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G107" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H107" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I107" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J107" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A108" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B108" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C108" s="12"/>
+      <c r="D108" s="16">
+        <v>324.51</v>
+      </c>
+      <c r="E108" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F108" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G108" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H108" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I108" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J108" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A109" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B109" s="13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C109" s="12"/>
+      <c r="D109" s="16">
+        <v>257.37</v>
+      </c>
+      <c r="E109" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F109" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G109" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H109" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I109" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J109" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A110" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B110" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="C110" s="12"/>
+      <c r="D110" s="16">
+        <v>111.89999999999999</v>
+      </c>
+      <c r="E110" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F110" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G110" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H110" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I110" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J110" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A111" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B111" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C111" s="12"/>
+      <c r="D111" s="16">
+        <v>484.85339599999992</v>
+      </c>
+      <c r="E111" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F111" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G111" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H111" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I111" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J111" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A112" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B112" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C112" s="12"/>
+      <c r="D112" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E112" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F112" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H112" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I112" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J112" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A113" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B113" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C113" s="12"/>
+      <c r="D113" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E113" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F113" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G113" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H113" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I113" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J113" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A114" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B114" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="C114" s="12"/>
+      <c r="D114" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E114" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F114" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G114" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H114" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I114" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J114" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A115" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B115" s="13" t="s">
+        <v>305</v>
+      </c>
+      <c r="C115" s="12"/>
+      <c r="D115" s="16">
+        <v>216.93</v>
+      </c>
+      <c r="E115" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F115" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G115" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H115" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I115" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J115" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A116" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B116" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="C116" s="12"/>
+      <c r="D116" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E116" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F116" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G116" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H116" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I116" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J116" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A117" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B117" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="C117" s="12"/>
+      <c r="D117" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E117" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F117" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G117" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H117" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I117" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J117" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A118" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B118" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="C118" s="12"/>
+      <c r="D118" s="16">
+        <v>123.96</v>
+      </c>
+      <c r="E118" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="F118" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G118" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H118" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I118" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J118" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A119" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B119" s="13" t="s">
+        <v>117</v>
+      </c>
+      <c r="C119" s="12"/>
+      <c r="D119" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E119" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F119" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G119" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H119" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I119" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J119" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A120" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B120" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="C120" s="12"/>
+      <c r="D120" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E120" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F120" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G120" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H120" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I120" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J120" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A121" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B121" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="C121" s="12"/>
+      <c r="D121" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E121" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F121" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G121" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H121" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I121" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J121" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A122" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B122" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="C122" s="12"/>
+      <c r="D122" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E122" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F122" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G122" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H122" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I122" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J122" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A123" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B123" s="13" t="s">
+        <v>121</v>
+      </c>
+      <c r="C123" s="12"/>
+      <c r="D123" s="16">
+        <v>30.99</v>
+      </c>
+      <c r="E123" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="F123" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G123" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H123" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I123" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J123" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A124" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B124" s="13" t="s">
+        <v>122</v>
+      </c>
+      <c r="C124" s="12"/>
+      <c r="D124" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E124" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F124" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G124" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H124" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I124" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J124" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A125" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B125" s="13" t="s">
+        <v>123</v>
+      </c>
+      <c r="C125" s="12"/>
+      <c r="D125" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E125" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F125" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G125" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H125" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I125" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J125" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A126" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B126" s="13" t="s">
+        <v>124</v>
+      </c>
+      <c r="C126" s="12"/>
+      <c r="D126" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E126" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G126" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H126" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I126" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J126" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A127" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B127" s="13" t="s">
+        <v>125</v>
+      </c>
+      <c r="C127" s="12"/>
+      <c r="D127" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E127" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F127" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G127" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H127" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I127" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J127" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A128" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B128" s="13" t="s">
+        <v>126</v>
+      </c>
+      <c r="C128" s="12"/>
+      <c r="D128" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E128" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F128" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G128" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H128" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I128" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J128" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A129" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B129" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="C129" s="12"/>
+      <c r="D129" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E129" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F129" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G129" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H129" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I129" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J129" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A130" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B130" s="13" t="s">
+        <v>128</v>
+      </c>
+      <c r="C130" s="12"/>
+      <c r="D130" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E130" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F130" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G130" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H130" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I130" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J130" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A131" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B131" s="13" t="s">
+        <v>129</v>
+      </c>
+      <c r="C131" s="12"/>
+      <c r="D131" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E131" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F131" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G131" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H131" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I131" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J131" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A132" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B132" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="C132" s="12"/>
+      <c r="D132" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E132" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F132" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G132" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H132" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I132" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J132" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A133" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B133" s="13" t="s">
+        <v>131</v>
+      </c>
+      <c r="C133" s="12"/>
+      <c r="D133" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E133" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F133" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G133" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H133" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I133" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J133" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A134" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B134" s="13" t="s">
+        <v>132</v>
+      </c>
+      <c r="C134" s="12"/>
+      <c r="D134" s="16">
+        <v>201.42</v>
+      </c>
+      <c r="E134" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F134" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G134" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H134" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I134" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J134" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A135" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B135" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="C135" s="12"/>
+      <c r="D135" s="16">
+        <v>78.33</v>
+      </c>
+      <c r="E135" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="F135" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G135" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H135" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I135" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J135" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A136" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B136" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="C136" s="12"/>
+      <c r="D136" s="16">
+        <v>1164.365632</v>
+      </c>
+      <c r="E136" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F136" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G136" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H136" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I136" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J136" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A137" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B137" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="C137" s="12"/>
+      <c r="D137" s="16">
+        <v>302.13</v>
+      </c>
+      <c r="E137" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F137" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G137" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H137" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I137" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J137" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A138" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B138" s="13" t="s">
+        <v>135</v>
+      </c>
+      <c r="C138" s="12"/>
+      <c r="D138" s="16">
+        <v>789.52055999999993</v>
+      </c>
+      <c r="E138" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F138" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G138" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H138" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I138" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J138" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A139" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B139" s="13" t="s">
+        <v>213</v>
+      </c>
+      <c r="C139" s="12"/>
+      <c r="D139" s="16">
+        <v>365.61335999999994</v>
+      </c>
+      <c r="E139" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F139" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G139" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H139" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I139" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J139" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A140" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B140" s="13" t="s">
+        <v>136</v>
+      </c>
+      <c r="C140" s="12"/>
+      <c r="D140" s="16">
+        <v>290.94</v>
+      </c>
+      <c r="E140" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F140" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H140" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I140" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J140" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A141" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B141" s="13" t="s">
+        <v>137</v>
+      </c>
+      <c r="C141" s="12"/>
+      <c r="D141" s="16">
+        <v>134.28</v>
+      </c>
+      <c r="E141" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="F141" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G141" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H141" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I141" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J141" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A142" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B142" s="13" t="s">
+        <v>286</v>
+      </c>
+      <c r="C142" s="12"/>
+      <c r="D142" s="16">
+        <v>143.597376</v>
+      </c>
+      <c r="E142" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="F142" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G142" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H142" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I142" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J142" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A143" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B143" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="C143" s="12"/>
+      <c r="D143" s="16">
+        <v>290.94</v>
+      </c>
+      <c r="E143" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F143" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G143" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H143" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I143" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J143" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A144" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B144" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="C144" s="12"/>
+      <c r="D144" s="16">
+        <v>11.19</v>
+      </c>
+      <c r="E144" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F144" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G144" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H144" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I144" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J144" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A145" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B145" s="13" t="s">
+        <v>287</v>
+      </c>
+      <c r="C145" s="12"/>
+      <c r="D145" s="16">
+        <v>22.38</v>
+      </c>
+      <c r="E145" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="F145" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G145" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H145" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I145" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J145" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A146" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B146" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="C146" s="12"/>
+      <c r="D146" s="16">
+        <v>533.31024000000002</v>
+      </c>
+      <c r="E146" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F146" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G146" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H146" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I146" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J146" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A147" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B147" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="C147" s="12"/>
+      <c r="D147" s="16">
+        <v>752.09106000000008</v>
+      </c>
+      <c r="E147" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F147" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G147" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H147" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I147" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J147" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A148" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B148" s="13" t="s">
+        <v>141</v>
+      </c>
+      <c r="C148" s="12"/>
+      <c r="D148" s="16">
+        <v>201.42</v>
+      </c>
+      <c r="E148" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F148" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G148" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H148" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I148" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J148" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A149" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B149" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C149" s="12"/>
+      <c r="D149" s="16">
+        <v>290.94</v>
+      </c>
+      <c r="E149" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F149" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G149" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H149" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I149" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J149" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="150" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A150" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B150" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C150" s="12"/>
+      <c r="D150" s="16">
+        <v>268.56</v>
+      </c>
+      <c r="E150" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F150" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G150" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H150" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I150" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J150" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A151" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B151" s="13" t="s">
+        <v>321</v>
+      </c>
+      <c r="C151" s="12"/>
+      <c r="D151" s="16">
+        <v>111.89999999999999</v>
+      </c>
+      <c r="E151" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="F151" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G151" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H151" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I151" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J151" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A152" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B152" s="13" t="s">
+        <v>144</v>
+      </c>
+      <c r="C152" s="12"/>
+      <c r="D152" s="16">
+        <v>67.14</v>
+      </c>
+      <c r="E152" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="F152" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G152" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H152" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I152" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J152" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A153" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B153" s="13" t="s">
+        <v>145</v>
+      </c>
+      <c r="C153" s="12"/>
+      <c r="D153" s="16">
+        <v>302.13</v>
+      </c>
+      <c r="E153" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F153" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G153" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H153" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I153" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J153" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="154" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A154" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B154" s="13" t="s">
+        <v>146</v>
+      </c>
+      <c r="C154" s="12"/>
+      <c r="D154" s="16">
+        <v>567.56327599999997</v>
+      </c>
+      <c r="E154" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F154" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G154" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H154" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I154" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J154" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="155" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A155" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B155" s="13" t="s">
+        <v>147</v>
+      </c>
+      <c r="C155" s="12"/>
+      <c r="D155" s="16">
+        <v>257.37</v>
+      </c>
+      <c r="E155" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F155" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G155" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H155" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I155" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J155" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="156" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A156" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B156" s="13" t="s">
+        <v>148</v>
+      </c>
+      <c r="C156" s="12"/>
+      <c r="D156" s="16">
+        <v>290.94</v>
+      </c>
+      <c r="E156" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F156" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G156" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H156" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I156" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J156" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="157" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A157" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B157" s="13" t="s">
+        <v>148</v>
+      </c>
+      <c r="C157" s="12"/>
+      <c r="D157" s="16">
+        <v>68.074399999999997</v>
+      </c>
+      <c r="E157" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F157" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G157" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H157" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I157" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J157" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="158" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A158" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B158" s="13" t="s">
+        <v>149</v>
+      </c>
+      <c r="C158" s="12"/>
+      <c r="D158" s="16">
+        <v>380.46</v>
+      </c>
+      <c r="E158" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F158" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G158" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H158" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I158" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J158" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="159" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A159" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B159" s="13" t="s">
+        <v>150</v>
+      </c>
+      <c r="C159" s="12"/>
+      <c r="D159" s="16">
+        <v>78.33</v>
+      </c>
+      <c r="E159" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="F159" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G159" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H159" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I159" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J159" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A160" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B160" s="13" t="s">
+        <v>151</v>
+      </c>
+      <c r="C160" s="12"/>
+      <c r="D160" s="16">
+        <v>2932.2613759999999</v>
+      </c>
+      <c r="E160" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F160" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G160" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H160" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I160" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J160" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A161" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B161" s="13" t="s">
+        <v>152</v>
+      </c>
+      <c r="C161" s="12"/>
+      <c r="D161" s="16">
+        <v>1387.9618559999999</v>
+      </c>
+      <c r="E161" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F161" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G161" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H161" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I161" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J161" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A162" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B162" s="13" t="s">
+        <v>204</v>
+      </c>
+      <c r="C162" s="12"/>
+      <c r="D162" s="16">
+        <v>219.62808000000001</v>
+      </c>
+      <c r="E162" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="F162" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G162" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H162" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I162" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J162" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A163" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B163" s="13" t="s">
+        <v>153</v>
+      </c>
+      <c r="C163" s="12"/>
+      <c r="D163" s="16">
+        <v>246.17999999999998</v>
+      </c>
+      <c r="E163" s="4" t="s">
+        <v>356</v>
+      </c>
+      <c r="F163" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G163" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H163" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I163" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J163" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="164" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A164" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B164" s="13" t="s">
+        <v>154</v>
+      </c>
+      <c r="C164" s="12"/>
+      <c r="D164" s="16">
+        <v>335.7</v>
+      </c>
+      <c r="E164" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F164" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G164" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H164" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I164" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J164" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="165" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A165" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B165" s="13" t="s">
+        <v>155</v>
+      </c>
+      <c r="C165" s="12"/>
+      <c r="D165" s="16">
+        <v>725.84769999999992</v>
+      </c>
+      <c r="E165" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F165" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G165" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H165" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I165" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J165" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A166" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B166" s="13" t="s">
+        <v>156</v>
+      </c>
+      <c r="C166" s="12"/>
+      <c r="D166" s="16">
+        <v>1586.644992</v>
+      </c>
+      <c r="E166" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F166" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G166" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H166" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I166" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J166" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A167" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B167" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="C167" s="12"/>
+      <c r="D167" s="16">
+        <v>100.71</v>
+      </c>
+      <c r="E167" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="F167" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G167" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H167" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I167" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J167" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A168" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B168" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="C168" s="12"/>
+      <c r="D168" s="16">
+        <v>179.04</v>
+      </c>
+      <c r="E168" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="F168" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G168" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H168" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I168" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J168" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A169" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B169" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="C169" s="12"/>
+      <c r="D169" s="16">
+        <v>154.94999999999999</v>
+      </c>
+      <c r="E169" s="4" t="s">
         <v>316</v>
       </c>
-      <c r="F34" s="2" t="s">
-[...23 lines deleted...]
-      <c r="D35" s="18">
+      <c r="F169" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G169" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H169" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I169" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J169" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A170" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B170" s="13" t="s">
+        <v>159</v>
+      </c>
+      <c r="C170" s="12"/>
+      <c r="D170" s="16">
+        <v>154.94999999999999</v>
+      </c>
+      <c r="E170" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="F170" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G170" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H170" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I170" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J170" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A171" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B171" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="C171" s="12"/>
+      <c r="D171" s="16">
+        <v>678.30488000000003</v>
+      </c>
+      <c r="E171" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F171" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G171" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H171" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I171" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J171" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A172" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B172" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="C172" s="12"/>
+      <c r="D172" s="16">
+        <v>134.28</v>
+      </c>
+      <c r="E172" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F172" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G172" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H172" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I172" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J172" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A173" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B173" s="13" t="s">
+        <v>306</v>
+      </c>
+      <c r="C173" s="12"/>
+      <c r="D173" s="16">
+        <v>668.87463200000002</v>
+      </c>
+      <c r="E173" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F173" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G173" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H173" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I173" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J173" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A174" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B174" s="13" t="s">
+        <v>162</v>
+      </c>
+      <c r="C174" s="12"/>
+      <c r="D174" s="16">
+        <v>145.47</v>
+      </c>
+      <c r="E174" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F174" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G174" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H174" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I174" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J174" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A175" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B175" s="13" t="s">
+        <v>163</v>
+      </c>
+      <c r="C175" s="12"/>
+      <c r="D175" s="16">
+        <v>590.77621199999999</v>
+      </c>
+      <c r="E175" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F175" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G175" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H175" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I175" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J175" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="176" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A176" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B176" s="13" t="s">
+        <v>164</v>
+      </c>
+      <c r="C176" s="12"/>
+      <c r="D176" s="16">
+        <v>21.720839999999999</v>
+      </c>
+      <c r="E176" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="F176" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G176" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H176" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I176" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J176" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="177" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A177" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B177" s="13" t="s">
+        <v>165</v>
+      </c>
+      <c r="C177" s="12"/>
+      <c r="D177" s="16">
+        <v>459.63</v>
+      </c>
+      <c r="E177" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F177" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G177" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H177" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I177" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J177" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="178" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A178" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B178" s="13" t="s">
+        <v>162</v>
+      </c>
+      <c r="C178" s="12"/>
+      <c r="D178" s="16">
         <v>495.7600000000001</v>
       </c>
-      <c r="E35" s="4" t="s">
-[...26 lines deleted...]
-      <c r="D36" s="18">
+      <c r="E178" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F178" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G178" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H178" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I178" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J178" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A179" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B179" s="13" t="s">
+        <v>165</v>
+      </c>
+      <c r="C179" s="12"/>
+      <c r="D179" s="16">
         <v>495.7600000000001</v>
       </c>
-      <c r="E36" s="4" t="s">
-[...206 lines deleted...]
-      <c r="D43" s="18">
+      <c r="E179" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="F179" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G179" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H179" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I179" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J179" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="180" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A180" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B180" s="13" t="s">
+        <v>288</v>
+      </c>
+      <c r="C180" s="12"/>
+      <c r="D180" s="16">
+        <v>308.01394399999998</v>
+      </c>
+      <c r="E180" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="F180" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G180" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H180" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I180" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J180" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="181" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A181" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B181" s="13" t="s">
+        <v>166</v>
+      </c>
+      <c r="C181" s="12"/>
+      <c r="D181" s="16">
+        <v>290.55359999999996</v>
+      </c>
+      <c r="E181" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="F181" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G181" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H181" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I181" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J181" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A182" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B182" s="13" t="s">
+        <v>167</v>
+      </c>
+      <c r="C182" s="12"/>
+      <c r="D182" s="16">
+        <v>279.75</v>
+      </c>
+      <c r="E182" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F182" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G182" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H182" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I182" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J182" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A183" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B183" s="13" t="s">
+        <v>168</v>
+      </c>
+      <c r="C183" s="12"/>
+      <c r="D183" s="16">
         <v>201.42</v>
       </c>
-      <c r="E43" s="4" t="s">
-[...59 lines deleted...]
-      <c r="E45" s="4" t="s">
+      <c r="E183" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F183" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G183" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H183" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I183" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J183" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A184" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B184" s="13" t="s">
+        <v>169</v>
+      </c>
+      <c r="C184" s="12"/>
+      <c r="D184" s="16">
+        <v>1113.8049919999999</v>
+      </c>
+      <c r="E184" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F184" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G184" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H184" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I184" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J184" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A185" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B185" s="13" t="s">
+        <v>170</v>
+      </c>
+      <c r="C185" s="12"/>
+      <c r="D185" s="16">
+        <v>372.25380000000001</v>
+      </c>
+      <c r="E185" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F185" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G185" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H185" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I185" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J185" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="186" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A186" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B186" s="13" t="s">
+        <v>171</v>
+      </c>
+      <c r="C186" s="12"/>
+      <c r="D186" s="16">
+        <v>116.964316</v>
+      </c>
+      <c r="E186" s="4" t="s">
         <v>280</v>
       </c>
-      <c r="F45" s="2" t="s">
-[...203 lines deleted...]
-      <c r="D52" s="18">
+      <c r="F186" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G186" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H186" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I186" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J186" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="187" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A187" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B187" s="13" t="s">
+        <v>172</v>
+      </c>
+      <c r="C187" s="12"/>
+      <c r="D187" s="16">
+        <v>393.25521000000003</v>
+      </c>
+      <c r="E187" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F187" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G187" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H187" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I187" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J187" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="188" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A188" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B188" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="C188" s="12"/>
+      <c r="D188" s="16">
+        <v>167.85</v>
+      </c>
+      <c r="E188" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F188" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G188" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H188" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I188" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J188" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A189" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B189" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="C189" s="12"/>
+      <c r="D189" s="16">
+        <v>990.81590399999993</v>
+      </c>
+      <c r="E189" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F189" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G189" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H189" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I189" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J189" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="190" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A190" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B190" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="C190" s="12"/>
+      <c r="D190" s="16">
+        <v>2264.8237199999999</v>
+      </c>
+      <c r="E190" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F190" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G190" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H190" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I190" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J190" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A191" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B191" s="13" t="s">
+        <v>176</v>
+      </c>
+      <c r="C191" s="12"/>
+      <c r="D191" s="16">
+        <v>22.38</v>
+      </c>
+      <c r="E191" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="F191" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G191" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H191" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I191" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J191" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="192" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A192" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B192" s="13" t="s">
+        <v>177</v>
+      </c>
+      <c r="C192" s="12"/>
+      <c r="D192" s="16">
         <v>185.94</v>
       </c>
-      <c r="E52" s="4" t="s">
-[...26 lines deleted...]
-      <c r="D53" s="18">
+      <c r="E192" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="F192" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G192" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H192" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I192" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J192" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="193" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A193" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B193" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="C193" s="12"/>
+      <c r="D193" s="16">
         <v>61.98</v>
       </c>
-      <c r="E53" s="4" t="s">
+      <c r="E193" s="4" t="s">
         <v>280</v>
       </c>
-      <c r="F53" s="2" t="s">
-[...23 lines deleted...]
-      <c r="D54" s="18">
+      <c r="F193" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G193" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H193" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I193" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J193" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="194" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A194" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B194" s="13" t="s">
+        <v>179</v>
+      </c>
+      <c r="C194" s="12"/>
+      <c r="D194" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E194" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F194" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G194" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H194" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I194" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J194" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A195" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B195" s="13" t="s">
+        <v>180</v>
+      </c>
+      <c r="C195" s="12"/>
+      <c r="D195" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E195" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F195" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G195" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H195" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I195" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J195" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A196" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B196" s="13" t="s">
+        <v>181</v>
+      </c>
+      <c r="C196" s="12"/>
+      <c r="D196" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E196" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F196" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G196" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H196" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I196" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J196" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="197" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A197" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B197" s="13" t="s">
+        <v>290</v>
+      </c>
+      <c r="C197" s="12"/>
+      <c r="D197" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E197" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="F197" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G197" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H197" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I197" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J197" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A198" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B198" s="13" t="s">
+        <v>182</v>
+      </c>
+      <c r="C198" s="12"/>
+      <c r="D198" s="16">
+        <v>61.98</v>
+      </c>
+      <c r="E198" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="F198" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G198" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H198" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I198" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J198" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A199" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B199" s="13" t="s">
+        <v>183</v>
+      </c>
+      <c r="C199" s="12"/>
+      <c r="D199" s="16">
+        <v>61.98</v>
+      </c>
+      <c r="E199" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="F199" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G199" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H199" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I199" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J199" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A200" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B200" s="13" t="s">
+        <v>184</v>
+      </c>
+      <c r="C200" s="12"/>
+      <c r="D200" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E200" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F200" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G200" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H200" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I200" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J200" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A201" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B201" s="13" t="s">
+        <v>307</v>
+      </c>
+      <c r="C201" s="12"/>
+      <c r="D201" s="16">
+        <v>154.94999999999999</v>
+      </c>
+      <c r="E201" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F201" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G201" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H201" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I201" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J201" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="202" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A202" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B202" s="13" t="s">
+        <v>185</v>
+      </c>
+      <c r="C202" s="12"/>
+      <c r="D202" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E202" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F202" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G202" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H202" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I202" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J202" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A203" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B203" s="13" t="s">
+        <v>291</v>
+      </c>
+      <c r="C203" s="12"/>
+      <c r="D203" s="16">
+        <v>216.93</v>
+      </c>
+      <c r="E203" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="F203" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G203" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H203" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I203" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J203" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A204" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B204" s="13" t="s">
+        <v>308</v>
+      </c>
+      <c r="C204" s="12"/>
+      <c r="D204" s="16">
+        <v>216.93</v>
+      </c>
+      <c r="E204" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F204" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G204" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H204" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I204" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J204" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="205" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A205" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B205" s="13" t="s">
+        <v>186</v>
+      </c>
+      <c r="C205" s="12"/>
+      <c r="D205" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E205" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F205" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G205" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H205" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I205" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J205" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A206" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B206" s="13" t="s">
+        <v>187</v>
+      </c>
+      <c r="C206" s="12"/>
+      <c r="D206" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E206" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F206" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G206" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H206" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I206" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J206" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="207" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A207" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B207" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="C207" s="12"/>
+      <c r="D207" s="16">
         <v>185.94</v>
       </c>
-      <c r="E54" s="4" t="s">
-[...26 lines deleted...]
-      <c r="D55" s="18">
+      <c r="E207" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="F207" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G207" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H207" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I207" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J207" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="208" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A208" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B208" s="13" t="s">
+        <v>309</v>
+      </c>
+      <c r="C208" s="12"/>
+      <c r="D208" s="16">
+        <v>185.94</v>
+      </c>
+      <c r="E208" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F208" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G208" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H208" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I208" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J208" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="209" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A209" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B209" s="13" t="s">
+        <v>189</v>
+      </c>
+      <c r="C209" s="12"/>
+      <c r="D209" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E209" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F209" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G209" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H209" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I209" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J209" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="210" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A210" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B210" s="13" t="s">
+        <v>190</v>
+      </c>
+      <c r="C210" s="12"/>
+      <c r="D210" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E210" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F210" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G210" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H210" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I210" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J210" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="211" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A211" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B211" s="13" t="s">
+        <v>322</v>
+      </c>
+      <c r="C211" s="12"/>
+      <c r="D211" s="16">
+        <v>92.97</v>
+      </c>
+      <c r="E211" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="F211" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G211" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H211" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I211" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J211" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="212" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A212" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B212" s="13" t="s">
+        <v>323</v>
+      </c>
+      <c r="C212" s="12"/>
+      <c r="D212" s="16">
+        <v>123.96</v>
+      </c>
+      <c r="E212" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="F212" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G212" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H212" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I212" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J212" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="213" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A213" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B213" s="13" t="s">
+        <v>292</v>
+      </c>
+      <c r="C213" s="12"/>
+      <c r="D213" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E213" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="F213" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G213" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H213" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I213" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J213" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="214" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A214" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B214" s="13" t="s">
+        <v>191</v>
+      </c>
+      <c r="C214" s="12"/>
+      <c r="D214" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E214" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F214" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G214" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H214" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I214" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J214" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="215" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A215" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B215" s="13" t="s">
+        <v>192</v>
+      </c>
+      <c r="C215" s="12"/>
+      <c r="D215" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E215" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F215" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G215" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H215" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I215" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J215" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="216" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A216" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B216" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="C216" s="12"/>
+      <c r="D216" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E216" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F216" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G216" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H216" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I216" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J216" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="217" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A217" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B217" s="13" t="s">
+        <v>194</v>
+      </c>
+      <c r="C217" s="12"/>
+      <c r="D217" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E217" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F217" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G217" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H217" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I217" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J217" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="218" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A218" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B218" s="13" t="s">
+        <v>195</v>
+      </c>
+      <c r="C218" s="12"/>
+      <c r="D218" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E218" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F218" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G218" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H218" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I218" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J218" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="219" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A219" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B219" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="C219" s="12"/>
+      <c r="D219" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E219" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F219" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G219" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H219" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I219" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J219" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="220" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A220" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B220" s="13" t="s">
+        <v>197</v>
+      </c>
+      <c r="C220" s="12"/>
+      <c r="D220" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E220" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F220" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G220" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H220" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I220" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J220" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="221" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A221" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B221" s="13" t="s">
+        <v>198</v>
+      </c>
+      <c r="C221" s="12"/>
+      <c r="D221" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E221" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F221" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G221" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H221" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I221" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J221" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="222" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A222" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B222" s="13" t="s">
+        <v>199</v>
+      </c>
+      <c r="C222" s="12"/>
+      <c r="D222" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E222" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F222" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G222" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H222" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I222" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J222" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="223" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A223" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B223" s="13" t="s">
+        <v>200</v>
+      </c>
+      <c r="C223" s="12"/>
+      <c r="D223" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E223" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F223" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G223" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H223" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I223" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J223" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="224" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A224" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B224" s="13" t="s">
+        <v>201</v>
+      </c>
+      <c r="C224" s="12"/>
+      <c r="D224" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E224" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F224" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G224" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H224" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I224" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J224" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="225" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A225" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B225" s="13" t="s">
+        <v>202</v>
+      </c>
+      <c r="C225" s="12"/>
+      <c r="D225" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E225" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F225" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G225" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H225" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I225" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J225" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="226" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A226" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B226" s="13" t="s">
+        <v>203</v>
+      </c>
+      <c r="C226" s="12"/>
+      <c r="D226" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E226" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F226" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G226" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H226" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I226" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J226" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="227" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A227" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B227" s="13" t="s">
+        <v>293</v>
+      </c>
+      <c r="C227" s="12"/>
+      <c r="D227" s="16">
+        <v>61.98</v>
+      </c>
+      <c r="E227" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="F227" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G227" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H227" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I227" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J227" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A228" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B228" s="13" t="s">
+        <v>204</v>
+      </c>
+      <c r="C228" s="12"/>
+      <c r="D228" s="16">
+        <v>216.93</v>
+      </c>
+      <c r="E228" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F228" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G228" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H228" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I228" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J228" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="229" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A229" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B229" s="13" t="s">
+        <v>205</v>
+      </c>
+      <c r="C229" s="12"/>
+      <c r="D229" s="16">
+        <v>61.98</v>
+      </c>
+      <c r="E229" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="F229" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G229" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H229" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I229" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J229" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="230" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A230" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B230" s="13" t="s">
+        <v>206</v>
+      </c>
+      <c r="C230" s="12"/>
+      <c r="D230" s="16">
         <v>154.94999999999999</v>
       </c>
-      <c r="E55" s="4" t="s">
-[...86 lines deleted...]
-      <c r="D58" s="18">
+      <c r="E230" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="F230" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G230" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H230" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I230" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J230" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="231" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A231" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B231" s="13" t="s">
+        <v>159</v>
+      </c>
+      <c r="C231" s="12"/>
+      <c r="D231" s="16">
+        <v>61.98</v>
+      </c>
+      <c r="E231" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="F231" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G231" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H231" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I231" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J231" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="232" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A232" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B232" s="13" t="s">
+        <v>310</v>
+      </c>
+      <c r="C232" s="12"/>
+      <c r="D232" s="16">
+        <v>154.94999999999999</v>
+      </c>
+      <c r="E232" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F232" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G232" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H232" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I232" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J232" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="233" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A233" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B233" s="13" t="s">
+        <v>207</v>
+      </c>
+      <c r="C233" s="12"/>
+      <c r="D233" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E233" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F233" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G233" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H233" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I233" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J233" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="234" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A234" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B234" s="13" t="s">
+        <v>208</v>
+      </c>
+      <c r="C234" s="12"/>
+      <c r="D234" s="16">
         <v>30.99</v>
       </c>
-      <c r="E58" s="4" t="s">
-[...86 lines deleted...]
-      <c r="D61" s="18">
+      <c r="E234" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="F234" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G234" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H234" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I234" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J234" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="235" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A235" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B235" s="13" t="s">
+        <v>209</v>
+      </c>
+      <c r="C235" s="12"/>
+      <c r="D235" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E235" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F235" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G235" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H235" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I235" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J235" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="236" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A236" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B236" s="13" t="s">
+        <v>324</v>
+      </c>
+      <c r="C236" s="12"/>
+      <c r="D236" s="16">
+        <v>123.96</v>
+      </c>
+      <c r="E236" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="F236" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G236" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H236" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I236" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J236" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="237" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A237" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B237" s="13" t="s">
+        <v>210</v>
+      </c>
+      <c r="C237" s="12"/>
+      <c r="D237" s="16">
+        <v>309.90000000000003</v>
+      </c>
+      <c r="E237" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F237" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G237" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H237" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I237" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J237" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="238" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A238" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B238" s="13" t="s">
+        <v>211</v>
+      </c>
+      <c r="C238" s="12"/>
+      <c r="D238" s="16">
+        <v>479.447472</v>
+      </c>
+      <c r="E238" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F238" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G238" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H238" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I238" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J238" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="239" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A239" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B239" s="13" t="s">
+        <v>212</v>
+      </c>
+      <c r="C239" s="12"/>
+      <c r="D239" s="16">
+        <v>111.89999999999999</v>
+      </c>
+      <c r="E239" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="F239" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G239" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H239" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I239" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J239" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="240" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A240" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B240" s="13" t="s">
+        <v>325</v>
+      </c>
+      <c r="C240" s="12"/>
+      <c r="D240" s="16">
+        <v>28.432943999999999</v>
+      </c>
+      <c r="E240" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="F240" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G240" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H240" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I240" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J240" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="241" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A241" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B241" s="13" t="s">
+        <v>213</v>
+      </c>
+      <c r="C241" s="12"/>
+      <c r="D241" s="16">
+        <v>588.6543999999999</v>
+      </c>
+      <c r="E241" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="F241" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G241" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H241" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I241" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J241" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="242" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A242" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B242" s="13" t="s">
+        <v>326</v>
+      </c>
+      <c r="C242" s="12"/>
+      <c r="D242" s="16">
+        <v>110.834656</v>
+      </c>
+      <c r="E242" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="F242" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G242" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H242" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I242" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J242" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="243" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A243" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B243" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="C243" s="12"/>
+      <c r="D243" s="16">
+        <v>246.88587999999999</v>
+      </c>
+      <c r="E243" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="F243" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G243" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H243" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I243" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J243" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="244" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A244" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B244" s="13" t="s">
+        <v>215</v>
+      </c>
+      <c r="C244" s="12"/>
+      <c r="D244" s="16">
+        <v>302.13</v>
+      </c>
+      <c r="E244" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F244" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G244" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H244" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I244" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J244" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="245" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A245" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B245" s="13" t="s">
+        <v>216</v>
+      </c>
+      <c r="C245" s="12"/>
+      <c r="D245" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E245" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F245" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G245" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H245" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I245" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J245" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="246" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A246" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B246" s="13" t="s">
+        <v>217</v>
+      </c>
+      <c r="C246" s="12"/>
+      <c r="D246" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E246" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F246" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G246" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H246" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I246" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J246" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="247" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A247" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B247" s="13" t="s">
+        <v>218</v>
+      </c>
+      <c r="C247" s="12"/>
+      <c r="D247" s="16">
+        <v>154.94999999999999</v>
+      </c>
+      <c r="E247" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="F247" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G247" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H247" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I247" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J247" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="248" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A248" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B248" s="13" t="s">
+        <v>219</v>
+      </c>
+      <c r="C248" s="12"/>
+      <c r="D248" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E248" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F248" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G248" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H248" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I248" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J248" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A249" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B249" s="13" t="s">
+        <v>213</v>
+      </c>
+      <c r="C249" s="12"/>
+      <c r="D249" s="16">
         <v>30.99</v>
       </c>
-      <c r="E61" s="4" t="s">
-[...176 lines deleted...]
-      <c r="D67" s="18">
+      <c r="E249" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="F249" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G249" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H249" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I249" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J249" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A250" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B250" s="13" t="s">
+        <v>220</v>
+      </c>
+      <c r="C250" s="12"/>
+      <c r="D250" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E250" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F250" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G250" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H250" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I250" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J250" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="251" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A251" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B251" s="13" t="s">
+        <v>221</v>
+      </c>
+      <c r="C251" s="12"/>
+      <c r="D251" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E251" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F251" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G251" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H251" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I251" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J251" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="252" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A252" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B252" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C252" s="12"/>
+      <c r="D252" s="16">
         <v>154.94999999999999</v>
       </c>
-      <c r="E67" s="4" t="s">
-[...4852 lines deleted...]
-      <c r="B229" s="13" t="s">
+      <c r="E252" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="F252" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G252" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H252" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I252" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J252" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="253" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A253" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B253" s="13" t="s">
         <v>217</v>
       </c>
-      <c r="C229" s="12"/>
-[...236 lines deleted...]
-      <c r="B237" s="13" t="s">
+      <c r="C253" s="12"/>
+      <c r="D253" s="16">
+        <v>216.93</v>
+      </c>
+      <c r="E253" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F253" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G253" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H253" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I253" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J253" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="254" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A254" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B254" s="13" t="s">
         <v>223</v>
       </c>
-      <c r="C237" s="12"/>
-[...26 lines deleted...]
-      <c r="B238" s="13" t="s">
+      <c r="C254" s="12"/>
+      <c r="D254" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E254" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F254" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G254" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H254" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I254" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J254" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="255" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A255" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B255" s="13" t="s">
         <v>224</v>
       </c>
-      <c r="C238" s="12"/>
-[...26 lines deleted...]
-      <c r="B239" s="13" t="s">
+      <c r="C255" s="12"/>
+      <c r="D255" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E255" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F255" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G255" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H255" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I255" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J255" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="256" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A256" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B256" s="13" t="s">
         <v>225</v>
       </c>
-      <c r="C239" s="12"/>
-[...508 lines deleted...]
-      </c>
       <c r="C256" s="12"/>
-      <c r="D256" s="18">
+      <c r="D256" s="16">
         <v>61.98</v>
       </c>
       <c r="E256" s="4" t="s">
         <v>280</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G256" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H256" s="2" t="s">
         <v>13</v>
       </c>
       <c r="I256" s="14" t="s">
         <v>11</v>
       </c>
       <c r="J256" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="257" spans="1:10" s="3" customFormat="1" ht="38.25">
+    <row r="257" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A257" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B257" s="13" t="s">
+        <v>226</v>
+      </c>
+      <c r="C257" s="12"/>
+      <c r="D257" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E257" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F257" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G257" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H257" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I257" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J257" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="258" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A258" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B258" s="13" t="s">
+        <v>227</v>
+      </c>
+      <c r="C258" s="12"/>
+      <c r="D258" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E258" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F258" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G258" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H258" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I258" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J258" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="259" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A259" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B259" s="13" t="s">
+        <v>228</v>
+      </c>
+      <c r="C259" s="12"/>
+      <c r="D259" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E259" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F259" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G259" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H259" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I259" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J259" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="260" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A260" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B260" s="13" t="s">
+        <v>229</v>
+      </c>
+      <c r="C260" s="12"/>
+      <c r="D260" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E260" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F260" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G260" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H260" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I260" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J260" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="261" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A261" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B261" s="13" t="s">
+        <v>230</v>
+      </c>
+      <c r="C261" s="12"/>
+      <c r="D261" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E261" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F261" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G261" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H261" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I261" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J261" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="262" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A262" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B262" s="13" t="s">
+        <v>311</v>
+      </c>
+      <c r="C262" s="12"/>
+      <c r="D262" s="16">
+        <v>123.96</v>
+      </c>
+      <c r="E262" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F262" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G262" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H262" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I262" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J262" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="263" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A263" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B263" s="13" t="s">
+        <v>231</v>
+      </c>
+      <c r="C263" s="12"/>
+      <c r="D263" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E263" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F263" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G263" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H263" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I263" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J263" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="264" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A264" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B264" s="13" t="s">
+        <v>312</v>
+      </c>
+      <c r="C264" s="12"/>
+      <c r="D264" s="16">
+        <v>123.96</v>
+      </c>
+      <c r="E264" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F264" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G264" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H264" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I264" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J264" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="265" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A265" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B265" s="13" t="s">
+        <v>313</v>
+      </c>
+      <c r="C265" s="12"/>
+      <c r="D265" s="16">
+        <v>154.94999999999999</v>
+      </c>
+      <c r="E265" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F265" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G265" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H265" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I265" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J265" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="266" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A266" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B266" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="C266" s="12"/>
+      <c r="D266" s="16">
+        <v>92.97</v>
+      </c>
+      <c r="E266" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="F266" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G266" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H266" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I266" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J266" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="267" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A267" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B267" s="13" t="s">
+        <v>232</v>
+      </c>
+      <c r="C267" s="12"/>
+      <c r="D267" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E267" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F267" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G267" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H267" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I267" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J267" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="268" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A268" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B268" s="13" t="s">
+        <v>233</v>
+      </c>
+      <c r="C268" s="12"/>
+      <c r="D268" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E268" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F268" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G268" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H268" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I268" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J268" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="269" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A269" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B269" s="13" t="s">
+        <v>234</v>
+      </c>
+      <c r="C269" s="12"/>
+      <c r="D269" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E269" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F269" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G269" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H269" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I269" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J269" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="270" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A270" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B270" s="13" t="s">
+        <v>235</v>
+      </c>
+      <c r="C270" s="12"/>
+      <c r="D270" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E270" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F270" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G270" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H270" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I270" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J270" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="271" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A271" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B271" s="13" t="s">
+        <v>236</v>
+      </c>
+      <c r="C271" s="12"/>
+      <c r="D271" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E271" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F271" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G271" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H271" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I271" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J271" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="272" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A272" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B272" s="13" t="s">
+        <v>237</v>
+      </c>
+      <c r="C272" s="12"/>
+      <c r="D272" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E272" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F272" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G272" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H272" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I272" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J272" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="273" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A273" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B273" s="13" t="s">
+        <v>294</v>
+      </c>
+      <c r="C273" s="12"/>
+      <c r="D273" s="16">
+        <v>185.94</v>
+      </c>
+      <c r="E273" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="F273" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G273" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H273" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I273" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J273" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="274" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A274" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B274" s="13" t="s">
+        <v>238</v>
+      </c>
+      <c r="C274" s="12"/>
+      <c r="D274" s="16">
+        <v>61.98</v>
+      </c>
+      <c r="E274" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="F274" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G274" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H274" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I274" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J274" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="275" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A275" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B275" s="13" t="s">
         <v>239</v>
       </c>
-      <c r="C257" s="12"/>
-[...3 lines deleted...]
-      <c r="E257" s="4" t="s">
+      <c r="C275" s="12"/>
+      <c r="D275" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E275" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F275" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G275" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H275" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I275" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J275" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="276" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A276" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B276" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="C276" s="12"/>
+      <c r="D276" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E276" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F276" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G276" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H276" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I276" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J276" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="277" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A277" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B277" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="C277" s="12"/>
+      <c r="D277" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E277" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F277" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G277" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H277" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I277" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J277" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="278" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A278" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B278" s="13" t="s">
+        <v>242</v>
+      </c>
+      <c r="C278" s="12"/>
+      <c r="D278" s="16">
+        <v>557.73000000000013</v>
+      </c>
+      <c r="E278" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F278" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G278" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H278" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I278" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J278" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="279" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A279" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B279" s="13" t="s">
+        <v>243</v>
+      </c>
+      <c r="C279" s="12"/>
+      <c r="D279" s="16">
+        <v>557.73000000000013</v>
+      </c>
+      <c r="E279" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F279" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G279" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H279" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I279" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J279" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="280" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A280" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B280" s="13" t="s">
+        <v>295</v>
+      </c>
+      <c r="C280" s="12"/>
+      <c r="D280" s="16">
+        <v>44.76</v>
+      </c>
+      <c r="E280" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="F280" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G280" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H280" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I280" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J280" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="281" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A281" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B281" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="C281" s="12"/>
+      <c r="D281" s="16">
+        <v>78.33</v>
+      </c>
+      <c r="E281" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="F281" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G281" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H281" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I281" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J281" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="282" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A282" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B282" s="13" t="s">
+        <v>245</v>
+      </c>
+      <c r="C282" s="12"/>
+      <c r="D282" s="16">
+        <v>275.36616799999996</v>
+      </c>
+      <c r="E282" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="F282" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G282" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H282" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I282" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J282" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="283" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A283" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B283" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="C283" s="12"/>
+      <c r="D283" s="16">
+        <v>302.13</v>
+      </c>
+      <c r="E283" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F283" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G283" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H283" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I283" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J283" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="284" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A284" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B284" s="13" t="s">
+        <v>289</v>
+      </c>
+      <c r="C284" s="12"/>
+      <c r="D284" s="16">
+        <v>257.37</v>
+      </c>
+      <c r="E284" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="F284" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G284" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H284" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I284" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J284" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="285" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A285" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B285" s="13" t="s">
+        <v>289</v>
+      </c>
+      <c r="C285" s="12"/>
+      <c r="D285" s="16">
+        <v>55.821007999999999</v>
+      </c>
+      <c r="E285" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="F285" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G285" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H285" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I285" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J285" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="286" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A286" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B286" s="13" t="s">
+        <v>296</v>
+      </c>
+      <c r="C286" s="12"/>
+      <c r="D286" s="16">
+        <v>134.28</v>
+      </c>
+      <c r="E286" s="4" t="s">
         <v>316</v>
       </c>
-      <c r="F257" s="2" t="s">
-[...26 lines deleted...]
-      <c r="E258" s="4" t="s">
+      <c r="F286" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G286" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H286" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I286" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J286" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="287" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A287" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B287" s="13" t="s">
+        <v>247</v>
+      </c>
+      <c r="C287" s="12"/>
+      <c r="D287" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E287" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F287" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G287" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H287" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I287" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J287" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="288" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A288" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B288" s="13" t="s">
+        <v>248</v>
+      </c>
+      <c r="C288" s="12"/>
+      <c r="D288" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E288" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F288" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G288" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H288" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I288" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J288" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="289" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A289" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B289" s="13" t="s">
+        <v>249</v>
+      </c>
+      <c r="C289" s="12"/>
+      <c r="D289" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E289" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F289" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G289" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H289" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I289" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J289" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="290" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A290" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B290" s="13" t="s">
+        <v>250</v>
+      </c>
+      <c r="C290" s="12"/>
+      <c r="D290" s="16">
+        <v>278.91000000000003</v>
+      </c>
+      <c r="E290" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F290" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G290" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H290" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I290" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J290" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="291" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A291" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B291" s="13" t="s">
+        <v>252</v>
+      </c>
+      <c r="C291" s="12"/>
+      <c r="D291" s="16">
+        <v>335.7</v>
+      </c>
+      <c r="E291" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F291" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G291" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H291" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I291" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J291" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="292" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A292" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B292" s="13" t="s">
+        <v>289</v>
+      </c>
+      <c r="C292" s="12"/>
+      <c r="D292" s="16">
+        <v>201.42</v>
+      </c>
+      <c r="E292" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="F292" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G292" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H292" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I292" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J292" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="293" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A293" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B293" s="13" t="s">
+        <v>253</v>
+      </c>
+      <c r="C293" s="12"/>
+      <c r="D293" s="16">
+        <v>545.33188799999994</v>
+      </c>
+      <c r="E293" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F293" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G293" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H293" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I293" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J293" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="294" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A294" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B294" s="13" t="s">
+        <v>255</v>
+      </c>
+      <c r="C294" s="12"/>
+      <c r="D294" s="16">
+        <v>313.32</v>
+      </c>
+      <c r="E294" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F294" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G294" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H294" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I294" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J294" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="295" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A295" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B295" s="13" t="s">
+        <v>256</v>
+      </c>
+      <c r="C295" s="12"/>
+      <c r="D295" s="16">
+        <v>1064.17914</v>
+      </c>
+      <c r="E295" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F295" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G295" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H295" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I295" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J295" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="296" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A296" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B296" s="13" t="s">
+        <v>257</v>
+      </c>
+      <c r="C296" s="12"/>
+      <c r="D296" s="16">
+        <v>1454.9386</v>
+      </c>
+      <c r="E296" s="4" t="s">
+        <v>356</v>
+      </c>
+      <c r="F296" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G296" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H296" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I296" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J296" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="297" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A297" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B297" s="13" t="s">
+        <v>297</v>
+      </c>
+      <c r="C297" s="12"/>
+      <c r="D297" s="16">
+        <v>374.02201599999995</v>
+      </c>
+      <c r="E297" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="F297" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G297" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H297" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I297" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J297" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="298" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A298" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B298" s="13" t="s">
+        <v>259</v>
+      </c>
+      <c r="C298" s="12"/>
+      <c r="D298" s="16">
+        <v>840.61395999999991</v>
+      </c>
+      <c r="E298" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F298" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G298" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H298" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I298" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J298" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="299" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A299" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B299" s="13" t="s">
+        <v>260</v>
+      </c>
+      <c r="C299" s="12"/>
+      <c r="D299" s="16">
+        <v>302.13</v>
+      </c>
+      <c r="E299" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F299" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G299" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H299" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I299" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J299" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="300" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A300" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B300" s="13" t="s">
+        <v>261</v>
+      </c>
+      <c r="C300" s="12"/>
+      <c r="D300" s="16">
+        <v>290.94</v>
+      </c>
+      <c r="E300" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F300" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G300" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H300" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I300" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J300" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="301" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A301" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B301" s="13" t="s">
+        <v>328</v>
+      </c>
+      <c r="C301" s="12"/>
+      <c r="D301" s="16">
+        <v>55.949999999999996</v>
+      </c>
+      <c r="E301" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="F301" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G301" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H301" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I301" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J301" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="302" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A302" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B302" s="13" t="s">
+        <v>262</v>
+      </c>
+      <c r="C302" s="12"/>
+      <c r="D302" s="16">
+        <v>290.94</v>
+      </c>
+      <c r="E302" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F302" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G302" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H302" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I302" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J302" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="303" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A303" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B303" s="13" t="s">
+        <v>263</v>
+      </c>
+      <c r="C303" s="12"/>
+      <c r="D303" s="16">
+        <v>290.94</v>
+      </c>
+      <c r="E303" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F303" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G303" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H303" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I303" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J303" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="304" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A304" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B304" s="13" t="s">
+        <v>264</v>
+      </c>
+      <c r="C304" s="12"/>
+      <c r="D304" s="16">
+        <v>1870.3956000000001</v>
+      </c>
+      <c r="E304" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F304" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G304" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H304" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I304" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J304" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="305" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A305" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B305" s="13" t="s">
+        <v>265</v>
+      </c>
+      <c r="C305" s="12"/>
+      <c r="D305" s="16">
+        <v>726.30023999999992</v>
+      </c>
+      <c r="E305" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F305" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G305" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H305" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I305" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J305" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="306" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A306" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B306" s="13" t="s">
+        <v>242</v>
+      </c>
+      <c r="C306" s="12"/>
+      <c r="D306" s="16">
+        <v>785.82264000000009</v>
+      </c>
+      <c r="E306" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F306" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G306" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H306" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I306" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J306" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="307" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A307" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B307" s="13" t="s">
+        <v>266</v>
+      </c>
+      <c r="C307" s="12"/>
+      <c r="D307" s="16">
+        <v>567.29469999999992</v>
+      </c>
+      <c r="E307" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F307" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G307" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H307" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I307" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J307" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="308" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A308" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B308" s="13" t="s">
+        <v>267</v>
+      </c>
+      <c r="C308" s="12"/>
+      <c r="D308" s="16">
+        <v>290.94</v>
+      </c>
+      <c r="E308" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F308" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G308" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H308" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I308" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J308" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="309" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A309" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B309" s="13" t="s">
+        <v>242</v>
+      </c>
+      <c r="C309" s="12"/>
+      <c r="D309" s="16">
+        <v>1343.3457599999997</v>
+      </c>
+      <c r="E309" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F309" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G309" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H309" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I309" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J309" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="310" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A310" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B310" s="13" t="s">
+        <v>268</v>
+      </c>
+      <c r="C310" s="12"/>
+      <c r="D310" s="16">
+        <v>1013.5058499999999</v>
+      </c>
+      <c r="E310" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F310" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G310" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H310" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I310" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J310" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="311" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A311" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B311" s="13" t="s">
+        <v>269</v>
+      </c>
+      <c r="C311" s="12"/>
+      <c r="D311" s="16">
+        <v>1029.667408</v>
+      </c>
+      <c r="E311" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F311" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G311" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H311" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I311" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J311" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="312" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A312" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B312" s="13" t="s">
+        <v>270</v>
+      </c>
+      <c r="C312" s="12"/>
+      <c r="D312" s="16">
+        <v>1930.0811519999997</v>
+      </c>
+      <c r="E312" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F312" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G312" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H312" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I312" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J312" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="313" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A313" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B313" s="13" t="s">
+        <v>298</v>
+      </c>
+      <c r="C313" s="12"/>
+      <c r="D313" s="16">
+        <v>847.93709999999987</v>
+      </c>
+      <c r="E313" s="4" t="s">
         <v>316</v>
       </c>
-      <c r="F258" s="2" t="s">
-[...49 lines deleted...]
-      <c r="B260" s="13" t="s">
+      <c r="F313" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G313" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H313" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I313" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J313" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="314" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A314" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B314" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="C314" s="12"/>
+      <c r="D314" s="16">
+        <v>2411.4503999999997</v>
+      </c>
+      <c r="E314" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F314" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G314" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H314" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I314" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J314" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="315" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A315" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B315" s="13" t="s">
+        <v>272</v>
+      </c>
+      <c r="C315" s="12"/>
+      <c r="D315" s="16">
+        <v>363.22447199999999</v>
+      </c>
+      <c r="E315" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F315" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G315" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H315" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I315" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J315" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="316" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A316" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B316" s="13" t="s">
+        <v>273</v>
+      </c>
+      <c r="C316" s="12"/>
+      <c r="D316" s="16">
+        <v>2192.1921000000002</v>
+      </c>
+      <c r="E316" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F316" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G316" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H316" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I316" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J316" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="317" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A317" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B317" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="C317" s="12"/>
+      <c r="D317" s="16">
+        <v>232.76192399999999</v>
+      </c>
+      <c r="E317" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F317" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G317" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H317" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I317" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J317" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="318" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A318" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B318" s="13" t="s">
         <v>242</v>
       </c>
-      <c r="C260" s="12"/>
-[...183 lines deleted...]
-      <c r="E266" s="4" t="s">
+      <c r="C318" s="12"/>
+      <c r="D318" s="16">
+        <v>383.39321999999999</v>
+      </c>
+      <c r="E318" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F318" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G318" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H318" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I318" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J318" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="319" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A319" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B319" s="13" t="s">
+        <v>275</v>
+      </c>
+      <c r="C319" s="12"/>
+      <c r="D319" s="16">
+        <v>167.74999999999997</v>
+      </c>
+      <c r="E319" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="F319" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G319" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H319" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I319" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J319" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="320" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A320" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B320" s="13" t="s">
+        <v>276</v>
+      </c>
+      <c r="C320" s="12"/>
+      <c r="D320" s="16">
+        <v>1542.8335</v>
+      </c>
+      <c r="E320" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="F320" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G320" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H320" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I320" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J320" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="321" spans="1:10" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.35">
+      <c r="A321" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B321" s="13" t="s">
+        <v>277</v>
+      </c>
+      <c r="C321" s="12"/>
+      <c r="D321" s="16">
+        <v>1081.62348</v>
+      </c>
+      <c r="E321" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F321" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G321" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H321" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I321" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J321" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="322" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A322" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B322" s="13" t="s">
+        <v>329</v>
+      </c>
+      <c r="C322" s="12"/>
+      <c r="D322" s="16">
+        <v>92.97</v>
+      </c>
+      <c r="E322" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F322" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G322" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H322" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I322" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J322" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="323" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A323" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B323" s="13" t="s">
+        <v>330</v>
+      </c>
+      <c r="C323" s="12"/>
+      <c r="D323" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E323" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F323" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G323" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H323" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I323" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J323" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="324" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A324" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B324" s="13" t="s">
+        <v>331</v>
+      </c>
+      <c r="C324" s="12"/>
+      <c r="D324" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E324" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F324" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G324" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H324" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I324" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J324" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="325" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A325" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B325" s="13" t="s">
+        <v>298</v>
+      </c>
+      <c r="C325" s="12"/>
+      <c r="D325" s="16">
+        <v>61.98</v>
+      </c>
+      <c r="E325" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="F325" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G325" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H325" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I325" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J325" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="326" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A326" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B326" s="13" t="s">
+        <v>332</v>
+      </c>
+      <c r="C326" s="12"/>
+      <c r="D326" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E326" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F326" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G326" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H326" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I326" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J326" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="327" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A327" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B327" s="13" t="s">
+        <v>333</v>
+      </c>
+      <c r="C327" s="12"/>
+      <c r="D327" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E327" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F327" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G327" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H327" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I327" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J327" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="328" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A328" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B328" s="13" t="s">
+        <v>334</v>
+      </c>
+      <c r="C328" s="12"/>
+      <c r="D328" s="16">
+        <v>154.94999999999999</v>
+      </c>
+      <c r="E328" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F328" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G328" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H328" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I328" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J328" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="329" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A329" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B329" s="13" t="s">
+        <v>335</v>
+      </c>
+      <c r="C329" s="12"/>
+      <c r="D329" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E329" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F329" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G329" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H329" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I329" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J329" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="330" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A330" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B330" s="13" t="s">
+        <v>336</v>
+      </c>
+      <c r="C330" s="12"/>
+      <c r="D330" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E330" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F330" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G330" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H330" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I330" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J330" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="331" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A331" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B331" s="13" t="s">
+        <v>337</v>
+      </c>
+      <c r="C331" s="12"/>
+      <c r="D331" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E331" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F331" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G331" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H331" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I331" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J331" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="332" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A332" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B332" s="13" t="s">
+        <v>338</v>
+      </c>
+      <c r="C332" s="12"/>
+      <c r="D332" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E332" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F332" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G332" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H332" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I332" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J332" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="333" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A333" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B333" s="13" t="s">
+        <v>339</v>
+      </c>
+      <c r="C333" s="12"/>
+      <c r="D333" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E333" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F333" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G333" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H333" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I333" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J333" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="334" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A334" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B334" s="13" t="s">
+        <v>340</v>
+      </c>
+      <c r="C334" s="12"/>
+      <c r="D334" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E334" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F334" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G334" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H334" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I334" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J334" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="335" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A335" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B335" s="13" t="s">
+        <v>341</v>
+      </c>
+      <c r="C335" s="12"/>
+      <c r="D335" s="16">
+        <v>154.94999999999999</v>
+      </c>
+      <c r="E335" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F335" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G335" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H335" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I335" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J335" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="336" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A336" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B336" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="C336" s="12"/>
+      <c r="D336" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E336" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F336" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G336" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H336" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I336" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J336" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="337" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A337" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B337" s="13" t="s">
+        <v>343</v>
+      </c>
+      <c r="C337" s="12"/>
+      <c r="D337" s="16">
+        <v>247.92000000000002</v>
+      </c>
+      <c r="E337" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F337" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G337" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H337" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I337" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J337" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="338" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A338" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B338" s="13" t="s">
+        <v>344</v>
+      </c>
+      <c r="C338" s="12"/>
+      <c r="D338" s="16">
+        <v>123.96</v>
+      </c>
+      <c r="E338" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F338" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G338" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H338" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I338" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J338" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="339" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A339" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B339" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C339" s="12"/>
+      <c r="D339" s="16">
+        <v>150.47595999999999</v>
+      </c>
+      <c r="E339" s="4" t="s">
+        <v>358</v>
+      </c>
+      <c r="F339" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G339" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H339" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I339" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J339" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="340" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A340" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B340" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C340" s="12"/>
+      <c r="D340" s="16">
+        <v>167.85</v>
+      </c>
+      <c r="E340" s="4" t="s">
+        <v>356</v>
+      </c>
+      <c r="F340" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G340" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H340" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I340" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J340" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="341" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A341" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B341" s="13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C341" s="12"/>
+      <c r="D341" s="16">
+        <v>110.574528</v>
+      </c>
+      <c r="E341" s="4" t="s">
+        <v>358</v>
+      </c>
+      <c r="F341" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G341" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H341" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I341" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J341" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="342" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A342" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B342" s="13" t="s">
+        <v>345</v>
+      </c>
+      <c r="C342" s="12"/>
+      <c r="D342" s="16">
+        <v>33.57</v>
+      </c>
+      <c r="E342" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="F342" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G342" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H342" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I342" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J342" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="343" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A343" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B343" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C343" s="12"/>
+      <c r="D343" s="16">
+        <v>20.60004</v>
+      </c>
+      <c r="E343" s="4" t="s">
         <v>317</v>
       </c>
-      <c r="F266" s="2" t="s">
-[...26 lines deleted...]
-      <c r="E267" s="4" t="s">
+      <c r="F343" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G343" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H343" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I343" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J343" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="344" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A344" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B344" s="13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C344" s="12"/>
+      <c r="D344" s="16">
+        <v>98.027135999999999</v>
+      </c>
+      <c r="E344" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F344" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G344" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H344" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I344" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J344" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="345" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A345" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B345" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="C345" s="12"/>
+      <c r="D345" s="16">
+        <v>266.22528</v>
+      </c>
+      <c r="E345" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="F345" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G345" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H345" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I345" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J345" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="346" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A346" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B346" s="13" t="s">
+        <v>278</v>
+      </c>
+      <c r="C346" s="12"/>
+      <c r="D346" s="16">
+        <v>11.19</v>
+      </c>
+      <c r="E346" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="F346" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G346" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H346" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I346" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J346" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="347" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A347" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B347" s="13" t="s">
+        <v>279</v>
+      </c>
+      <c r="C347" s="12"/>
+      <c r="D347" s="16">
+        <v>27.151050000000001</v>
+      </c>
+      <c r="E347" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="F347" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G347" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H347" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I347" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J347" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="348" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A348" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B348" s="13" t="s">
+        <v>314</v>
+      </c>
+      <c r="C348" s="12"/>
+      <c r="D348" s="16">
+        <v>25.750049999999998</v>
+      </c>
+      <c r="E348" s="4" t="s">
         <v>317</v>
       </c>
-      <c r="F267" s="2" t="s">
-[...619 lines deleted...]
-      <c r="B288" s="13" t="s">
+      <c r="F348" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G348" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H348" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I348" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J348" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="349" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A349" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B349" s="13" t="s">
+        <v>214</v>
+      </c>
+      <c r="C349" s="12"/>
+      <c r="D349" s="16">
+        <v>43.441679999999998</v>
+      </c>
+      <c r="E349" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="F349" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G349" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H349" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I349" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J349" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="350" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A350" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B350" s="13" t="s">
         <v>267</v>
       </c>
-      <c r="C288" s="12"/>
-[...333 lines deleted...]
-      <c r="E299" s="4" t="s">
+      <c r="C350" s="12"/>
+      <c r="D350" s="16">
+        <v>111.807864</v>
+      </c>
+      <c r="E350" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="F350" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G350" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H350" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I350" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J350" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="351" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A351" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B351" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="C351" s="12"/>
+      <c r="D351" s="16">
+        <v>28.961120000000001</v>
+      </c>
+      <c r="E351" s="4" t="s">
         <v>280</v>
       </c>
-      <c r="F299" s="2" t="s">
-[...86 lines deleted...]
-      <c r="E302" s="4" t="s">
+      <c r="F351" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G351" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H351" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I351" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J351" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="352" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A352" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B352" s="13" t="s">
+        <v>254</v>
+      </c>
+      <c r="C352" s="12"/>
+      <c r="D352" s="16">
+        <v>11.19</v>
+      </c>
+      <c r="E352" s="4" t="s">
         <v>280</v>
       </c>
-      <c r="F302" s="2" t="s">
-[...56 lines deleted...]
-      <c r="E304" s="4" t="s">
+      <c r="F352" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G352" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H352" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I352" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J352" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="353" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A353" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B353" s="13" t="s">
+        <v>144</v>
+      </c>
+      <c r="C353" s="12"/>
+      <c r="D353" s="16">
+        <v>33.57</v>
+      </c>
+      <c r="E353" s="4" t="s">
         <v>280</v>
       </c>
-      <c r="F304" s="2" t="s">
-[...86 lines deleted...]
-      <c r="E307" s="4" t="s">
+      <c r="F353" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G353" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H353" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I353" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J353" s="14" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="354" spans="1:10" s="3" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A354" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B354" s="13" t="s">
+        <v>258</v>
+      </c>
+      <c r="C354" s="12"/>
+      <c r="D354" s="16">
+        <v>94.123639999999995</v>
+      </c>
+      <c r="E354" s="4" t="s">
         <v>280</v>
       </c>
-      <c r="F307" s="2" t="s">
-[...221 lines deleted...]
-      <c r="J314" s="14" t="s">
+      <c r="F354" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G354" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H354" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I354" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="J354" s="14" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A3:J314"/>
   <sortState ref="A4:J1322">
     <sortCondition ref="A4:A1322"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">