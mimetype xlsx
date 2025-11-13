--- v0 (2025-10-17)
+++ v1 (2025-11-13)
@@ -4,70 +4,70 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fileserver1.uslcentro.toscana.it\dip-SAOT\DIPTO SAOT\TRASPARENZA\PUBBLICAZIONI SITO\2025\SOVVENZIONI\09\CURE ALL'ESTERO\PRATO PISTOIA\DA PUBBLICARE\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fileserver1.uslcentro.toscana.it\dip-SAOT\DIPTO SAOT\TRASPARENZA\PUBBLICAZIONI SITO\2025\SOVVENZIONI\10\CURE ALL'ESTERO\PRATO PISTOIA\DA PUBBLICARE\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6350"/>
   </bookViews>
   <sheets>
     <sheet name="anno 2025" sheetId="8" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="55">
   <si>
     <t>Tipologia contributo o sovvenzione</t>
   </si>
   <si>
     <t>Soggetto beneficiario Persona Fisica/Ente/Impresa</t>
   </si>
   <si>
     <t>Dati fiscali (Solo in caso di Ente/Imprese)</t>
   </si>
   <si>
     <t>Importo del vantaggio economico corrisposto</t>
   </si>
   <si>
     <t>Atto di concessione della sovvenzione o contributo (n. e data dell'ordine)</t>
   </si>
   <si>
     <t>Norma o titolo a base dell'attribuzione</t>
   </si>
   <si>
     <t>Ufficio e funzionario o dirigente responsabile del relativo procedimento amministrativo</t>
   </si>
   <si>
     <t>Modalità seguita per l'individuazione del beneficiario</t>
   </si>
   <si>
@@ -172,51 +172,66 @@
   <si>
     <t>PT1232025012</t>
   </si>
   <si>
     <t>ST - 70</t>
   </si>
   <si>
     <t>DM 3/11/1989</t>
   </si>
   <si>
     <t>PT2232025013</t>
   </si>
   <si>
     <t>ST - 71</t>
   </si>
   <si>
     <t>PT2232025014</t>
   </si>
   <si>
     <t>ST - 79</t>
   </si>
   <si>
     <t>DM 3/11/1990</t>
   </si>
   <si>
-    <t xml:space="preserve">     TABELLA ATTI DI CONCESSIONE RIMBORSI CURE ALL'ESTERO ANNO 2025 AGGIORNATA AL 30.09.2025 ZONA PRATO PISTOIA E VDN </t>
+    <t>PO1282025015</t>
+  </si>
+  <si>
+    <t>ST-80</t>
+  </si>
+  <si>
+    <t>PT2282025016</t>
+  </si>
+  <si>
+    <t>ST-90</t>
+  </si>
+  <si>
+    <t>Reg.CEE 977/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      TABELLA ATTI DI CONCESSIONE RIMBORSI CURE ALL'ESTERO ANNO 2025 AGGIORNATA AL 31.10.2025 ZONA PRATO PISTOIA E VDN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -867,54 +882,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J381"/>
+  <dimension ref="A1:J383"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E3" sqref="E3"/>
+    <sheetView tabSelected="1" topLeftCell="A16" workbookViewId="0">
+      <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="24.54296875" customWidth="1"/>
     <col min="2" max="2" width="16.54296875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10" style="15" customWidth="1"/>
     <col min="5" max="5" width="9.36328125" customWidth="1"/>
     <col min="6" max="6" width="25.08984375" customWidth="1"/>
     <col min="7" max="7" width="19.453125" customWidth="1"/>
     <col min="8" max="8" width="26" customWidth="1"/>
     <col min="9" max="9" width="13.08984375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="33.90625" customWidth="1"/>
     <col min="256" max="256" width="24.54296875" customWidth="1"/>
     <col min="257" max="257" width="16.54296875" bestFit="1" customWidth="1"/>
     <col min="258" max="258" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="259" max="259" width="17.54296875" bestFit="1" customWidth="1"/>
     <col min="260" max="260" width="20.08984375" customWidth="1"/>
     <col min="261" max="261" width="41.453125" customWidth="1"/>
     <col min="262" max="262" width="28.90625" bestFit="1" customWidth="1"/>
     <col min="263" max="263" width="32.36328125" bestFit="1" customWidth="1"/>
     <col min="264" max="264" width="13.08984375" bestFit="1" customWidth="1"/>
     <col min="265" max="265" width="14.54296875" bestFit="1" customWidth="1"/>
@@ -1520,51 +1535,51 @@
     <col min="15625" max="15625" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="15872" max="15872" width="24.54296875" customWidth="1"/>
     <col min="15873" max="15873" width="16.54296875" bestFit="1" customWidth="1"/>
     <col min="15874" max="15874" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="15875" max="15875" width="17.54296875" bestFit="1" customWidth="1"/>
     <col min="15876" max="15876" width="20.08984375" customWidth="1"/>
     <col min="15877" max="15877" width="41.453125" customWidth="1"/>
     <col min="15878" max="15878" width="28.90625" bestFit="1" customWidth="1"/>
     <col min="15879" max="15879" width="32.36328125" bestFit="1" customWidth="1"/>
     <col min="15880" max="15880" width="13.08984375" bestFit="1" customWidth="1"/>
     <col min="15881" max="15881" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="16128" max="16128" width="24.54296875" customWidth="1"/>
     <col min="16129" max="16129" width="16.54296875" bestFit="1" customWidth="1"/>
     <col min="16130" max="16130" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="16131" max="16131" width="17.54296875" bestFit="1" customWidth="1"/>
     <col min="16132" max="16132" width="20.08984375" customWidth="1"/>
     <col min="16133" max="16133" width="41.453125" customWidth="1"/>
     <col min="16134" max="16134" width="28.90625" bestFit="1" customWidth="1"/>
     <col min="16135" max="16135" width="32.36328125" bestFit="1" customWidth="1"/>
     <col min="16136" max="16136" width="13.08984375" bestFit="1" customWidth="1"/>
     <col min="16137" max="16137" width="14.54296875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="87.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="46" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B1" s="46"/>
       <c r="C1" s="46"/>
       <c r="D1" s="46"/>
       <c r="E1" s="46"/>
       <c r="F1" s="46"/>
       <c r="G1" s="46"/>
       <c r="H1" s="46"/>
       <c r="I1" s="46"/>
       <c r="J1" s="46"/>
     </row>
     <row r="2" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="47" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="47"/>
       <c r="C2" s="47"/>
       <c r="D2" s="47"/>
       <c r="E2" s="47"/>
       <c r="F2" s="47"/>
       <c r="G2" s="47"/>
       <c r="H2" s="47"/>
       <c r="I2" s="47"/>
       <c r="J2" s="47"/>
     </row>
@@ -2026,81 +2041,121 @@
       <c r="C17" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D17" s="22">
         <v>48474.49</v>
       </c>
       <c r="E17" s="23" t="s">
         <v>47</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I17" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J17" s="42" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="18" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-[...21 lines deleted...]
-      <c r="J19" s="42"/>
+    <row r="18" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A18" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" s="22">
+        <v>183.87</v>
+      </c>
+      <c r="E18" s="23" t="s">
+        <v>50</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I18" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J18" s="42" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A19" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B19" s="20" t="s">
+        <v>51</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" s="22">
+        <v>125.65</v>
+      </c>
+      <c r="E19" s="23" t="s">
+        <v>52</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="G19" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I19" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J19" s="42" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="20" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A20" s="2"/>
       <c r="B20" s="20"/>
       <c r="C20" s="21"/>
       <c r="D20" s="22"/>
       <c r="E20" s="23"/>
-      <c r="F20" s="3"/>
+      <c r="F20" s="2"/>
       <c r="G20" s="4"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="42"/>
     </row>
     <row r="21" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A21" s="2"/>
       <c r="B21" s="20"/>
       <c r="C21" s="21"/>
       <c r="D21" s="22"/>
       <c r="E21" s="23"/>
       <c r="F21" s="3"/>
       <c r="G21" s="4"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="42"/>
     </row>
     <row r="22" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A22" s="2"/>
       <c r="B22" s="20"/>
       <c r="C22" s="21"/>
       <c r="D22" s="22"/>
       <c r="E22" s="23"/>
       <c r="F22" s="3"/>
       <c r="G22" s="4"/>
@@ -2269,75 +2324,75 @@
       <c r="B36" s="20"/>
       <c r="C36" s="21"/>
       <c r="D36" s="22"/>
       <c r="E36" s="23"/>
       <c r="F36" s="3"/>
       <c r="G36" s="4"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
       <c r="J36" s="42"/>
     </row>
     <row r="37" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A37" s="2"/>
       <c r="B37" s="20"/>
       <c r="C37" s="21"/>
       <c r="D37" s="22"/>
       <c r="E37" s="23"/>
       <c r="F37" s="3"/>
       <c r="G37" s="4"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
       <c r="J37" s="42"/>
     </row>
     <row r="38" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A38" s="2"/>
       <c r="B38" s="20"/>
-      <c r="C38" s="23"/>
+      <c r="C38" s="21"/>
       <c r="D38" s="22"/>
       <c r="E38" s="23"/>
       <c r="F38" s="3"/>
       <c r="G38" s="4"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
       <c r="J38" s="42"/>
     </row>
     <row r="39" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A39" s="2"/>
       <c r="B39" s="20"/>
       <c r="C39" s="21"/>
       <c r="D39" s="22"/>
       <c r="E39" s="23"/>
       <c r="F39" s="3"/>
       <c r="G39" s="4"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
       <c r="J39" s="42"/>
     </row>
     <row r="40" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A40" s="2"/>
       <c r="B40" s="20"/>
-      <c r="C40" s="21"/>
+      <c r="C40" s="23"/>
       <c r="D40" s="22"/>
       <c r="E40" s="23"/>
       <c r="F40" s="3"/>
       <c r="G40" s="4"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
       <c r="J40" s="42"/>
     </row>
     <row r="41" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A41" s="2"/>
       <c r="B41" s="20"/>
       <c r="C41" s="21"/>
       <c r="D41" s="22"/>
       <c r="E41" s="23"/>
       <c r="F41" s="3"/>
       <c r="G41" s="4"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="42"/>
     </row>
     <row r="42" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A42" s="2"/>
       <c r="B42" s="20"/>
       <c r="C42" s="21"/>
       <c r="D42" s="22"/>
@@ -2557,75 +2612,75 @@
       <c r="B60" s="20"/>
       <c r="C60" s="21"/>
       <c r="D60" s="22"/>
       <c r="E60" s="23"/>
       <c r="F60" s="3"/>
       <c r="G60" s="4"/>
       <c r="H60" s="2"/>
       <c r="I60" s="2"/>
       <c r="J60" s="42"/>
     </row>
     <row r="61" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A61" s="2"/>
       <c r="B61" s="20"/>
       <c r="C61" s="21"/>
       <c r="D61" s="22"/>
       <c r="E61" s="23"/>
       <c r="F61" s="3"/>
       <c r="G61" s="4"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
       <c r="J61" s="42"/>
     </row>
     <row r="62" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A62" s="2"/>
       <c r="B62" s="20"/>
-      <c r="C62" s="23"/>
+      <c r="C62" s="21"/>
       <c r="D62" s="22"/>
       <c r="E62" s="23"/>
       <c r="F62" s="3"/>
       <c r="G62" s="4"/>
       <c r="H62" s="2"/>
       <c r="I62" s="2"/>
       <c r="J62" s="42"/>
     </row>
     <row r="63" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A63" s="2"/>
       <c r="B63" s="20"/>
       <c r="C63" s="21"/>
       <c r="D63" s="22"/>
       <c r="E63" s="23"/>
       <c r="F63" s="3"/>
       <c r="G63" s="4"/>
       <c r="H63" s="2"/>
       <c r="I63" s="2"/>
       <c r="J63" s="42"/>
     </row>
     <row r="64" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A64" s="2"/>
       <c r="B64" s="20"/>
-      <c r="C64" s="21"/>
+      <c r="C64" s="23"/>
       <c r="D64" s="22"/>
       <c r="E64" s="23"/>
       <c r="F64" s="3"/>
       <c r="G64" s="4"/>
       <c r="H64" s="2"/>
       <c r="I64" s="2"/>
       <c r="J64" s="42"/>
     </row>
     <row r="65" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A65" s="2"/>
       <c r="B65" s="20"/>
       <c r="C65" s="21"/>
       <c r="D65" s="22"/>
       <c r="E65" s="23"/>
       <c r="F65" s="3"/>
       <c r="G65" s="4"/>
       <c r="H65" s="2"/>
       <c r="I65" s="2"/>
       <c r="J65" s="42"/>
     </row>
     <row r="66" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A66" s="2"/>
       <c r="B66" s="20"/>
       <c r="C66" s="21"/>
       <c r="D66" s="22"/>
@@ -2819,72 +2874,72 @@
     <row r="82" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A82" s="2"/>
       <c r="B82" s="20"/>
       <c r="C82" s="21"/>
       <c r="D82" s="22"/>
       <c r="E82" s="23"/>
       <c r="F82" s="3"/>
       <c r="G82" s="4"/>
       <c r="H82" s="2"/>
       <c r="I82" s="2"/>
       <c r="J82" s="42"/>
     </row>
     <row r="83" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A83" s="2"/>
       <c r="B83" s="20"/>
       <c r="C83" s="21"/>
       <c r="D83" s="22"/>
       <c r="E83" s="23"/>
       <c r="F83" s="3"/>
       <c r="G83" s="4"/>
       <c r="H83" s="2"/>
       <c r="I83" s="2"/>
       <c r="J83" s="42"/>
     </row>
     <row r="84" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A84" s="24"/>
-[...4 lines deleted...]
-      <c r="F84" s="28"/>
+      <c r="A84" s="2"/>
+      <c r="B84" s="20"/>
+      <c r="C84" s="21"/>
+      <c r="D84" s="22"/>
+      <c r="E84" s="23"/>
+      <c r="F84" s="3"/>
       <c r="G84" s="4"/>
-      <c r="H84" s="25"/>
-[...1 lines deleted...]
-      <c r="J84" s="43"/>
+      <c r="H84" s="2"/>
+      <c r="I84" s="2"/>
+      <c r="J84" s="42"/>
     </row>
     <row r="85" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A85" s="24"/>
-[...4 lines deleted...]
-      <c r="F85" s="28"/>
+      <c r="A85" s="2"/>
+      <c r="B85" s="20"/>
+      <c r="C85" s="21"/>
+      <c r="D85" s="22"/>
+      <c r="E85" s="23"/>
+      <c r="F85" s="3"/>
       <c r="G85" s="4"/>
-      <c r="H85" s="25"/>
-[...1 lines deleted...]
-      <c r="J85" s="43"/>
+      <c r="H85" s="2"/>
+      <c r="I85" s="2"/>
+      <c r="J85" s="42"/>
     </row>
     <row r="86" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A86" s="24"/>
       <c r="B86" s="25"/>
       <c r="C86" s="26"/>
       <c r="D86" s="27"/>
       <c r="E86" s="26"/>
       <c r="F86" s="28"/>
       <c r="G86" s="4"/>
       <c r="H86" s="25"/>
       <c r="I86" s="25"/>
       <c r="J86" s="43"/>
     </row>
     <row r="87" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A87" s="24"/>
       <c r="B87" s="25"/>
       <c r="C87" s="26"/>
       <c r="D87" s="27"/>
       <c r="E87" s="26"/>
       <c r="F87" s="28"/>
       <c r="G87" s="4"/>
       <c r="H87" s="25"/>
       <c r="I87" s="25"/>
       <c r="J87" s="43"/>
     </row>
@@ -3599,72 +3654,72 @@
     <row r="147" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A147" s="24"/>
       <c r="B147" s="25"/>
       <c r="C147" s="26"/>
       <c r="D147" s="27"/>
       <c r="E147" s="26"/>
       <c r="F147" s="28"/>
       <c r="G147" s="4"/>
       <c r="H147" s="25"/>
       <c r="I147" s="25"/>
       <c r="J147" s="43"/>
     </row>
     <row r="148" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A148" s="24"/>
       <c r="B148" s="25"/>
       <c r="C148" s="26"/>
       <c r="D148" s="27"/>
       <c r="E148" s="26"/>
       <c r="F148" s="28"/>
       <c r="G148" s="4"/>
       <c r="H148" s="25"/>
       <c r="I148" s="25"/>
       <c r="J148" s="43"/>
     </row>
     <row r="149" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A149" s="2"/>
-[...4 lines deleted...]
-      <c r="F149" s="4"/>
+      <c r="A149" s="24"/>
+      <c r="B149" s="25"/>
+      <c r="C149" s="26"/>
+      <c r="D149" s="27"/>
+      <c r="E149" s="26"/>
+      <c r="F149" s="28"/>
       <c r="G149" s="4"/>
-      <c r="H149" s="4"/>
-[...1 lines deleted...]
-      <c r="J149" s="44"/>
+      <c r="H149" s="25"/>
+      <c r="I149" s="25"/>
+      <c r="J149" s="43"/>
     </row>
     <row r="150" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A150" s="2"/>
-[...4 lines deleted...]
-      <c r="F150" s="4"/>
+      <c r="A150" s="24"/>
+      <c r="B150" s="25"/>
+      <c r="C150" s="26"/>
+      <c r="D150" s="27"/>
+      <c r="E150" s="26"/>
+      <c r="F150" s="28"/>
       <c r="G150" s="4"/>
-      <c r="H150" s="4"/>
-[...1 lines deleted...]
-      <c r="J150" s="44"/>
+      <c r="H150" s="25"/>
+      <c r="I150" s="25"/>
+      <c r="J150" s="43"/>
     </row>
     <row r="151" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A151" s="2"/>
       <c r="B151" s="29"/>
       <c r="C151" s="30"/>
       <c r="D151" s="7"/>
       <c r="E151" s="8"/>
       <c r="F151" s="4"/>
       <c r="G151" s="4"/>
       <c r="H151" s="4"/>
       <c r="I151" s="4"/>
       <c r="J151" s="44"/>
     </row>
     <row r="152" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A152" s="2"/>
       <c r="B152" s="29"/>
       <c r="C152" s="30"/>
       <c r="D152" s="7"/>
       <c r="E152" s="8"/>
       <c r="F152" s="4"/>
       <c r="G152" s="4"/>
       <c r="H152" s="4"/>
       <c r="I152" s="4"/>
       <c r="J152" s="44"/>
     </row>
@@ -3673,87 +3728,87 @@
       <c r="B153" s="29"/>
       <c r="C153" s="30"/>
       <c r="D153" s="7"/>
       <c r="E153" s="8"/>
       <c r="F153" s="4"/>
       <c r="G153" s="4"/>
       <c r="H153" s="4"/>
       <c r="I153" s="4"/>
       <c r="J153" s="44"/>
     </row>
     <row r="154" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A154" s="2"/>
       <c r="B154" s="29"/>
       <c r="C154" s="30"/>
       <c r="D154" s="7"/>
       <c r="E154" s="8"/>
       <c r="F154" s="4"/>
       <c r="G154" s="4"/>
       <c r="H154" s="4"/>
       <c r="I154" s="4"/>
       <c r="J154" s="44"/>
     </row>
     <row r="155" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A155" s="2"/>
       <c r="B155" s="29"/>
-      <c r="C155" s="9"/>
+      <c r="C155" s="30"/>
       <c r="D155" s="7"/>
       <c r="E155" s="8"/>
       <c r="F155" s="4"/>
       <c r="G155" s="4"/>
       <c r="H155" s="4"/>
       <c r="I155" s="4"/>
       <c r="J155" s="44"/>
     </row>
     <row r="156" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A156" s="2"/>
       <c r="B156" s="29"/>
-      <c r="C156" s="9"/>
+      <c r="C156" s="30"/>
       <c r="D156" s="7"/>
       <c r="E156" s="8"/>
       <c r="F156" s="4"/>
       <c r="G156" s="4"/>
       <c r="H156" s="4"/>
       <c r="I156" s="4"/>
       <c r="J156" s="44"/>
     </row>
     <row r="157" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A157" s="2"/>
       <c r="B157" s="29"/>
-      <c r="C157" s="30"/>
+      <c r="C157" s="9"/>
       <c r="D157" s="7"/>
       <c r="E157" s="8"/>
       <c r="F157" s="4"/>
       <c r="G157" s="4"/>
       <c r="H157" s="4"/>
       <c r="I157" s="4"/>
       <c r="J157" s="44"/>
     </row>
     <row r="158" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A158" s="2"/>
       <c r="B158" s="29"/>
-      <c r="C158" s="30"/>
+      <c r="C158" s="9"/>
       <c r="D158" s="7"/>
       <c r="E158" s="8"/>
       <c r="F158" s="4"/>
       <c r="G158" s="4"/>
       <c r="H158" s="4"/>
       <c r="I158" s="4"/>
       <c r="J158" s="44"/>
     </row>
     <row r="159" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A159" s="2"/>
       <c r="B159" s="29"/>
       <c r="C159" s="30"/>
       <c r="D159" s="7"/>
       <c r="E159" s="8"/>
       <c r="F159" s="4"/>
       <c r="G159" s="4"/>
       <c r="H159" s="4"/>
       <c r="I159" s="4"/>
       <c r="J159" s="44"/>
     </row>
     <row r="160" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A160" s="2"/>
       <c r="B160" s="29"/>
       <c r="C160" s="30"/>
       <c r="D160" s="7"/>
@@ -3817,265 +3872,265 @@
       <c r="B165" s="29"/>
       <c r="C165" s="30"/>
       <c r="D165" s="7"/>
       <c r="E165" s="8"/>
       <c r="F165" s="4"/>
       <c r="G165" s="4"/>
       <c r="H165" s="4"/>
       <c r="I165" s="4"/>
       <c r="J165" s="44"/>
     </row>
     <row r="166" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A166" s="2"/>
       <c r="B166" s="29"/>
       <c r="C166" s="30"/>
       <c r="D166" s="7"/>
       <c r="E166" s="8"/>
       <c r="F166" s="4"/>
       <c r="G166" s="4"/>
       <c r="H166" s="4"/>
       <c r="I166" s="4"/>
       <c r="J166" s="44"/>
     </row>
     <row r="167" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A167" s="2"/>
       <c r="B167" s="29"/>
-      <c r="C167" s="9"/>
+      <c r="C167" s="30"/>
       <c r="D167" s="7"/>
       <c r="E167" s="8"/>
       <c r="F167" s="4"/>
       <c r="G167" s="4"/>
       <c r="H167" s="4"/>
       <c r="I167" s="4"/>
       <c r="J167" s="44"/>
     </row>
     <row r="168" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A168" s="2"/>
       <c r="B168" s="29"/>
       <c r="C168" s="30"/>
       <c r="D168" s="7"/>
       <c r="E168" s="8"/>
       <c r="F168" s="4"/>
       <c r="G168" s="4"/>
       <c r="H168" s="4"/>
       <c r="I168" s="4"/>
       <c r="J168" s="44"/>
     </row>
     <row r="169" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A169" s="2"/>
       <c r="B169" s="29"/>
-      <c r="C169" s="30"/>
+      <c r="C169" s="9"/>
       <c r="D169" s="7"/>
       <c r="E169" s="8"/>
       <c r="F169" s="4"/>
       <c r="G169" s="4"/>
       <c r="H169" s="4"/>
       <c r="I169" s="4"/>
       <c r="J169" s="44"/>
     </row>
     <row r="170" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A170" s="2"/>
       <c r="B170" s="29"/>
-      <c r="C170" s="9"/>
+      <c r="C170" s="30"/>
       <c r="D170" s="7"/>
       <c r="E170" s="8"/>
       <c r="F170" s="4"/>
       <c r="G170" s="4"/>
       <c r="H170" s="4"/>
       <c r="I170" s="4"/>
       <c r="J170" s="44"/>
     </row>
     <row r="171" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A171" s="31"/>
+      <c r="A171" s="2"/>
       <c r="B171" s="29"/>
       <c r="C171" s="30"/>
-      <c r="D171" s="32"/>
-[...1 lines deleted...]
-      <c r="F171" s="2"/>
+      <c r="D171" s="7"/>
+      <c r="E171" s="8"/>
+      <c r="F171" s="4"/>
       <c r="G171" s="4"/>
-      <c r="H171" s="2"/>
-[...1 lines deleted...]
-      <c r="J171" s="42"/>
+      <c r="H171" s="4"/>
+      <c r="I171" s="4"/>
+      <c r="J171" s="44"/>
     </row>
     <row r="172" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A172" s="31"/>
+      <c r="A172" s="2"/>
       <c r="B172" s="29"/>
-      <c r="C172" s="30"/>
-[...2 lines deleted...]
-      <c r="F172" s="2"/>
+      <c r="C172" s="9"/>
+      <c r="D172" s="7"/>
+      <c r="E172" s="8"/>
+      <c r="F172" s="4"/>
       <c r="G172" s="4"/>
-      <c r="H172" s="2"/>
-[...1 lines deleted...]
-      <c r="J172" s="42"/>
+      <c r="H172" s="4"/>
+      <c r="I172" s="4"/>
+      <c r="J172" s="44"/>
     </row>
     <row r="173" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A173" s="31"/>
       <c r="B173" s="29"/>
       <c r="C173" s="30"/>
       <c r="D173" s="32"/>
       <c r="E173" s="10"/>
       <c r="F173" s="2"/>
       <c r="G173" s="4"/>
       <c r="H173" s="2"/>
       <c r="I173" s="2"/>
       <c r="J173" s="42"/>
     </row>
     <row r="174" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A174" s="31"/>
       <c r="B174" s="29"/>
       <c r="C174" s="30"/>
       <c r="D174" s="32"/>
       <c r="E174" s="10"/>
       <c r="F174" s="2"/>
       <c r="G174" s="4"/>
       <c r="H174" s="2"/>
       <c r="I174" s="2"/>
       <c r="J174" s="42"/>
     </row>
     <row r="175" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A175" s="31"/>
       <c r="B175" s="29"/>
       <c r="C175" s="30"/>
       <c r="D175" s="32"/>
       <c r="E175" s="10"/>
       <c r="F175" s="2"/>
       <c r="G175" s="4"/>
       <c r="H175" s="2"/>
       <c r="I175" s="2"/>
       <c r="J175" s="42"/>
     </row>
     <row r="176" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A176" s="33"/>
+      <c r="A176" s="31"/>
       <c r="B176" s="29"/>
       <c r="C176" s="30"/>
       <c r="D176" s="32"/>
       <c r="E176" s="10"/>
       <c r="F176" s="2"/>
       <c r="G176" s="4"/>
       <c r="H176" s="2"/>
       <c r="I176" s="2"/>
       <c r="J176" s="42"/>
     </row>
     <row r="177" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A177" s="31"/>
       <c r="B177" s="29"/>
       <c r="C177" s="30"/>
       <c r="D177" s="32"/>
       <c r="E177" s="10"/>
       <c r="F177" s="2"/>
       <c r="G177" s="4"/>
       <c r="H177" s="2"/>
       <c r="I177" s="2"/>
       <c r="J177" s="42"/>
     </row>
     <row r="178" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A178" s="31"/>
+      <c r="A178" s="33"/>
       <c r="B178" s="29"/>
       <c r="C178" s="30"/>
       <c r="D178" s="32"/>
       <c r="E178" s="10"/>
       <c r="F178" s="2"/>
       <c r="G178" s="4"/>
       <c r="H178" s="2"/>
       <c r="I178" s="2"/>
       <c r="J178" s="42"/>
     </row>
     <row r="179" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A179" s="31"/>
       <c r="B179" s="29"/>
       <c r="C179" s="30"/>
       <c r="D179" s="32"/>
       <c r="E179" s="10"/>
       <c r="F179" s="2"/>
       <c r="G179" s="4"/>
       <c r="H179" s="2"/>
       <c r="I179" s="2"/>
       <c r="J179" s="42"/>
     </row>
     <row r="180" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A180" s="33"/>
+      <c r="A180" s="31"/>
       <c r="B180" s="29"/>
       <c r="C180" s="30"/>
       <c r="D180" s="32"/>
       <c r="E180" s="10"/>
       <c r="F180" s="2"/>
       <c r="G180" s="4"/>
       <c r="H180" s="2"/>
       <c r="I180" s="2"/>
       <c r="J180" s="42"/>
     </row>
     <row r="181" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A181" s="33"/>
+      <c r="A181" s="31"/>
       <c r="B181" s="29"/>
       <c r="C181" s="30"/>
       <c r="D181" s="32"/>
       <c r="E181" s="10"/>
       <c r="F181" s="2"/>
       <c r="G181" s="4"/>
       <c r="H181" s="2"/>
       <c r="I181" s="2"/>
       <c r="J181" s="42"/>
     </row>
     <row r="182" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A182" s="31"/>
+      <c r="A182" s="33"/>
       <c r="B182" s="29"/>
       <c r="C182" s="30"/>
       <c r="D182" s="32"/>
       <c r="E182" s="10"/>
       <c r="F182" s="2"/>
       <c r="G182" s="4"/>
       <c r="H182" s="2"/>
       <c r="I182" s="2"/>
       <c r="J182" s="42"/>
     </row>
     <row r="183" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A183" s="33"/>
       <c r="B183" s="29"/>
       <c r="C183" s="30"/>
       <c r="D183" s="32"/>
       <c r="E183" s="10"/>
       <c r="F183" s="2"/>
       <c r="G183" s="4"/>
       <c r="H183" s="2"/>
       <c r="I183" s="2"/>
       <c r="J183" s="42"/>
     </row>
     <row r="184" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A184" s="33"/>
+      <c r="A184" s="31"/>
       <c r="B184" s="29"/>
       <c r="C184" s="30"/>
       <c r="D184" s="32"/>
       <c r="E184" s="10"/>
       <c r="F184" s="2"/>
       <c r="G184" s="4"/>
       <c r="H184" s="2"/>
       <c r="I184" s="2"/>
       <c r="J184" s="42"/>
     </row>
     <row r="185" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A185" s="31"/>
+      <c r="A185" s="33"/>
       <c r="B185" s="29"/>
       <c r="C185" s="30"/>
       <c r="D185" s="32"/>
       <c r="E185" s="10"/>
       <c r="F185" s="2"/>
       <c r="G185" s="4"/>
       <c r="H185" s="2"/>
       <c r="I185" s="2"/>
       <c r="J185" s="42"/>
     </row>
     <row r="186" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A186" s="33"/>
       <c r="B186" s="29"/>
       <c r="C186" s="30"/>
       <c r="D186" s="32"/>
       <c r="E186" s="10"/>
       <c r="F186" s="2"/>
       <c r="G186" s="4"/>
       <c r="H186" s="2"/>
       <c r="I186" s="2"/>
       <c r="J186" s="42"/>
     </row>
     <row r="187" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A187" s="31"/>
       <c r="B187" s="29"/>
@@ -4091,111 +4146,111 @@
     <row r="188" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A188" s="33"/>
       <c r="B188" s="29"/>
       <c r="C188" s="30"/>
       <c r="D188" s="32"/>
       <c r="E188" s="10"/>
       <c r="F188" s="2"/>
       <c r="G188" s="4"/>
       <c r="H188" s="2"/>
       <c r="I188" s="2"/>
       <c r="J188" s="42"/>
     </row>
     <row r="189" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A189" s="31"/>
       <c r="B189" s="29"/>
       <c r="C189" s="30"/>
       <c r="D189" s="32"/>
       <c r="E189" s="10"/>
       <c r="F189" s="2"/>
       <c r="G189" s="4"/>
       <c r="H189" s="2"/>
       <c r="I189" s="2"/>
       <c r="J189" s="42"/>
     </row>
     <row r="190" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A190" s="31"/>
+      <c r="A190" s="33"/>
       <c r="B190" s="29"/>
       <c r="C190" s="30"/>
       <c r="D190" s="32"/>
       <c r="E190" s="10"/>
       <c r="F190" s="2"/>
       <c r="G190" s="4"/>
       <c r="H190" s="2"/>
       <c r="I190" s="2"/>
       <c r="J190" s="42"/>
     </row>
     <row r="191" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A191" s="33"/>
+      <c r="A191" s="31"/>
       <c r="B191" s="29"/>
       <c r="C191" s="30"/>
       <c r="D191" s="32"/>
       <c r="E191" s="10"/>
       <c r="F191" s="2"/>
       <c r="G191" s="4"/>
       <c r="H191" s="2"/>
       <c r="I191" s="2"/>
       <c r="J191" s="42"/>
     </row>
     <row r="192" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A192" s="31"/>
       <c r="B192" s="29"/>
       <c r="C192" s="30"/>
       <c r="D192" s="32"/>
       <c r="E192" s="10"/>
       <c r="F192" s="2"/>
       <c r="G192" s="4"/>
       <c r="H192" s="2"/>
       <c r="I192" s="2"/>
       <c r="J192" s="42"/>
     </row>
     <row r="193" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A193" s="33"/>
       <c r="B193" s="29"/>
       <c r="C193" s="30"/>
       <c r="D193" s="32"/>
       <c r="E193" s="10"/>
       <c r="F193" s="2"/>
       <c r="G193" s="4"/>
       <c r="H193" s="2"/>
       <c r="I193" s="2"/>
       <c r="J193" s="42"/>
     </row>
     <row r="194" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A194" s="33"/>
+      <c r="A194" s="31"/>
       <c r="B194" s="29"/>
       <c r="C194" s="30"/>
       <c r="D194" s="32"/>
       <c r="E194" s="10"/>
       <c r="F194" s="2"/>
       <c r="G194" s="4"/>
       <c r="H194" s="2"/>
       <c r="I194" s="2"/>
       <c r="J194" s="42"/>
     </row>
     <row r="195" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A195" s="31"/>
+      <c r="A195" s="33"/>
       <c r="B195" s="29"/>
       <c r="C195" s="30"/>
       <c r="D195" s="32"/>
       <c r="E195" s="10"/>
       <c r="F195" s="2"/>
       <c r="G195" s="4"/>
       <c r="H195" s="2"/>
       <c r="I195" s="2"/>
       <c r="J195" s="42"/>
     </row>
     <row r="196" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A196" s="33"/>
       <c r="B196" s="29"/>
       <c r="C196" s="30"/>
       <c r="D196" s="32"/>
       <c r="E196" s="10"/>
       <c r="F196" s="2"/>
       <c r="G196" s="4"/>
       <c r="H196" s="2"/>
       <c r="I196" s="2"/>
       <c r="J196" s="42"/>
     </row>
     <row r="197" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A197" s="31"/>
       <c r="B197" s="29"/>
@@ -4223,243 +4278,243 @@
     <row r="199" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A199" s="31"/>
       <c r="B199" s="29"/>
       <c r="C199" s="30"/>
       <c r="D199" s="32"/>
       <c r="E199" s="10"/>
       <c r="F199" s="2"/>
       <c r="G199" s="4"/>
       <c r="H199" s="2"/>
       <c r="I199" s="2"/>
       <c r="J199" s="42"/>
     </row>
     <row r="200" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A200" s="33"/>
       <c r="B200" s="29"/>
       <c r="C200" s="30"/>
       <c r="D200" s="32"/>
       <c r="E200" s="10"/>
       <c r="F200" s="2"/>
       <c r="G200" s="4"/>
       <c r="H200" s="2"/>
       <c r="I200" s="2"/>
       <c r="J200" s="42"/>
     </row>
     <row r="201" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A201" s="33"/>
+      <c r="A201" s="31"/>
       <c r="B201" s="29"/>
       <c r="C201" s="30"/>
       <c r="D201" s="32"/>
       <c r="E201" s="10"/>
       <c r="F201" s="2"/>
       <c r="G201" s="4"/>
       <c r="H201" s="2"/>
       <c r="I201" s="2"/>
       <c r="J201" s="42"/>
     </row>
     <row r="202" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A202" s="33"/>
       <c r="B202" s="29"/>
       <c r="C202" s="30"/>
       <c r="D202" s="32"/>
       <c r="E202" s="10"/>
       <c r="F202" s="2"/>
       <c r="G202" s="4"/>
       <c r="H202" s="2"/>
       <c r="I202" s="2"/>
       <c r="J202" s="42"/>
     </row>
     <row r="203" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A203" s="31"/>
+      <c r="A203" s="33"/>
       <c r="B203" s="29"/>
       <c r="C203" s="30"/>
       <c r="D203" s="32"/>
       <c r="E203" s="10"/>
       <c r="F203" s="2"/>
       <c r="G203" s="4"/>
       <c r="H203" s="2"/>
       <c r="I203" s="2"/>
       <c r="J203" s="42"/>
     </row>
     <row r="204" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A204" s="31"/>
+      <c r="A204" s="33"/>
       <c r="B204" s="29"/>
       <c r="C204" s="30"/>
       <c r="D204" s="32"/>
       <c r="E204" s="10"/>
       <c r="F204" s="2"/>
       <c r="G204" s="4"/>
       <c r="H204" s="2"/>
       <c r="I204" s="2"/>
       <c r="J204" s="42"/>
     </row>
     <row r="205" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A205" s="33"/>
+      <c r="A205" s="31"/>
       <c r="B205" s="29"/>
       <c r="C205" s="30"/>
       <c r="D205" s="32"/>
       <c r="E205" s="10"/>
       <c r="F205" s="2"/>
       <c r="G205" s="4"/>
       <c r="H205" s="2"/>
       <c r="I205" s="2"/>
       <c r="J205" s="42"/>
     </row>
     <row r="206" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A206" s="31"/>
       <c r="B206" s="29"/>
       <c r="C206" s="30"/>
       <c r="D206" s="32"/>
       <c r="E206" s="10"/>
       <c r="F206" s="2"/>
       <c r="G206" s="4"/>
       <c r="H206" s="2"/>
       <c r="I206" s="2"/>
       <c r="J206" s="42"/>
     </row>
     <row r="207" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A207" s="33"/>
       <c r="B207" s="29"/>
       <c r="C207" s="30"/>
       <c r="D207" s="32"/>
       <c r="E207" s="10"/>
       <c r="F207" s="2"/>
       <c r="G207" s="4"/>
       <c r="H207" s="2"/>
       <c r="I207" s="2"/>
       <c r="J207" s="42"/>
     </row>
     <row r="208" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A208" s="33"/>
+      <c r="A208" s="31"/>
       <c r="B208" s="29"/>
       <c r="C208" s="30"/>
       <c r="D208" s="32"/>
       <c r="E208" s="10"/>
       <c r="F208" s="2"/>
       <c r="G208" s="4"/>
       <c r="H208" s="2"/>
       <c r="I208" s="2"/>
       <c r="J208" s="42"/>
     </row>
     <row r="209" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A209" s="33"/>
       <c r="B209" s="29"/>
       <c r="C209" s="30"/>
       <c r="D209" s="32"/>
       <c r="E209" s="10"/>
       <c r="F209" s="2"/>
       <c r="G209" s="4"/>
       <c r="H209" s="2"/>
       <c r="I209" s="2"/>
       <c r="J209" s="42"/>
     </row>
     <row r="210" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A210" s="31"/>
+      <c r="A210" s="33"/>
       <c r="B210" s="29"/>
       <c r="C210" s="30"/>
       <c r="D210" s="32"/>
       <c r="E210" s="10"/>
       <c r="F210" s="2"/>
       <c r="G210" s="4"/>
       <c r="H210" s="2"/>
       <c r="I210" s="2"/>
       <c r="J210" s="42"/>
     </row>
     <row r="211" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A211" s="31"/>
+      <c r="A211" s="33"/>
       <c r="B211" s="29"/>
       <c r="C211" s="30"/>
       <c r="D211" s="32"/>
       <c r="E211" s="10"/>
       <c r="F211" s="2"/>
       <c r="G211" s="4"/>
       <c r="H211" s="2"/>
       <c r="I211" s="2"/>
       <c r="J211" s="42"/>
     </row>
     <row r="212" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A212" s="33"/>
+      <c r="A212" s="31"/>
       <c r="B212" s="29"/>
       <c r="C212" s="30"/>
       <c r="D212" s="32"/>
       <c r="E212" s="10"/>
       <c r="F212" s="2"/>
       <c r="G212" s="4"/>
       <c r="H212" s="2"/>
       <c r="I212" s="2"/>
       <c r="J212" s="42"/>
     </row>
     <row r="213" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A213" s="33"/>
+      <c r="A213" s="31"/>
       <c r="B213" s="29"/>
       <c r="C213" s="30"/>
       <c r="D213" s="32"/>
       <c r="E213" s="10"/>
       <c r="F213" s="2"/>
       <c r="G213" s="4"/>
       <c r="H213" s="2"/>
       <c r="I213" s="2"/>
       <c r="J213" s="42"/>
     </row>
     <row r="214" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A214" s="31"/>
+      <c r="A214" s="33"/>
       <c r="B214" s="29"/>
       <c r="C214" s="30"/>
       <c r="D214" s="32"/>
       <c r="E214" s="10"/>
       <c r="F214" s="2"/>
       <c r="G214" s="4"/>
       <c r="H214" s="2"/>
       <c r="I214" s="2"/>
       <c r="J214" s="42"/>
     </row>
     <row r="215" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A215" s="31"/>
+      <c r="A215" s="33"/>
       <c r="B215" s="29"/>
       <c r="C215" s="30"/>
       <c r="D215" s="32"/>
       <c r="E215" s="10"/>
       <c r="F215" s="2"/>
       <c r="G215" s="4"/>
       <c r="H215" s="2"/>
       <c r="I215" s="2"/>
       <c r="J215" s="42"/>
     </row>
     <row r="216" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A216" s="33"/>
+      <c r="A216" s="31"/>
       <c r="B216" s="29"/>
       <c r="C216" s="30"/>
       <c r="D216" s="32"/>
       <c r="E216" s="10"/>
       <c r="F216" s="2"/>
       <c r="G216" s="4"/>
       <c r="H216" s="2"/>
       <c r="I216" s="2"/>
       <c r="J216" s="42"/>
     </row>
     <row r="217" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A217" s="33"/>
+      <c r="A217" s="31"/>
       <c r="B217" s="29"/>
       <c r="C217" s="30"/>
       <c r="D217" s="32"/>
       <c r="E217" s="10"/>
       <c r="F217" s="2"/>
       <c r="G217" s="4"/>
       <c r="H217" s="2"/>
       <c r="I217" s="2"/>
       <c r="J217" s="42"/>
     </row>
     <row r="218" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A218" s="33"/>
       <c r="B218" s="29"/>
       <c r="C218" s="30"/>
       <c r="D218" s="32"/>
       <c r="E218" s="10"/>
       <c r="F218" s="2"/>
       <c r="G218" s="4"/>
       <c r="H218" s="2"/>
       <c r="I218" s="2"/>
       <c r="J218" s="42"/>
     </row>
     <row r="219" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A219" s="33"/>
       <c r="B219" s="29"/>
@@ -4499,87 +4554,87 @@
     <row r="222" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A222" s="33"/>
       <c r="B222" s="29"/>
       <c r="C222" s="30"/>
       <c r="D222" s="32"/>
       <c r="E222" s="10"/>
       <c r="F222" s="2"/>
       <c r="G222" s="4"/>
       <c r="H222" s="2"/>
       <c r="I222" s="2"/>
       <c r="J222" s="42"/>
     </row>
     <row r="223" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A223" s="33"/>
       <c r="B223" s="29"/>
       <c r="C223" s="30"/>
       <c r="D223" s="32"/>
       <c r="E223" s="10"/>
       <c r="F223" s="2"/>
       <c r="G223" s="4"/>
       <c r="H223" s="2"/>
       <c r="I223" s="2"/>
       <c r="J223" s="42"/>
     </row>
     <row r="224" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A224" s="31"/>
+      <c r="A224" s="33"/>
       <c r="B224" s="29"/>
       <c r="C224" s="30"/>
       <c r="D224" s="32"/>
       <c r="E224" s="10"/>
       <c r="F224" s="2"/>
       <c r="G224" s="4"/>
       <c r="H224" s="2"/>
       <c r="I224" s="2"/>
       <c r="J224" s="42"/>
     </row>
     <row r="225" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A225" s="33"/>
       <c r="B225" s="29"/>
       <c r="C225" s="30"/>
       <c r="D225" s="32"/>
       <c r="E225" s="10"/>
       <c r="F225" s="2"/>
       <c r="G225" s="4"/>
       <c r="H225" s="2"/>
       <c r="I225" s="2"/>
       <c r="J225" s="42"/>
     </row>
     <row r="226" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A226" s="31"/>
       <c r="B226" s="29"/>
       <c r="C226" s="30"/>
       <c r="D226" s="32"/>
       <c r="E226" s="10"/>
       <c r="F226" s="2"/>
       <c r="G226" s="4"/>
       <c r="H226" s="2"/>
       <c r="I226" s="2"/>
       <c r="J226" s="42"/>
     </row>
     <row r="227" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A227" s="31"/>
+      <c r="A227" s="33"/>
       <c r="B227" s="29"/>
       <c r="C227" s="30"/>
       <c r="D227" s="32"/>
       <c r="E227" s="10"/>
       <c r="F227" s="2"/>
       <c r="G227" s="4"/>
       <c r="H227" s="2"/>
       <c r="I227" s="2"/>
       <c r="J227" s="42"/>
     </row>
     <row r="228" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A228" s="31"/>
       <c r="B228" s="29"/>
       <c r="C228" s="30"/>
       <c r="D228" s="32"/>
       <c r="E228" s="10"/>
       <c r="F228" s="2"/>
       <c r="G228" s="4"/>
       <c r="H228" s="2"/>
       <c r="I228" s="2"/>
       <c r="J228" s="42"/>
     </row>
     <row r="229" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A229" s="31"/>
       <c r="B229" s="29"/>
@@ -4595,63 +4650,63 @@
     <row r="230" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A230" s="31"/>
       <c r="B230" s="29"/>
       <c r="C230" s="30"/>
       <c r="D230" s="32"/>
       <c r="E230" s="10"/>
       <c r="F230" s="2"/>
       <c r="G230" s="4"/>
       <c r="H230" s="2"/>
       <c r="I230" s="2"/>
       <c r="J230" s="42"/>
     </row>
     <row r="231" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A231" s="31"/>
       <c r="B231" s="29"/>
       <c r="C231" s="30"/>
       <c r="D231" s="32"/>
       <c r="E231" s="10"/>
       <c r="F231" s="2"/>
       <c r="G231" s="4"/>
       <c r="H231" s="2"/>
       <c r="I231" s="2"/>
       <c r="J231" s="42"/>
     </row>
     <row r="232" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A232" s="33"/>
+      <c r="A232" s="31"/>
       <c r="B232" s="29"/>
       <c r="C232" s="30"/>
       <c r="D232" s="32"/>
       <c r="E232" s="10"/>
       <c r="F232" s="2"/>
       <c r="G232" s="4"/>
       <c r="H232" s="2"/>
       <c r="I232" s="2"/>
       <c r="J232" s="42"/>
     </row>
     <row r="233" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A233" s="33"/>
+      <c r="A233" s="31"/>
       <c r="B233" s="29"/>
       <c r="C233" s="30"/>
       <c r="D233" s="32"/>
       <c r="E233" s="10"/>
       <c r="F233" s="2"/>
       <c r="G233" s="4"/>
       <c r="H233" s="2"/>
       <c r="I233" s="2"/>
       <c r="J233" s="42"/>
     </row>
     <row r="234" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A234" s="33"/>
       <c r="B234" s="29"/>
       <c r="C234" s="30"/>
       <c r="D234" s="32"/>
       <c r="E234" s="10"/>
       <c r="F234" s="2"/>
       <c r="G234" s="4"/>
       <c r="H234" s="2"/>
       <c r="I234" s="2"/>
       <c r="J234" s="42"/>
     </row>
     <row r="235" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A235" s="33"/>
       <c r="B235" s="29"/>
@@ -4679,223 +4734,223 @@
     <row r="237" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A237" s="33"/>
       <c r="B237" s="29"/>
       <c r="C237" s="30"/>
       <c r="D237" s="32"/>
       <c r="E237" s="10"/>
       <c r="F237" s="2"/>
       <c r="G237" s="4"/>
       <c r="H237" s="2"/>
       <c r="I237" s="2"/>
       <c r="J237" s="42"/>
     </row>
     <row r="238" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A238" s="33"/>
       <c r="B238" s="29"/>
       <c r="C238" s="30"/>
       <c r="D238" s="32"/>
       <c r="E238" s="10"/>
       <c r="F238" s="2"/>
       <c r="G238" s="4"/>
       <c r="H238" s="2"/>
       <c r="I238" s="2"/>
       <c r="J238" s="42"/>
     </row>
     <row r="239" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A239" s="31"/>
+      <c r="A239" s="33"/>
       <c r="B239" s="29"/>
       <c r="C239" s="30"/>
       <c r="D239" s="32"/>
       <c r="E239" s="10"/>
-      <c r="F239" s="4"/>
+      <c r="F239" s="2"/>
       <c r="G239" s="4"/>
-      <c r="H239" s="4"/>
+      <c r="H239" s="2"/>
       <c r="I239" s="2"/>
       <c r="J239" s="42"/>
     </row>
     <row r="240" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A240" s="31"/>
+      <c r="A240" s="33"/>
       <c r="B240" s="29"/>
       <c r="C240" s="30"/>
       <c r="D240" s="32"/>
       <c r="E240" s="10"/>
-      <c r="F240" s="4"/>
+      <c r="F240" s="2"/>
       <c r="G240" s="4"/>
-      <c r="H240" s="4"/>
+      <c r="H240" s="2"/>
       <c r="I240" s="2"/>
       <c r="J240" s="42"/>
     </row>
     <row r="241" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A241" s="31"/>
       <c r="B241" s="29"/>
       <c r="C241" s="30"/>
       <c r="D241" s="32"/>
       <c r="E241" s="10"/>
       <c r="F241" s="4"/>
       <c r="G241" s="4"/>
       <c r="H241" s="4"/>
       <c r="I241" s="2"/>
       <c r="J241" s="42"/>
     </row>
     <row r="242" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A242" s="31"/>
       <c r="B242" s="29"/>
       <c r="C242" s="30"/>
       <c r="D242" s="32"/>
       <c r="E242" s="10"/>
       <c r="F242" s="4"/>
       <c r="G242" s="4"/>
       <c r="H242" s="4"/>
       <c r="I242" s="2"/>
       <c r="J242" s="42"/>
     </row>
     <row r="243" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A243" s="33"/>
+      <c r="A243" s="31"/>
       <c r="B243" s="29"/>
       <c r="C243" s="30"/>
       <c r="D243" s="32"/>
-      <c r="E243" s="21"/>
+      <c r="E243" s="10"/>
       <c r="F243" s="4"/>
       <c r="G243" s="4"/>
       <c r="H243" s="4"/>
       <c r="I243" s="2"/>
       <c r="J243" s="42"/>
     </row>
     <row r="244" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A244" s="33"/>
+      <c r="A244" s="31"/>
       <c r="B244" s="29"/>
       <c r="C244" s="30"/>
       <c r="D244" s="32"/>
-      <c r="E244" s="21"/>
+      <c r="E244" s="10"/>
       <c r="F244" s="4"/>
       <c r="G244" s="4"/>
       <c r="H244" s="4"/>
       <c r="I244" s="2"/>
       <c r="J244" s="42"/>
     </row>
     <row r="245" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A245" s="33"/>
       <c r="B245" s="29"/>
       <c r="C245" s="30"/>
       <c r="D245" s="32"/>
-      <c r="E245" s="10"/>
+      <c r="E245" s="21"/>
       <c r="F245" s="4"/>
       <c r="G245" s="4"/>
       <c r="H245" s="4"/>
       <c r="I245" s="2"/>
       <c r="J245" s="42"/>
     </row>
     <row r="246" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A246" s="33"/>
       <c r="B246" s="29"/>
       <c r="C246" s="30"/>
       <c r="D246" s="32"/>
-      <c r="E246" s="10"/>
+      <c r="E246" s="21"/>
       <c r="F246" s="4"/>
       <c r="G246" s="4"/>
       <c r="H246" s="4"/>
       <c r="I246" s="2"/>
       <c r="J246" s="42"/>
     </row>
     <row r="247" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A247" s="33"/>
       <c r="B247" s="29"/>
       <c r="C247" s="30"/>
       <c r="D247" s="32"/>
-      <c r="E247" s="21"/>
+      <c r="E247" s="10"/>
       <c r="F247" s="4"/>
       <c r="G247" s="4"/>
       <c r="H247" s="4"/>
       <c r="I247" s="2"/>
       <c r="J247" s="42"/>
     </row>
     <row r="248" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A248" s="33"/>
       <c r="B248" s="29"/>
       <c r="C248" s="30"/>
       <c r="D248" s="32"/>
-      <c r="E248" s="21"/>
+      <c r="E248" s="10"/>
       <c r="F248" s="4"/>
       <c r="G248" s="4"/>
       <c r="H248" s="4"/>
       <c r="I248" s="2"/>
       <c r="J248" s="42"/>
     </row>
     <row r="249" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A249" s="31"/>
+      <c r="A249" s="33"/>
       <c r="B249" s="29"/>
       <c r="C249" s="30"/>
       <c r="D249" s="32"/>
-      <c r="E249" s="10"/>
+      <c r="E249" s="21"/>
       <c r="F249" s="4"/>
       <c r="G249" s="4"/>
       <c r="H249" s="4"/>
       <c r="I249" s="2"/>
       <c r="J249" s="42"/>
     </row>
     <row r="250" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A250" s="31"/>
+      <c r="A250" s="33"/>
       <c r="B250" s="29"/>
       <c r="C250" s="30"/>
       <c r="D250" s="32"/>
-      <c r="E250" s="10"/>
+      <c r="E250" s="21"/>
       <c r="F250" s="4"/>
       <c r="G250" s="4"/>
       <c r="H250" s="4"/>
       <c r="I250" s="2"/>
       <c r="J250" s="42"/>
     </row>
     <row r="251" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A251" s="31"/>
       <c r="B251" s="29"/>
       <c r="C251" s="30"/>
       <c r="D251" s="32"/>
       <c r="E251" s="10"/>
       <c r="F251" s="4"/>
       <c r="G251" s="4"/>
       <c r="H251" s="4"/>
       <c r="I251" s="2"/>
       <c r="J251" s="42"/>
     </row>
     <row r="252" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A252" s="33"/>
+      <c r="A252" s="31"/>
       <c r="B252" s="29"/>
       <c r="C252" s="30"/>
       <c r="D252" s="32"/>
       <c r="E252" s="10"/>
       <c r="F252" s="4"/>
       <c r="G252" s="4"/>
       <c r="H252" s="4"/>
       <c r="I252" s="2"/>
       <c r="J252" s="42"/>
     </row>
     <row r="253" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A253" s="31"/>
       <c r="B253" s="29"/>
       <c r="C253" s="30"/>
       <c r="D253" s="32"/>
-      <c r="E253" s="21"/>
+      <c r="E253" s="10"/>
       <c r="F253" s="4"/>
       <c r="G253" s="4"/>
       <c r="H253" s="4"/>
       <c r="I253" s="2"/>
       <c r="J253" s="42"/>
     </row>
     <row r="254" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A254" s="33"/>
       <c r="B254" s="29"/>
       <c r="C254" s="30"/>
       <c r="D254" s="32"/>
       <c r="E254" s="10"/>
       <c r="F254" s="4"/>
       <c r="G254" s="4"/>
       <c r="H254" s="4"/>
       <c r="I254" s="2"/>
       <c r="J254" s="42"/>
     </row>
     <row r="255" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A255" s="31"/>
       <c r="B255" s="29"/>
       <c r="C255" s="30"/>
       <c r="D255" s="32"/>
       <c r="E255" s="21"/>
       <c r="F255" s="4"/>
@@ -4907,679 +4962,679 @@
     <row r="256" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A256" s="33"/>
       <c r="B256" s="29"/>
       <c r="C256" s="30"/>
       <c r="D256" s="32"/>
       <c r="E256" s="10"/>
       <c r="F256" s="4"/>
       <c r="G256" s="4"/>
       <c r="H256" s="4"/>
       <c r="I256" s="2"/>
       <c r="J256" s="42"/>
     </row>
     <row r="257" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A257" s="31"/>
       <c r="B257" s="29"/>
       <c r="C257" s="30"/>
       <c r="D257" s="32"/>
       <c r="E257" s="21"/>
       <c r="F257" s="4"/>
       <c r="G257" s="4"/>
       <c r="H257" s="4"/>
       <c r="I257" s="2"/>
       <c r="J257" s="42"/>
     </row>
     <row r="258" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A258" s="31"/>
+      <c r="A258" s="33"/>
       <c r="B258" s="29"/>
       <c r="C258" s="30"/>
       <c r="D258" s="32"/>
       <c r="E258" s="10"/>
       <c r="F258" s="4"/>
       <c r="G258" s="4"/>
       <c r="H258" s="4"/>
       <c r="I258" s="2"/>
       <c r="J258" s="42"/>
     </row>
     <row r="259" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A259" s="31"/>
       <c r="B259" s="29"/>
       <c r="C259" s="30"/>
       <c r="D259" s="32"/>
-      <c r="E259" s="10"/>
+      <c r="E259" s="21"/>
       <c r="F259" s="4"/>
       <c r="G259" s="4"/>
       <c r="H259" s="4"/>
       <c r="I259" s="2"/>
       <c r="J259" s="42"/>
     </row>
     <row r="260" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A260" s="31"/>
       <c r="B260" s="29"/>
       <c r="C260" s="30"/>
       <c r="D260" s="32"/>
       <c r="E260" s="10"/>
       <c r="F260" s="4"/>
       <c r="G260" s="4"/>
       <c r="H260" s="4"/>
       <c r="I260" s="2"/>
       <c r="J260" s="42"/>
     </row>
     <row r="261" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A261" s="33"/>
+      <c r="A261" s="31"/>
       <c r="B261" s="29"/>
       <c r="C261" s="30"/>
       <c r="D261" s="32"/>
       <c r="E261" s="10"/>
       <c r="F261" s="4"/>
       <c r="G261" s="4"/>
       <c r="H261" s="4"/>
       <c r="I261" s="2"/>
       <c r="J261" s="42"/>
     </row>
     <row r="262" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A262" s="31"/>
       <c r="B262" s="29"/>
       <c r="C262" s="30"/>
       <c r="D262" s="32"/>
       <c r="E262" s="10"/>
       <c r="F262" s="4"/>
       <c r="G262" s="4"/>
       <c r="H262" s="4"/>
       <c r="I262" s="2"/>
       <c r="J262" s="42"/>
     </row>
     <row r="263" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A263" s="31"/>
+      <c r="A263" s="33"/>
       <c r="B263" s="29"/>
       <c r="C263" s="30"/>
       <c r="D263" s="32"/>
-      <c r="E263" s="21"/>
+      <c r="E263" s="10"/>
       <c r="F263" s="4"/>
       <c r="G263" s="4"/>
       <c r="H263" s="4"/>
       <c r="I263" s="2"/>
       <c r="J263" s="42"/>
     </row>
     <row r="264" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A264" s="31"/>
       <c r="B264" s="29"/>
       <c r="C264" s="30"/>
       <c r="D264" s="32"/>
       <c r="E264" s="10"/>
       <c r="F264" s="4"/>
       <c r="G264" s="4"/>
       <c r="H264" s="4"/>
       <c r="I264" s="2"/>
       <c r="J264" s="42"/>
     </row>
     <row r="265" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A265" s="33"/>
+      <c r="A265" s="31"/>
       <c r="B265" s="29"/>
       <c r="C265" s="30"/>
       <c r="D265" s="32"/>
-      <c r="E265" s="10"/>
+      <c r="E265" s="21"/>
       <c r="F265" s="4"/>
       <c r="G265" s="4"/>
       <c r="H265" s="4"/>
       <c r="I265" s="2"/>
       <c r="J265" s="42"/>
     </row>
     <row r="266" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A266" s="33"/>
+      <c r="A266" s="31"/>
       <c r="B266" s="29"/>
       <c r="C266" s="30"/>
       <c r="D266" s="32"/>
       <c r="E266" s="10"/>
       <c r="F266" s="4"/>
       <c r="G266" s="4"/>
       <c r="H266" s="4"/>
       <c r="I266" s="2"/>
       <c r="J266" s="42"/>
     </row>
     <row r="267" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A267" s="33"/>
       <c r="B267" s="29"/>
       <c r="C267" s="30"/>
       <c r="D267" s="32"/>
-      <c r="E267" s="21"/>
+      <c r="E267" s="10"/>
       <c r="F267" s="4"/>
       <c r="G267" s="4"/>
       <c r="H267" s="4"/>
       <c r="I267" s="2"/>
       <c r="J267" s="42"/>
     </row>
     <row r="268" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A268" s="31"/>
+      <c r="A268" s="33"/>
       <c r="B268" s="29"/>
       <c r="C268" s="30"/>
       <c r="D268" s="32"/>
-      <c r="E268" s="21"/>
+      <c r="E268" s="10"/>
       <c r="F268" s="4"/>
       <c r="G268" s="4"/>
       <c r="H268" s="4"/>
       <c r="I268" s="2"/>
       <c r="J268" s="42"/>
     </row>
     <row r="269" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A269" s="33"/>
       <c r="B269" s="29"/>
       <c r="C269" s="30"/>
       <c r="D269" s="32"/>
-      <c r="E269" s="10"/>
+      <c r="E269" s="21"/>
       <c r="F269" s="4"/>
       <c r="G269" s="4"/>
       <c r="H269" s="4"/>
       <c r="I269" s="2"/>
       <c r="J269" s="42"/>
     </row>
     <row r="270" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A270" s="33"/>
+      <c r="A270" s="31"/>
       <c r="B270" s="29"/>
       <c r="C270" s="30"/>
       <c r="D270" s="32"/>
-      <c r="E270" s="10"/>
+      <c r="E270" s="21"/>
       <c r="F270" s="4"/>
       <c r="G270" s="4"/>
       <c r="H270" s="4"/>
       <c r="I270" s="2"/>
       <c r="J270" s="42"/>
     </row>
     <row r="271" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A271" s="33"/>
       <c r="B271" s="29"/>
       <c r="C271" s="30"/>
       <c r="D271" s="32"/>
-      <c r="E271" s="21"/>
+      <c r="E271" s="10"/>
       <c r="F271" s="4"/>
       <c r="G271" s="4"/>
       <c r="H271" s="4"/>
       <c r="I271" s="2"/>
       <c r="J271" s="42"/>
     </row>
     <row r="272" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A272" s="31"/>
+      <c r="A272" s="33"/>
       <c r="B272" s="29"/>
       <c r="C272" s="30"/>
       <c r="D272" s="32"/>
-      <c r="E272" s="21"/>
+      <c r="E272" s="10"/>
       <c r="F272" s="4"/>
       <c r="G272" s="4"/>
       <c r="H272" s="4"/>
       <c r="I272" s="2"/>
       <c r="J272" s="42"/>
     </row>
     <row r="273" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A273" s="31"/>
+      <c r="A273" s="33"/>
       <c r="B273" s="29"/>
       <c r="C273" s="30"/>
       <c r="D273" s="32"/>
-      <c r="E273" s="10"/>
+      <c r="E273" s="21"/>
       <c r="F273" s="4"/>
       <c r="G273" s="4"/>
       <c r="H273" s="4"/>
       <c r="I273" s="2"/>
       <c r="J273" s="42"/>
     </row>
     <row r="274" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A274" s="33"/>
+      <c r="A274" s="31"/>
       <c r="B274" s="29"/>
       <c r="C274" s="30"/>
       <c r="D274" s="32"/>
       <c r="E274" s="21"/>
       <c r="F274" s="4"/>
       <c r="G274" s="4"/>
       <c r="H274" s="4"/>
       <c r="I274" s="2"/>
       <c r="J274" s="42"/>
     </row>
     <row r="275" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A275" s="33"/>
+      <c r="A275" s="31"/>
       <c r="B275" s="29"/>
       <c r="C275" s="30"/>
       <c r="D275" s="32"/>
-      <c r="E275" s="21"/>
+      <c r="E275" s="10"/>
       <c r="F275" s="4"/>
       <c r="G275" s="4"/>
       <c r="H275" s="4"/>
       <c r="I275" s="2"/>
       <c r="J275" s="42"/>
     </row>
     <row r="276" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A276" s="33"/>
       <c r="B276" s="29"/>
       <c r="C276" s="30"/>
       <c r="D276" s="32"/>
       <c r="E276" s="21"/>
       <c r="F276" s="4"/>
       <c r="G276" s="4"/>
       <c r="H276" s="4"/>
       <c r="I276" s="2"/>
       <c r="J276" s="42"/>
     </row>
     <row r="277" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A277" s="31"/>
+      <c r="A277" s="33"/>
       <c r="B277" s="29"/>
       <c r="C277" s="30"/>
       <c r="D277" s="32"/>
-      <c r="E277" s="10"/>
+      <c r="E277" s="21"/>
       <c r="F277" s="4"/>
       <c r="G277" s="4"/>
       <c r="H277" s="4"/>
       <c r="I277" s="2"/>
       <c r="J277" s="42"/>
     </row>
     <row r="278" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A278" s="31"/>
+      <c r="A278" s="33"/>
       <c r="B278" s="29"/>
       <c r="C278" s="30"/>
       <c r="D278" s="32"/>
       <c r="E278" s="21"/>
       <c r="F278" s="4"/>
       <c r="G278" s="4"/>
       <c r="H278" s="4"/>
       <c r="I278" s="2"/>
       <c r="J278" s="42"/>
     </row>
     <row r="279" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A279" s="31"/>
       <c r="B279" s="29"/>
       <c r="C279" s="30"/>
       <c r="D279" s="32"/>
-      <c r="E279" s="21"/>
+      <c r="E279" s="10"/>
       <c r="F279" s="4"/>
       <c r="G279" s="4"/>
       <c r="H279" s="4"/>
       <c r="I279" s="2"/>
       <c r="J279" s="42"/>
     </row>
     <row r="280" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A280" s="33"/>
+      <c r="A280" s="31"/>
       <c r="B280" s="29"/>
       <c r="C280" s="30"/>
       <c r="D280" s="32"/>
-      <c r="E280" s="10"/>
+      <c r="E280" s="21"/>
       <c r="F280" s="4"/>
       <c r="G280" s="4"/>
       <c r="H280" s="4"/>
       <c r="I280" s="2"/>
       <c r="J280" s="42"/>
     </row>
     <row r="281" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A281" s="33"/>
+      <c r="A281" s="31"/>
       <c r="B281" s="29"/>
       <c r="C281" s="30"/>
       <c r="D281" s="32"/>
-      <c r="E281" s="10"/>
+      <c r="E281" s="21"/>
       <c r="F281" s="4"/>
       <c r="G281" s="4"/>
       <c r="H281" s="4"/>
       <c r="I281" s="2"/>
       <c r="J281" s="42"/>
     </row>
     <row r="282" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A282" s="31"/>
+      <c r="A282" s="33"/>
       <c r="B282" s="29"/>
       <c r="C282" s="30"/>
       <c r="D282" s="32"/>
       <c r="E282" s="10"/>
       <c r="F282" s="4"/>
       <c r="G282" s="4"/>
       <c r="H282" s="4"/>
       <c r="I282" s="2"/>
       <c r="J282" s="42"/>
     </row>
     <row r="283" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A283" s="33"/>
       <c r="B283" s="29"/>
       <c r="C283" s="30"/>
       <c r="D283" s="32"/>
-      <c r="E283" s="21"/>
+      <c r="E283" s="10"/>
       <c r="F283" s="4"/>
       <c r="G283" s="4"/>
       <c r="H283" s="4"/>
       <c r="I283" s="2"/>
       <c r="J283" s="42"/>
     </row>
     <row r="284" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A284" s="33"/>
+      <c r="A284" s="31"/>
       <c r="B284" s="29"/>
       <c r="C284" s="30"/>
       <c r="D284" s="32"/>
       <c r="E284" s="10"/>
       <c r="F284" s="4"/>
       <c r="G284" s="4"/>
       <c r="H284" s="4"/>
       <c r="I284" s="2"/>
       <c r="J284" s="42"/>
     </row>
     <row r="285" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A285" s="31"/>
+      <c r="A285" s="33"/>
       <c r="B285" s="29"/>
       <c r="C285" s="30"/>
       <c r="D285" s="32"/>
-      <c r="E285" s="10"/>
+      <c r="E285" s="21"/>
       <c r="F285" s="4"/>
       <c r="G285" s="4"/>
       <c r="H285" s="4"/>
       <c r="I285" s="2"/>
       <c r="J285" s="42"/>
     </row>
     <row r="286" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A286" s="33"/>
       <c r="B286" s="29"/>
       <c r="C286" s="30"/>
       <c r="D286" s="32"/>
-      <c r="E286" s="21"/>
+      <c r="E286" s="10"/>
       <c r="F286" s="4"/>
       <c r="G286" s="4"/>
       <c r="H286" s="4"/>
       <c r="I286" s="2"/>
       <c r="J286" s="42"/>
     </row>
     <row r="287" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A287" s="31"/>
       <c r="B287" s="29"/>
       <c r="C287" s="30"/>
       <c r="D287" s="32"/>
       <c r="E287" s="10"/>
       <c r="F287" s="4"/>
       <c r="G287" s="4"/>
       <c r="H287" s="4"/>
       <c r="I287" s="2"/>
       <c r="J287" s="42"/>
     </row>
     <row r="288" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A288" s="33"/>
       <c r="B288" s="29"/>
       <c r="C288" s="30"/>
       <c r="D288" s="32"/>
-      <c r="E288" s="10"/>
+      <c r="E288" s="21"/>
       <c r="F288" s="4"/>
       <c r="G288" s="4"/>
       <c r="H288" s="4"/>
       <c r="I288" s="2"/>
       <c r="J288" s="42"/>
     </row>
     <row r="289" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A289" s="33"/>
+      <c r="A289" s="31"/>
       <c r="B289" s="29"/>
       <c r="C289" s="30"/>
       <c r="D289" s="32"/>
       <c r="E289" s="10"/>
       <c r="F289" s="4"/>
       <c r="G289" s="4"/>
       <c r="H289" s="4"/>
       <c r="I289" s="2"/>
       <c r="J289" s="42"/>
     </row>
     <row r="290" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A290" s="31"/>
+      <c r="A290" s="33"/>
       <c r="B290" s="29"/>
       <c r="C290" s="30"/>
       <c r="D290" s="32"/>
-      <c r="E290" s="21"/>
+      <c r="E290" s="10"/>
       <c r="F290" s="4"/>
       <c r="G290" s="4"/>
       <c r="H290" s="4"/>
       <c r="I290" s="2"/>
       <c r="J290" s="42"/>
     </row>
     <row r="291" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A291" s="33"/>
       <c r="B291" s="29"/>
       <c r="C291" s="30"/>
       <c r="D291" s="32"/>
       <c r="E291" s="10"/>
       <c r="F291" s="4"/>
       <c r="G291" s="4"/>
       <c r="H291" s="4"/>
       <c r="I291" s="2"/>
       <c r="J291" s="42"/>
     </row>
     <row r="292" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A292" s="31"/>
       <c r="B292" s="29"/>
       <c r="C292" s="30"/>
       <c r="D292" s="32"/>
-      <c r="E292" s="10"/>
+      <c r="E292" s="21"/>
       <c r="F292" s="4"/>
       <c r="G292" s="4"/>
       <c r="H292" s="4"/>
       <c r="I292" s="2"/>
       <c r="J292" s="42"/>
     </row>
     <row r="293" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A293" s="33"/>
       <c r="B293" s="29"/>
       <c r="C293" s="30"/>
       <c r="D293" s="32"/>
       <c r="E293" s="10"/>
       <c r="F293" s="4"/>
       <c r="G293" s="4"/>
       <c r="H293" s="4"/>
       <c r="I293" s="2"/>
       <c r="J293" s="42"/>
     </row>
     <row r="294" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A294" s="33"/>
+      <c r="A294" s="31"/>
       <c r="B294" s="29"/>
       <c r="C294" s="30"/>
       <c r="D294" s="32"/>
-      <c r="E294" s="21"/>
+      <c r="E294" s="10"/>
       <c r="F294" s="4"/>
       <c r="G294" s="4"/>
       <c r="H294" s="4"/>
       <c r="I294" s="2"/>
       <c r="J294" s="42"/>
     </row>
     <row r="295" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A295" s="33"/>
       <c r="B295" s="29"/>
       <c r="C295" s="30"/>
       <c r="D295" s="32"/>
-      <c r="E295" s="21"/>
+      <c r="E295" s="10"/>
       <c r="F295" s="4"/>
       <c r="G295" s="4"/>
       <c r="H295" s="4"/>
       <c r="I295" s="2"/>
       <c r="J295" s="42"/>
     </row>
     <row r="296" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A296" s="33"/>
       <c r="B296" s="29"/>
       <c r="C296" s="30"/>
       <c r="D296" s="32"/>
       <c r="E296" s="21"/>
       <c r="F296" s="4"/>
       <c r="G296" s="4"/>
       <c r="H296" s="4"/>
       <c r="I296" s="2"/>
       <c r="J296" s="42"/>
     </row>
     <row r="297" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A297" s="33"/>
       <c r="B297" s="29"/>
       <c r="C297" s="30"/>
       <c r="D297" s="32"/>
       <c r="E297" s="21"/>
       <c r="F297" s="4"/>
       <c r="G297" s="4"/>
       <c r="H297" s="4"/>
       <c r="I297" s="2"/>
       <c r="J297" s="42"/>
     </row>
     <row r="298" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A298" s="31"/>
+      <c r="A298" s="33"/>
       <c r="B298" s="29"/>
       <c r="C298" s="30"/>
       <c r="D298" s="32"/>
-      <c r="E298" s="10"/>
+      <c r="E298" s="21"/>
       <c r="F298" s="4"/>
       <c r="G298" s="4"/>
       <c r="H298" s="4"/>
       <c r="I298" s="2"/>
       <c r="J298" s="42"/>
     </row>
     <row r="299" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A299" s="31"/>
+      <c r="A299" s="33"/>
       <c r="B299" s="29"/>
       <c r="C299" s="30"/>
       <c r="D299" s="32"/>
       <c r="E299" s="21"/>
       <c r="F299" s="4"/>
       <c r="G299" s="4"/>
       <c r="H299" s="4"/>
       <c r="I299" s="2"/>
       <c r="J299" s="42"/>
     </row>
     <row r="300" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A300" s="33"/>
+      <c r="A300" s="31"/>
       <c r="B300" s="29"/>
       <c r="C300" s="30"/>
       <c r="D300" s="32"/>
-      <c r="E300" s="21"/>
+      <c r="E300" s="10"/>
       <c r="F300" s="4"/>
       <c r="G300" s="4"/>
       <c r="H300" s="4"/>
       <c r="I300" s="2"/>
       <c r="J300" s="42"/>
     </row>
     <row r="301" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A301" s="33"/>
+      <c r="A301" s="31"/>
       <c r="B301" s="29"/>
       <c r="C301" s="30"/>
       <c r="D301" s="32"/>
-      <c r="E301" s="10"/>
+      <c r="E301" s="21"/>
       <c r="F301" s="4"/>
       <c r="G301" s="4"/>
       <c r="H301" s="4"/>
       <c r="I301" s="2"/>
       <c r="J301" s="42"/>
     </row>
     <row r="302" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A302" s="31"/>
+      <c r="A302" s="33"/>
       <c r="B302" s="29"/>
       <c r="C302" s="30"/>
       <c r="D302" s="32"/>
       <c r="E302" s="21"/>
       <c r="F302" s="4"/>
       <c r="G302" s="4"/>
       <c r="H302" s="4"/>
       <c r="I302" s="2"/>
       <c r="J302" s="42"/>
     </row>
     <row r="303" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A303" s="31"/>
+      <c r="A303" s="33"/>
       <c r="B303" s="29"/>
       <c r="C303" s="30"/>
       <c r="D303" s="32"/>
-      <c r="E303" s="21"/>
+      <c r="E303" s="10"/>
       <c r="F303" s="4"/>
       <c r="G303" s="4"/>
       <c r="H303" s="4"/>
       <c r="I303" s="2"/>
       <c r="J303" s="42"/>
     </row>
     <row r="304" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A304" s="33"/>
+      <c r="A304" s="31"/>
       <c r="B304" s="29"/>
       <c r="C304" s="30"/>
       <c r="D304" s="32"/>
-      <c r="E304" s="10"/>
+      <c r="E304" s="21"/>
       <c r="F304" s="4"/>
       <c r="G304" s="4"/>
       <c r="H304" s="4"/>
       <c r="I304" s="2"/>
       <c r="J304" s="42"/>
     </row>
     <row r="305" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A305" s="33"/>
+      <c r="A305" s="31"/>
       <c r="B305" s="29"/>
       <c r="C305" s="30"/>
       <c r="D305" s="32"/>
-      <c r="E305" s="10"/>
+      <c r="E305" s="21"/>
       <c r="F305" s="4"/>
       <c r="G305" s="4"/>
       <c r="H305" s="4"/>
       <c r="I305" s="2"/>
       <c r="J305" s="42"/>
     </row>
     <row r="306" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A306" s="33"/>
       <c r="B306" s="29"/>
       <c r="C306" s="30"/>
       <c r="D306" s="32"/>
       <c r="E306" s="10"/>
       <c r="F306" s="4"/>
       <c r="G306" s="4"/>
       <c r="H306" s="4"/>
       <c r="I306" s="2"/>
       <c r="J306" s="42"/>
     </row>
     <row r="307" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A307" s="33"/>
       <c r="B307" s="29"/>
       <c r="C307" s="30"/>
       <c r="D307" s="32"/>
       <c r="E307" s="10"/>
       <c r="F307" s="4"/>
       <c r="G307" s="4"/>
       <c r="H307" s="4"/>
       <c r="I307" s="2"/>
       <c r="J307" s="42"/>
     </row>
     <row r="308" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A308" s="33"/>
       <c r="B308" s="29"/>
       <c r="C308" s="30"/>
       <c r="D308" s="32"/>
       <c r="E308" s="10"/>
       <c r="F308" s="4"/>
       <c r="G308" s="4"/>
       <c r="H308" s="4"/>
       <c r="I308" s="2"/>
       <c r="J308" s="42"/>
     </row>
     <row r="309" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A309" s="33"/>
       <c r="B309" s="29"/>
       <c r="C309" s="30"/>
       <c r="D309" s="32"/>
-      <c r="E309" s="21"/>
+      <c r="E309" s="10"/>
       <c r="F309" s="4"/>
       <c r="G309" s="4"/>
       <c r="H309" s="4"/>
       <c r="I309" s="2"/>
       <c r="J309" s="42"/>
     </row>
     <row r="310" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A310" s="33"/>
       <c r="B310" s="29"/>
       <c r="C310" s="30"/>
       <c r="D310" s="32"/>
-      <c r="E310" s="21"/>
+      <c r="E310" s="10"/>
       <c r="F310" s="4"/>
       <c r="G310" s="4"/>
       <c r="H310" s="4"/>
       <c r="I310" s="2"/>
       <c r="J310" s="42"/>
     </row>
     <row r="311" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A311" s="33"/>
       <c r="B311" s="29"/>
       <c r="C311" s="30"/>
       <c r="D311" s="32"/>
       <c r="E311" s="21"/>
       <c r="F311" s="4"/>
       <c r="G311" s="4"/>
       <c r="H311" s="4"/>
       <c r="I311" s="2"/>
       <c r="J311" s="42"/>
     </row>
     <row r="312" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A312" s="33"/>
       <c r="B312" s="29"/>
       <c r="C312" s="30"/>
       <c r="D312" s="32"/>
       <c r="E312" s="21"/>
       <c r="F312" s="4"/>
@@ -5627,96 +5682,96 @@
     <row r="316" spans="1:10" s="5" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A316" s="33"/>
       <c r="B316" s="29"/>
       <c r="C316" s="30"/>
       <c r="D316" s="32"/>
       <c r="E316" s="21"/>
       <c r="F316" s="4"/>
       <c r="G316" s="4"/>
       <c r="H316" s="4"/>
       <c r="I316" s="2"/>
       <c r="J316" s="42"/>
     </row>
     <row r="317" spans="1:10" s="5" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A317" s="33"/>
       <c r="B317" s="29"/>
       <c r="C317" s="30"/>
       <c r="D317" s="32"/>
       <c r="E317" s="21"/>
       <c r="F317" s="4"/>
       <c r="G317" s="4"/>
       <c r="H317" s="4"/>
       <c r="I317" s="2"/>
       <c r="J317" s="42"/>
     </row>
     <row r="318" spans="1:10" s="5" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A318" s="2"/>
-[...3 lines deleted...]
-      <c r="E318" s="34"/>
+      <c r="A318" s="33"/>
+      <c r="B318" s="29"/>
+      <c r="C318" s="30"/>
+      <c r="D318" s="32"/>
+      <c r="E318" s="21"/>
       <c r="F318" s="4"/>
       <c r="G318" s="4"/>
       <c r="H318" s="4"/>
-      <c r="I318" s="4"/>
-      <c r="J318" s="44"/>
+      <c r="I318" s="2"/>
+      <c r="J318" s="42"/>
     </row>
     <row r="319" spans="1:10" s="5" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A319" s="2"/>
-[...3 lines deleted...]
-      <c r="E319" s="11"/>
+      <c r="A319" s="33"/>
+      <c r="B319" s="29"/>
+      <c r="C319" s="30"/>
+      <c r="D319" s="32"/>
+      <c r="E319" s="21"/>
       <c r="F319" s="4"/>
       <c r="G319" s="4"/>
-      <c r="H319" s="12"/>
-[...9 lines deleted...]
-      <c r="F320" s="29"/>
+      <c r="H319" s="4"/>
+      <c r="I319" s="2"/>
+      <c r="J319" s="42"/>
+    </row>
+    <row r="320" spans="1:10" s="5" customFormat="1" ht="13" x14ac:dyDescent="0.35">
+      <c r="A320" s="2"/>
+      <c r="B320" s="2"/>
+      <c r="C320" s="9"/>
+      <c r="D320" s="7"/>
+      <c r="E320" s="34"/>
+      <c r="F320" s="4"/>
       <c r="G320" s="4"/>
-      <c r="H320" s="2"/>
-[...9 lines deleted...]
-      <c r="F321" s="29"/>
+      <c r="H320" s="4"/>
+      <c r="I320" s="4"/>
+      <c r="J320" s="44"/>
+    </row>
+    <row r="321" spans="1:10" s="5" customFormat="1" ht="13" x14ac:dyDescent="0.35">
+      <c r="A321" s="2"/>
+      <c r="B321" s="2"/>
+      <c r="C321" s="9"/>
+      <c r="D321" s="7"/>
+      <c r="E321" s="11"/>
+      <c r="F321" s="4"/>
       <c r="G321" s="4"/>
-      <c r="H321" s="2"/>
-[...1 lines deleted...]
-      <c r="J321" s="45"/>
+      <c r="H321" s="12"/>
+      <c r="I321" s="4"/>
+      <c r="J321" s="44"/>
     </row>
     <row r="322" spans="1:10" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A322" s="21"/>
       <c r="B322" s="29"/>
       <c r="C322" s="13"/>
       <c r="D322" s="35"/>
       <c r="E322" s="36"/>
       <c r="F322" s="29"/>
       <c r="G322" s="4"/>
       <c r="H322" s="2"/>
       <c r="I322" s="37"/>
       <c r="J322" s="45"/>
     </row>
     <row r="323" spans="1:10" s="5" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A323" s="21"/>
       <c r="B323" s="29"/>
       <c r="C323" s="13"/>
       <c r="D323" s="35"/>
       <c r="E323" s="36"/>
       <c r="F323" s="29"/>
       <c r="G323" s="4"/>
       <c r="H323" s="2"/>
       <c r="I323" s="37"/>
       <c r="J323" s="45"/>
     </row>
@@ -6251,89 +6306,89 @@
     <row r="368" spans="1:10" s="40" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A368" s="21"/>
       <c r="B368" s="29"/>
       <c r="C368" s="13"/>
       <c r="D368" s="35"/>
       <c r="E368" s="36"/>
       <c r="F368" s="29"/>
       <c r="G368" s="4"/>
       <c r="H368" s="2"/>
       <c r="I368" s="37"/>
       <c r="J368" s="45"/>
     </row>
     <row r="369" spans="1:10" s="40" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A369" s="21"/>
       <c r="B369" s="29"/>
       <c r="C369" s="13"/>
       <c r="D369" s="35"/>
       <c r="E369" s="36"/>
       <c r="F369" s="29"/>
       <c r="G369" s="4"/>
       <c r="H369" s="2"/>
       <c r="I369" s="37"/>
       <c r="J369" s="45"/>
     </row>
     <row r="370" spans="1:10" s="40" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A370" s="10"/>
+      <c r="A370" s="21"/>
       <c r="B370" s="29"/>
-      <c r="C370" s="30"/>
-[...2 lines deleted...]
-      <c r="F370" s="20"/>
+      <c r="C370" s="13"/>
+      <c r="D370" s="35"/>
+      <c r="E370" s="36"/>
+      <c r="F370" s="29"/>
       <c r="G370" s="4"/>
-      <c r="H370" s="4"/>
-[...1 lines deleted...]
-      <c r="J370" s="42"/>
+      <c r="H370" s="2"/>
+      <c r="I370" s="37"/>
+      <c r="J370" s="45"/>
     </row>
     <row r="371" spans="1:10" s="40" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A371" s="10"/>
-[...4 lines deleted...]
-      <c r="F371" s="20"/>
+      <c r="A371" s="21"/>
+      <c r="B371" s="29"/>
+      <c r="C371" s="13"/>
+      <c r="D371" s="35"/>
+      <c r="E371" s="36"/>
+      <c r="F371" s="29"/>
       <c r="G371" s="4"/>
-      <c r="H371" s="4"/>
-[...1 lines deleted...]
-      <c r="J371" s="42"/>
+      <c r="H371" s="2"/>
+      <c r="I371" s="37"/>
+      <c r="J371" s="45"/>
     </row>
     <row r="372" spans="1:10" s="40" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A372" s="10"/>
       <c r="B372" s="29"/>
       <c r="C372" s="30"/>
       <c r="D372" s="38"/>
       <c r="E372" s="39"/>
       <c r="F372" s="20"/>
       <c r="G372" s="4"/>
       <c r="H372" s="4"/>
       <c r="I372" s="2"/>
       <c r="J372" s="42"/>
     </row>
     <row r="373" spans="1:10" s="40" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A373" s="10"/>
-      <c r="B373" s="29"/>
-      <c r="C373" s="30"/>
+      <c r="B373" s="2"/>
+      <c r="C373" s="20"/>
       <c r="D373" s="38"/>
       <c r="E373" s="39"/>
       <c r="F373" s="20"/>
       <c r="G373" s="4"/>
       <c r="H373" s="4"/>
       <c r="I373" s="2"/>
       <c r="J373" s="42"/>
     </row>
     <row r="374" spans="1:10" s="40" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A374" s="10"/>
       <c r="B374" s="29"/>
       <c r="C374" s="30"/>
       <c r="D374" s="38"/>
       <c r="E374" s="39"/>
       <c r="F374" s="20"/>
       <c r="G374" s="4"/>
       <c r="H374" s="4"/>
       <c r="I374" s="2"/>
       <c r="J374" s="42"/>
     </row>
     <row r="375" spans="1:10" s="40" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A375" s="10"/>
       <c r="B375" s="29"/>
       <c r="C375" s="30"/>
       <c r="D375" s="38"/>
@@ -6371,77 +6426,101 @@
     <row r="378" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A378" s="10"/>
       <c r="B378" s="29"/>
       <c r="C378" s="30"/>
       <c r="D378" s="38"/>
       <c r="E378" s="39"/>
       <c r="F378" s="20"/>
       <c r="G378" s="4"/>
       <c r="H378" s="4"/>
       <c r="I378" s="2"/>
       <c r="J378" s="42"/>
     </row>
     <row r="379" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A379" s="10"/>
       <c r="B379" s="29"/>
       <c r="C379" s="30"/>
       <c r="D379" s="38"/>
       <c r="E379" s="39"/>
       <c r="F379" s="20"/>
       <c r="G379" s="4"/>
       <c r="H379" s="4"/>
       <c r="I379" s="2"/>
       <c r="J379" s="42"/>
     </row>
     <row r="380" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A380" s="2"/>
-[...4 lines deleted...]
-      <c r="F380" s="4"/>
+      <c r="A380" s="10"/>
+      <c r="B380" s="29"/>
+      <c r="C380" s="30"/>
+      <c r="D380" s="38"/>
+      <c r="E380" s="39"/>
+      <c r="F380" s="20"/>
       <c r="G380" s="4"/>
       <c r="H380" s="4"/>
-      <c r="I380" s="4"/>
-      <c r="J380" s="44"/>
+      <c r="I380" s="2"/>
+      <c r="J380" s="42"/>
     </row>
     <row r="381" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A381" s="1"/>
-[...8 lines deleted...]
-      <c r="J381" s="1"/>
+      <c r="A381" s="10"/>
+      <c r="B381" s="29"/>
+      <c r="C381" s="30"/>
+      <c r="D381" s="38"/>
+      <c r="E381" s="39"/>
+      <c r="F381" s="20"/>
+      <c r="G381" s="4"/>
+      <c r="H381" s="4"/>
+      <c r="I381" s="2"/>
+      <c r="J381" s="42"/>
+    </row>
+    <row r="382" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A382" s="2"/>
+      <c r="B382" s="2"/>
+      <c r="C382" s="9"/>
+      <c r="D382" s="7"/>
+      <c r="E382" s="11"/>
+      <c r="F382" s="4"/>
+      <c r="G382" s="4"/>
+      <c r="H382" s="4"/>
+      <c r="I382" s="4"/>
+      <c r="J382" s="44"/>
+    </row>
+    <row r="383" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A383" s="1"/>
+      <c r="B383" s="1"/>
+      <c r="C383" s="1"/>
+      <c r="D383" s="14"/>
+      <c r="E383" s="1"/>
+      <c r="F383" s="1"/>
+      <c r="G383" s="1"/>
+      <c r="H383" s="1"/>
+      <c r="I383" s="1"/>
+      <c r="J383" s="1"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange sqref="D327 A326 C320:E326 I320:J365 I367:J369 E327:E369" name="Intervallo1_1_1_1"/>
-    <protectedRange sqref="I366:J366" name="Intervallo1_3_1"/>
+    <protectedRange sqref="D329 A328 C322:E328 I322:J367 I369:J371 E329:E371" name="Intervallo1_1_1_1"/>
+    <protectedRange sqref="I368:J368" name="Intervallo1_3_1"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="60" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>