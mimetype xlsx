--- v1 (2025-11-13)
+++ v2 (2025-12-24)
@@ -4,70 +4,70 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fileserver1.uslcentro.toscana.it\dip-SAOT\DIPTO SAOT\TRASPARENZA\PUBBLICAZIONI SITO\2025\SOVVENZIONI\10\CURE ALL'ESTERO\PRATO PISTOIA\DA PUBBLICARE\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fileserver1.uslcentro.toscana.it\dip-SAOT\DIPTO SAOT\TRASPARENZA\PUBBLICAZIONI SITO\2025\SOVVENZIONI\11\CURE ALL'ESTERO\PRATO PISTOIA\DA PUBBLICARE\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6350"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="19050" windowHeight="6330"/>
   </bookViews>
   <sheets>
     <sheet name="anno 2025" sheetId="8" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="57">
   <si>
     <t>Tipologia contributo o sovvenzione</t>
   </si>
   <si>
     <t>Soggetto beneficiario Persona Fisica/Ente/Impresa</t>
   </si>
   <si>
     <t>Dati fiscali (Solo in caso di Ente/Imprese)</t>
   </si>
   <si>
     <t>Importo del vantaggio economico corrisposto</t>
   </si>
   <si>
     <t>Atto di concessione della sovvenzione o contributo (n. e data dell'ordine)</t>
   </si>
   <si>
     <t>Norma o titolo a base dell'attribuzione</t>
   </si>
   <si>
     <t>Ufficio e funzionario o dirigente responsabile del relativo procedimento amministrativo</t>
   </si>
   <si>
     <t>Modalità seguita per l'individuazione del beneficiario</t>
   </si>
   <si>
@@ -187,51 +187,57 @@
   <si>
     <t>PT2232025014</t>
   </si>
   <si>
     <t>ST - 79</t>
   </si>
   <si>
     <t>DM 3/11/1990</t>
   </si>
   <si>
     <t>PO1282025015</t>
   </si>
   <si>
     <t>ST-80</t>
   </si>
   <si>
     <t>PT2282025016</t>
   </si>
   <si>
     <t>ST-90</t>
   </si>
   <si>
     <t>Reg.CEE 977/2010</t>
   </si>
   <si>
-    <t xml:space="preserve">      TABELLA ATTI DI CONCESSIONE RIMBORSI CURE ALL'ESTERO ANNO 2025 AGGIORNATA AL 31.10.2025 ZONA PRATO PISTOIA E VDN</t>
+    <t>PT2282025017</t>
+  </si>
+  <si>
+    <t>ST-101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   TABELLA ATTI DI CONCESSIONE RIMBORSI CURE ALL'ESTERO ANNO  2025 AGGIORNATA AL 30/11/25 ZONA PRATO PISTOIA E VDN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -884,52 +890,52 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:J383"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A16" workbookViewId="0">
-      <selection activeCell="F3" sqref="F3"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E3" sqref="E3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="24.54296875" customWidth="1"/>
     <col min="2" max="2" width="16.54296875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10" style="15" customWidth="1"/>
     <col min="5" max="5" width="9.36328125" customWidth="1"/>
     <col min="6" max="6" width="25.08984375" customWidth="1"/>
     <col min="7" max="7" width="19.453125" customWidth="1"/>
     <col min="8" max="8" width="26" customWidth="1"/>
     <col min="9" max="9" width="13.08984375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="33.90625" customWidth="1"/>
     <col min="256" max="256" width="24.54296875" customWidth="1"/>
     <col min="257" max="257" width="16.54296875" bestFit="1" customWidth="1"/>
     <col min="258" max="258" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="259" max="259" width="17.54296875" bestFit="1" customWidth="1"/>
     <col min="260" max="260" width="20.08984375" customWidth="1"/>
     <col min="261" max="261" width="41.453125" customWidth="1"/>
     <col min="262" max="262" width="28.90625" bestFit="1" customWidth="1"/>
     <col min="263" max="263" width="32.36328125" bestFit="1" customWidth="1"/>
     <col min="264" max="264" width="13.08984375" bestFit="1" customWidth="1"/>
     <col min="265" max="265" width="14.54296875" bestFit="1" customWidth="1"/>
@@ -1535,51 +1541,51 @@
     <col min="15625" max="15625" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="15872" max="15872" width="24.54296875" customWidth="1"/>
     <col min="15873" max="15873" width="16.54296875" bestFit="1" customWidth="1"/>
     <col min="15874" max="15874" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="15875" max="15875" width="17.54296875" bestFit="1" customWidth="1"/>
     <col min="15876" max="15876" width="20.08984375" customWidth="1"/>
     <col min="15877" max="15877" width="41.453125" customWidth="1"/>
     <col min="15878" max="15878" width="28.90625" bestFit="1" customWidth="1"/>
     <col min="15879" max="15879" width="32.36328125" bestFit="1" customWidth="1"/>
     <col min="15880" max="15880" width="13.08984375" bestFit="1" customWidth="1"/>
     <col min="15881" max="15881" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="16128" max="16128" width="24.54296875" customWidth="1"/>
     <col min="16129" max="16129" width="16.54296875" bestFit="1" customWidth="1"/>
     <col min="16130" max="16130" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="16131" max="16131" width="17.54296875" bestFit="1" customWidth="1"/>
     <col min="16132" max="16132" width="20.08984375" customWidth="1"/>
     <col min="16133" max="16133" width="41.453125" customWidth="1"/>
     <col min="16134" max="16134" width="28.90625" bestFit="1" customWidth="1"/>
     <col min="16135" max="16135" width="32.36328125" bestFit="1" customWidth="1"/>
     <col min="16136" max="16136" width="13.08984375" bestFit="1" customWidth="1"/>
     <col min="16137" max="16137" width="14.54296875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="87.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="46" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B1" s="46"/>
       <c r="C1" s="46"/>
       <c r="D1" s="46"/>
       <c r="E1" s="46"/>
       <c r="F1" s="46"/>
       <c r="G1" s="46"/>
       <c r="H1" s="46"/>
       <c r="I1" s="46"/>
       <c r="J1" s="46"/>
     </row>
     <row r="2" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="47" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="47"/>
       <c r="C2" s="47"/>
       <c r="D2" s="47"/>
       <c r="E2" s="47"/>
       <c r="F2" s="47"/>
       <c r="G2" s="47"/>
       <c r="H2" s="47"/>
       <c r="I2" s="47"/>
       <c r="J2" s="47"/>
     </row>
@@ -2105,61 +2111,81 @@
       <c r="C19" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D19" s="22">
         <v>125.65</v>
       </c>
       <c r="E19" s="23" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I19" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J19" s="42" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="20" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="J20" s="42"/>
+    <row r="20" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A20" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B20" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" s="22">
+        <v>235.91</v>
+      </c>
+      <c r="E20" s="23" t="s">
+        <v>55</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I20" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J20" s="42" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="21" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A21" s="2"/>
       <c r="B21" s="20"/>
       <c r="C21" s="21"/>
       <c r="D21" s="22"/>
       <c r="E21" s="23"/>
       <c r="F21" s="3"/>
       <c r="G21" s="4"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="42"/>
     </row>
     <row r="22" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A22" s="2"/>
       <c r="B22" s="20"/>
       <c r="C22" s="21"/>
       <c r="D22" s="22"/>
       <c r="E22" s="23"/>
       <c r="F22" s="3"/>
       <c r="G22" s="4"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
       <c r="J22" s="42"/>
     </row>