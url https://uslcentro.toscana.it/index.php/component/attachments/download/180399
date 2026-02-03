--- v2 (2025-12-24)
+++ v3 (2026-02-03)
@@ -4,240 +4,246 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fileserver1.uslcentro.toscana.it\dip-SAOT\DIPTO SAOT\TRASPARENZA\PUBBLICAZIONI SITO\2025\SOVVENZIONI\11\CURE ALL'ESTERO\PRATO PISTOIA\DA PUBBLICARE\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fileserver1.uslcentro.toscana.it\dip-SAOT\DIPTO SAOT\TRASPARENZA\PUBBLICAZIONI SITO\2025\SOVVENZIONI\12\RIMBORSI CURE ALL'ESTERO\VIGNOZZI PO PT\DA PUBBLICARE\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19050" windowHeight="6330"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6350"/>
   </bookViews>
   <sheets>
     <sheet name="anno 2025" sheetId="8" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="183" uniqueCount="59">
   <si>
     <t>Tipologia contributo o sovvenzione</t>
   </si>
   <si>
     <t>Soggetto beneficiario Persona Fisica/Ente/Impresa</t>
   </si>
   <si>
     <t>Dati fiscali (Solo in caso di Ente/Imprese)</t>
   </si>
   <si>
     <t>Importo del vantaggio economico corrisposto</t>
   </si>
   <si>
     <t>Atto di concessione della sovvenzione o contributo (n. e data dell'ordine)</t>
   </si>
   <si>
     <t>Norma o titolo a base dell'attribuzione</t>
   </si>
   <si>
     <t>Ufficio e funzionario o dirigente responsabile del relativo procedimento amministrativo</t>
   </si>
   <si>
     <t>Modalità seguita per l'individuazione del beneficiario</t>
   </si>
   <si>
     <t>Link al progetto selezionato</t>
   </si>
   <si>
     <t>Link al curriculum del soggetto incaricato</t>
   </si>
   <si>
     <t>Devono  essere indicati tutti gli atti di concessione di sovvenzioni, contributi, sussidi ed ausili finanziari alle imprese e  comunque di  vantaggi economici di qualunque genere a persone ed enti pubblici e privati di importo superiore a mille euro</t>
   </si>
   <si>
     <t>Verifica requisiti dettati dalla norma</t>
   </si>
   <si>
     <t>non applicabile</t>
   </si>
   <si>
-    <t>Reg.CEE 977/2009</t>
-[...1 lines deleted...]
-  <si>
     <t>SOC Servizi ai cittadini Prato Pistoia- Dirigente Dott. Claudio Sarti</t>
-  </si>
-[...1 lines deleted...]
-    <t>PO1282025001</t>
   </si>
   <si>
     <t>ST-22</t>
   </si>
   <si>
-    <t>PO1282025002</t>
-[...1 lines deleted...]
-  <si>
     <t>ST-23</t>
-  </si>
-[...1 lines deleted...]
-    <t>PO1282025003</t>
   </si>
   <si>
     <t>ST-21</t>
   </si>
   <si>
-    <t>PO1282025004</t>
-[...1 lines deleted...]
-  <si>
     <t>ST-39</t>
   </si>
   <si>
-    <t>PT2282025005</t>
-[...1 lines deleted...]
-  <si>
     <t>ST-46</t>
-  </si>
-[...1 lines deleted...]
-    <t>PT1282025006</t>
   </si>
   <si>
     <t>ST-47</t>
   </si>
   <si>
     <t>Contributi assegni e sussidi vari</t>
-  </si>
-[...1 lines deleted...]
-    <t>PT1232025007</t>
   </si>
   <si>
     <t>ST-40</t>
   </si>
   <si>
     <t>Direttiva 2011/24/UE-DLGS 38/2014</t>
   </si>
   <si>
     <t>Contributo su spese sostenute per prestazioni non di elezione in paesi appartenenti alla CEE/SEE cod. 28</t>
   </si>
   <si>
-    <t>PT2282025008</t>
-[...1 lines deleted...]
-  <si>
     <t>ST-48</t>
   </si>
   <si>
     <t>Contributo su spese sostenute per prestazioni non di elezione in paesi appartenenti alla CEE/SEE</t>
   </si>
   <si>
-    <t>PO1282025009</t>
-[...1 lines deleted...]
-  <si>
     <t>ST-49</t>
-  </si>
-[...1 lines deleted...]
-    <t>PO1282025010</t>
   </si>
   <si>
     <t>ST - 61</t>
   </si>
   <si>
-    <t>PT1282025011</t>
-[...1 lines deleted...]
-  <si>
     <t>ST - 69</t>
-  </si>
-[...1 lines deleted...]
-    <t>PT1232025012</t>
   </si>
   <si>
     <t>ST - 70</t>
   </si>
   <si>
     <t>DM 3/11/1989</t>
   </si>
   <si>
-    <t>PT2232025013</t>
-[...1 lines deleted...]
-  <si>
     <t>ST - 71</t>
-  </si>
-[...1 lines deleted...]
-    <t>PT2232025014</t>
   </si>
   <si>
     <t>ST - 79</t>
   </si>
   <si>
-    <t>DM 3/11/1990</t>
-[...4 lines deleted...]
-  <si>
     <t>ST-80</t>
-  </si>
-[...1 lines deleted...]
-    <t>PT2282025016</t>
   </si>
   <si>
     <t>ST-90</t>
   </si>
   <si>
-    <t>Reg.CEE 977/2010</t>
-[...4 lines deleted...]
-  <si>
     <t>ST-101</t>
   </si>
   <si>
-    <t xml:space="preserve">   TABELLA ATTI DI CONCESSIONE RIMBORSI CURE ALL'ESTERO ANNO  2025 AGGIORNATA AL 30/11/25 ZONA PRATO PISTOIA E VDN</t>
+    <t>PT22825005</t>
+  </si>
+  <si>
+    <t>PT12825006</t>
+  </si>
+  <si>
+    <t>PT12325007</t>
+  </si>
+  <si>
+    <t>PT22825008</t>
+  </si>
+  <si>
+    <t>PT12825011</t>
+  </si>
+  <si>
+    <t>PT12325012</t>
+  </si>
+  <si>
+    <t>PT22325013</t>
+  </si>
+  <si>
+    <t>PT22325014</t>
+  </si>
+  <si>
+    <t>PT22825016</t>
+  </si>
+  <si>
+    <t>PT22825017</t>
+  </si>
+  <si>
+    <t>ST-102</t>
+  </si>
+  <si>
+    <t>ST - 107</t>
+  </si>
+  <si>
+    <t>PT12325019</t>
+  </si>
+  <si>
+    <t>Reg.CEE 987/2009</t>
+  </si>
+  <si>
+    <t>PO2825001</t>
+  </si>
+  <si>
+    <t>PO2825002</t>
+  </si>
+  <si>
+    <t>PO2825003</t>
+  </si>
+  <si>
+    <t>PO2825004</t>
+  </si>
+  <si>
+    <t>PO2825009</t>
+  </si>
+  <si>
+    <t>PO2825010</t>
+  </si>
+  <si>
+    <t>PO2825015</t>
+  </si>
+  <si>
+    <t>PO2825018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   TABELLA ATTI DI CONCESSIONE RIMBORSI CURE ALL'ESTERO ANNO  2025 AGGIORNATA AL 31/12/2025 ZONA PRATO PISTOIA E VDN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -664,86 +670,86 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -890,52 +896,52 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:J383"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E3" sqref="E3"/>
+    <sheetView tabSelected="1" topLeftCell="A10" workbookViewId="0">
+      <selection activeCell="G3" sqref="G3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="24.54296875" customWidth="1"/>
     <col min="2" max="2" width="16.54296875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10" style="15" customWidth="1"/>
     <col min="5" max="5" width="9.36328125" customWidth="1"/>
     <col min="6" max="6" width="25.08984375" customWidth="1"/>
     <col min="7" max="7" width="19.453125" customWidth="1"/>
     <col min="8" max="8" width="26" customWidth="1"/>
     <col min="9" max="9" width="13.08984375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="33.90625" customWidth="1"/>
     <col min="256" max="256" width="24.54296875" customWidth="1"/>
     <col min="257" max="257" width="16.54296875" bestFit="1" customWidth="1"/>
     <col min="258" max="258" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="259" max="259" width="17.54296875" bestFit="1" customWidth="1"/>
     <col min="260" max="260" width="20.08984375" customWidth="1"/>
     <col min="261" max="261" width="41.453125" customWidth="1"/>
     <col min="262" max="262" width="28.90625" bestFit="1" customWidth="1"/>
     <col min="263" max="263" width="32.36328125" bestFit="1" customWidth="1"/>
     <col min="264" max="264" width="13.08984375" bestFit="1" customWidth="1"/>
     <col min="265" max="265" width="14.54296875" bestFit="1" customWidth="1"/>
@@ -1541,51 +1547,51 @@
     <col min="15625" max="15625" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="15872" max="15872" width="24.54296875" customWidth="1"/>
     <col min="15873" max="15873" width="16.54296875" bestFit="1" customWidth="1"/>
     <col min="15874" max="15874" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="15875" max="15875" width="17.54296875" bestFit="1" customWidth="1"/>
     <col min="15876" max="15876" width="20.08984375" customWidth="1"/>
     <col min="15877" max="15877" width="41.453125" customWidth="1"/>
     <col min="15878" max="15878" width="28.90625" bestFit="1" customWidth="1"/>
     <col min="15879" max="15879" width="32.36328125" bestFit="1" customWidth="1"/>
     <col min="15880" max="15880" width="13.08984375" bestFit="1" customWidth="1"/>
     <col min="15881" max="15881" width="14.54296875" bestFit="1" customWidth="1"/>
     <col min="16128" max="16128" width="24.54296875" customWidth="1"/>
     <col min="16129" max="16129" width="16.54296875" bestFit="1" customWidth="1"/>
     <col min="16130" max="16130" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="16131" max="16131" width="17.54296875" bestFit="1" customWidth="1"/>
     <col min="16132" max="16132" width="20.08984375" customWidth="1"/>
     <col min="16133" max="16133" width="41.453125" customWidth="1"/>
     <col min="16134" max="16134" width="28.90625" bestFit="1" customWidth="1"/>
     <col min="16135" max="16135" width="32.36328125" bestFit="1" customWidth="1"/>
     <col min="16136" max="16136" width="13.08984375" bestFit="1" customWidth="1"/>
     <col min="16137" max="16137" width="14.54296875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="87.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="46" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B1" s="46"/>
       <c r="C1" s="46"/>
       <c r="D1" s="46"/>
       <c r="E1" s="46"/>
       <c r="F1" s="46"/>
       <c r="G1" s="46"/>
       <c r="H1" s="46"/>
       <c r="I1" s="46"/>
       <c r="J1" s="46"/>
     </row>
     <row r="2" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="47" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="47"/>
       <c r="C2" s="47"/>
       <c r="D2" s="47"/>
       <c r="E2" s="47"/>
       <c r="F2" s="47"/>
       <c r="G2" s="47"/>
       <c r="H2" s="47"/>
       <c r="I2" s="47"/>
       <c r="J2" s="47"/>
     </row>
@@ -1601,615 +1607,655 @@
       </c>
       <c r="D3" s="17" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="18" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="16" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="19" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="19" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="16" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A4" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="B4" s="20" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="22">
         <v>110.01</v>
       </c>
       <c r="E4" s="20" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F4" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G4" s="4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I4" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A5" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="B5" s="20" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D5" s="22">
         <v>95.25</v>
       </c>
       <c r="E5" s="23" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" s="4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A6" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="B6" s="20" t="s">
-        <v>19</v>
+        <v>52</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="22">
         <v>135</v>
       </c>
       <c r="E6" s="23" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F6" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G6" s="4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A7" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="B7" s="20" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="22">
         <v>97.76</v>
       </c>
       <c r="E7" s="23" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F7" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G7" s="4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A8" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="B8" s="20" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D8" s="22">
         <v>37.4</v>
       </c>
       <c r="E8" s="23" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F8" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G8" s="4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A9" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="B9" s="20" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="22">
         <v>537.57000000000005</v>
       </c>
       <c r="E9" s="23" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F9" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G9" s="4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A10" s="2" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="B10" s="20" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D10" s="22">
         <v>2864.7</v>
       </c>
       <c r="E10" s="23" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="G10" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:10" s="6" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="B11" s="20" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D11" s="22">
         <v>56.33</v>
       </c>
       <c r="E11" s="23" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="F11" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G11" s="4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I11" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A12" s="2" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="B12" s="20" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C12" s="21" t="s">
         <v>12</v>
       </c>
       <c r="D12" s="22">
         <v>114</v>
       </c>
       <c r="E12" s="23" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="F12" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G12" s="4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I12" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J12" s="42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A13" s="2" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="B13" s="20" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D13" s="22">
         <v>167.18</v>
       </c>
       <c r="E13" s="23" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="F13" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G13" s="4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I13" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J13" s="42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A14" s="2" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="B14" s="20" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D14" s="22">
         <v>68.87</v>
       </c>
       <c r="E14" s="23" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="F14" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G14" s="4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I14" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J14" s="42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A15" s="2" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="B15" s="20" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D15" s="22">
         <v>3017.57</v>
       </c>
       <c r="E15" s="23" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="G15" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I15" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J15" s="42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A16" s="2" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="B16" s="20" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D16" s="22">
         <v>54628.28</v>
       </c>
       <c r="E16" s="23" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="G16" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I16" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J16" s="42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A17" s="2" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="B17" s="20" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D17" s="22">
         <v>48474.49</v>
       </c>
       <c r="E17" s="23" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="G17" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I17" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J17" s="42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A18" s="2" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="B18" s="20" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D18" s="22">
         <v>183.87</v>
       </c>
       <c r="E18" s="23" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="F18" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G18" s="4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I18" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J18" s="42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A19" s="2" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="B19" s="20" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D19" s="22">
         <v>125.65</v>
       </c>
       <c r="E19" s="23" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="G19" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I19" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J19" s="42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
       <c r="A20" s="2" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="B20" s="20" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D20" s="22">
         <v>235.91</v>
       </c>
       <c r="E20" s="23" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="F20" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G20" s="4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I20" s="2" t="s">
         <v>12</v>
       </c>
       <c r="J20" s="42" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="21" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-[...21 lines deleted...]
-      <c r="J22" s="42"/>
+    <row r="21" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A21" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" s="22">
+        <v>73.319999999999993</v>
+      </c>
+      <c r="E21" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G21" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="H21" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I21" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J21" s="42" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" s="6" customFormat="1" ht="39" x14ac:dyDescent="0.35">
+      <c r="A22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B22" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" s="22">
+        <v>3049.74</v>
+      </c>
+      <c r="E22" s="23" t="s">
+        <v>47</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="H22" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I22" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J22" s="42" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="23" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A23" s="2"/>
       <c r="B23" s="20"/>
       <c r="C23" s="21"/>
       <c r="D23" s="22"/>
       <c r="E23" s="23"/>
       <c r="F23" s="3"/>
       <c r="G23" s="4"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
       <c r="J23" s="42"/>
     </row>
     <row r="24" spans="1:10" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A24" s="2"/>
       <c r="B24" s="20"/>
       <c r="C24" s="21"/>
       <c r="D24" s="22"/>
       <c r="E24" s="23"/>
       <c r="F24" s="3"/>
       <c r="G24" s="4"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
       <c r="J24" s="42"/>
     </row>