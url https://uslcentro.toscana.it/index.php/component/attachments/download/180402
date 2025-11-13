--- v0 (2025-10-17)
+++ v1 (2025-11-13)
@@ -1,75 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fileserver1.uslcentro.toscana.it\dip-SAOT\DIPTO SAOT\TRASPARENZA\PUBBLICAZIONI SITO\2025\SOVVENZIONI\09\CURE ALL'ESTERO\FIRENZE EMPOLI\DA PUBBLICARE\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fileserver1.uslcentro.toscana.it\dip-SAOT\DIPTO SAOT\TRASPARENZA\PUBBLICAZIONI SITO\2025\SOVVENZIONI\10\CURE ALL'ESTERO\FIRENZE EMPOLI\DA PUBBLICARE\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="16380" windowHeight="8190" tabRatio="500"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6350" tabRatio="500"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0" iterateDelta="1E-4"/>
-  <fileRecoveryPr repairLoad="1"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="97">
   <si>
     <t>Devono  essere indicati tutti gli atti di concessione di sovvenzioni, contributi, sussidi ed ausili finanziari alle imprese e  comunque di  vantaggi economici di qualunque genere a persone ed enti pubblici e privati di importo superiore a mille euro</t>
   </si>
   <si>
     <t>Tipologia contributo o sovvenzione</t>
   </si>
   <si>
     <t>Soggetto beneficiario Persona Fisica/Ente/Impresa</t>
   </si>
   <si>
     <t>Dati fiscali (Solo in caso di Ente/Imprese)</t>
   </si>
   <si>
     <t>Importo del vantaggio economico corrisposto</t>
   </si>
   <si>
     <t>Atto di concessione della sovvenzione o contributo (n. e data dell'ordine)</t>
   </si>
   <si>
     <t>Norma o titolo a base dell'attribuzione</t>
   </si>
   <si>
     <t>Ufficio e funzionario o dirigente responsabile del relativo procedimento amministrativo</t>
   </si>
   <si>
@@ -165,164 +163,201 @@
   <si>
     <t>FI12825012</t>
   </si>
   <si>
     <t>ST29 DEL 27/05/2025</t>
   </si>
   <si>
     <t>FI12825013</t>
   </si>
   <si>
     <t>ST 30 DEL 27/05/2025</t>
   </si>
   <si>
     <t>FI12825014</t>
   </si>
   <si>
     <t>ST38 DEL 10/06/2025</t>
   </si>
   <si>
     <t>FI12825015</t>
   </si>
   <si>
     <t>FI12825016</t>
   </si>
   <si>
+    <t>FI12825017</t>
+  </si>
+  <si>
+    <t>FI12825018</t>
+  </si>
+  <si>
+    <t>FI12825019</t>
+  </si>
+  <si>
+    <t>FI12825020</t>
+  </si>
+  <si>
+    <t>FI12825021</t>
+  </si>
+  <si>
+    <t>FI12825022</t>
+  </si>
+  <si>
+    <t>FI12825023</t>
+  </si>
+  <si>
+    <t>FI12825024</t>
+  </si>
+  <si>
+    <t>FI12825025</t>
+  </si>
+  <si>
+    <t>FI12825026</t>
+  </si>
+  <si>
+    <t>FI12825027</t>
+  </si>
+  <si>
     <t>ST41 DEL 17/06/2025</t>
   </si>
   <si>
     <t>ST42 del 17/06/2025</t>
   </si>
   <si>
-    <t>Contributi su spese sostenute per prestazioni non di elezione in paesi appartenenti alla CEE/SEE Cod. 29</t>
-[...13 lines deleted...]
-  <si>
     <t>ST75 del 08/09/2025</t>
   </si>
   <si>
     <t>ST76 del 08/09/2025</t>
   </si>
   <si>
     <t>ST77 del 08/09/2025</t>
   </si>
   <si>
-    <t>Reg.CEE 987/2010</t>
-[...5 lines deleted...]
-    <t>Reg.CEE 987/2012</t>
+    <t>ST84 DEL 09/10/2025</t>
+  </si>
+  <si>
+    <t>ST85 DEL 09/10/2025</t>
+  </si>
+  <si>
+    <t>ST91 DEL 20/10/2025</t>
+  </si>
+  <si>
+    <t>ST92 DEL 20/10/2025</t>
+  </si>
+  <si>
+    <t>ST93 DEL 20/10/2025</t>
+  </si>
+  <si>
+    <t>ST94 DEL 20/10/2025</t>
+  </si>
+  <si>
+    <t>ST97 DEL 24/10/2025</t>
+  </si>
+  <si>
+    <t>ST98 DEL 24/10/2025</t>
   </si>
   <si>
     <t>Contributi assegni e sussidi vari</t>
   </si>
   <si>
     <t>EMP2325001</t>
   </si>
   <si>
+    <t>NON APPLICABILE</t>
+  </si>
+  <si>
     <t xml:space="preserve">ST 2/2025 </t>
   </si>
   <si>
     <t>DM 03/11/1989; Delibera DG 193 DEL 13/02/2025</t>
   </si>
   <si>
     <t>UFFICIO STRANIERI - DOTT.SSA CIAMPALINI CARLA</t>
   </si>
   <si>
+    <t>VERIFICA REQUISITI DETTATI DALLA NORMA</t>
+  </si>
+  <si>
     <t>EMP2325002</t>
   </si>
   <si>
     <t>ST 3/2025</t>
   </si>
   <si>
     <t>FI12325001</t>
   </si>
   <si>
+    <t>ST 7/2025 - ST 20/2025 -ST 74/2025 - ST 78/2025</t>
+  </si>
+  <si>
     <t>DM 03/11/1989</t>
   </si>
   <si>
     <t>FI12325002</t>
   </si>
   <si>
     <t>ST 31/2025</t>
   </si>
   <si>
     <t>FI32325003</t>
   </si>
   <si>
     <t>ST 32/2025</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO 4 marzo 2014, n. 38</t>
   </si>
   <si>
     <t>EMP2325003</t>
   </si>
   <si>
+    <t>ST 37/2025 + ST 73/2025</t>
+  </si>
+  <si>
     <t>EMP2325004</t>
   </si>
   <si>
     <t>ST 50/2025</t>
   </si>
   <si>
     <t>FI22325004</t>
   </si>
   <si>
     <t>ST 72/2025</t>
   </si>
   <si>
-    <t>TABELLA ATTI DI CONCESSIONE ANNO  2025 AGGIORNATA AL 30/09/25 ZONA FIRENZE-EMPOLI</t>
-[...16 lines deleted...]
-    <t>ST 37/2025 +ST 73/2025</t>
+    <t>FI22325005</t>
+  </si>
+  <si>
+    <t>ST 81/2025</t>
+  </si>
+  <si>
+    <t>Delibera Giunta Regionale 317 del 27/03/2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TABELLA ATTI DI CONCESSIONE ANNO  2025 AGGIORNATA AL 31/10/25 ZONA FIRENZE-EMPOLI </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* \-??\ _€_-;_-@_-"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
@@ -350,82 +385,82 @@
       <color rgb="FF000000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
-      <color rgb="FFFF0000"/>
+      <color indexed="8"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0066CC"/>
         <bgColor rgb="FF008080"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color auto="1"/>
@@ -449,72 +484,57 @@
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -538,64 +558,76 @@
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="3" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Migliaia" xfId="1" builtinId="3"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Testo descrittivo" xfId="2" builtinId="53" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFCC0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF006600"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF996600"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
@@ -989,59 +1021,59 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:J165"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A22" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="B25" sqref="B25"/>
+    <sheetView tabSelected="1" topLeftCell="A32" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="D11" sqref="D11:D30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="31" customWidth="1"/>
     <col min="2" max="2" width="16.54296875" customWidth="1"/>
     <col min="3" max="3" width="15.453125" customWidth="1"/>
     <col min="4" max="4" width="17.54296875" style="1" customWidth="1"/>
     <col min="5" max="5" width="20.1796875" customWidth="1"/>
     <col min="6" max="6" width="41.453125" customWidth="1"/>
     <col min="7" max="7" width="45.453125" customWidth="1"/>
     <col min="8" max="8" width="32.26953125" customWidth="1"/>
     <col min="9" max="9" width="13.1796875" customWidth="1"/>
     <col min="10" max="10" width="14.54296875" customWidth="1"/>
     <col min="11" max="256" width="8.7265625" customWidth="1"/>
     <col min="257" max="257" width="24.54296875" customWidth="1"/>
     <col min="258" max="258" width="16.54296875" customWidth="1"/>
     <col min="259" max="259" width="15.453125" customWidth="1"/>
     <col min="260" max="260" width="17.54296875" customWidth="1"/>
     <col min="261" max="261" width="20.1796875" customWidth="1"/>
     <col min="262" max="262" width="41.453125" customWidth="1"/>
     <col min="263" max="263" width="28.81640625" customWidth="1"/>
     <col min="264" max="264" width="32.26953125" customWidth="1"/>
     <col min="265" max="265" width="13.1796875" customWidth="1"/>
     <col min="266" max="266" width="14.54296875" customWidth="1"/>
@@ -1049,76 +1081,76 @@
     <col min="513" max="513" width="24.54296875" customWidth="1"/>
     <col min="514" max="514" width="16.54296875" customWidth="1"/>
     <col min="515" max="515" width="15.453125" customWidth="1"/>
     <col min="516" max="516" width="17.54296875" customWidth="1"/>
     <col min="517" max="517" width="20.1796875" customWidth="1"/>
     <col min="518" max="518" width="41.453125" customWidth="1"/>
     <col min="519" max="519" width="28.81640625" customWidth="1"/>
     <col min="520" max="520" width="32.26953125" customWidth="1"/>
     <col min="521" max="521" width="13.1796875" customWidth="1"/>
     <col min="522" max="522" width="14.54296875" customWidth="1"/>
     <col min="523" max="768" width="8.7265625" customWidth="1"/>
     <col min="769" max="769" width="24.54296875" customWidth="1"/>
     <col min="770" max="770" width="16.54296875" customWidth="1"/>
     <col min="771" max="771" width="15.453125" customWidth="1"/>
     <col min="772" max="772" width="17.54296875" customWidth="1"/>
     <col min="773" max="773" width="20.1796875" customWidth="1"/>
     <col min="774" max="774" width="41.453125" customWidth="1"/>
     <col min="775" max="775" width="28.81640625" customWidth="1"/>
     <col min="776" max="776" width="32.26953125" customWidth="1"/>
     <col min="777" max="777" width="13.1796875" customWidth="1"/>
     <col min="778" max="778" width="14.54296875" customWidth="1"/>
     <col min="779" max="1025" width="8.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="87.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="25" t="s">
-[...10 lines deleted...]
-      <c r="J1" s="25"/>
+      <c r="A1" s="30" t="s">
+        <v>96</v>
+      </c>
+      <c r="B1" s="30"/>
+      <c r="C1" s="30"/>
+      <c r="D1" s="30"/>
+      <c r="E1" s="30"/>
+      <c r="F1" s="30"/>
+      <c r="G1" s="30"/>
+      <c r="H1" s="30"/>
+      <c r="I1" s="30"/>
+      <c r="J1" s="30"/>
     </row>
     <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="26" t="s">
+      <c r="A2" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="26"/>
-[...7 lines deleted...]
-      <c r="J2" s="26"/>
+      <c r="B2" s="31"/>
+      <c r="C2" s="31"/>
+      <c r="D2" s="31"/>
+      <c r="E2" s="31"/>
+      <c r="F2" s="31"/>
+      <c r="G2" s="31"/>
+      <c r="H2" s="31"/>
+      <c r="I2" s="31"/>
+      <c r="J2" s="31"/>
     </row>
     <row r="3" spans="1:10" s="5" customFormat="1" ht="39" x14ac:dyDescent="0.3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>8</v>
@@ -1540,535 +1572,715 @@
       <c r="G17" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J17" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="8"/>
       <c r="D18" s="9">
         <v>69.739999999999995</v>
       </c>
       <c r="E18" s="10" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="F18" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G18" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J18" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="8"/>
       <c r="D19" s="9">
         <v>2009.31</v>
       </c>
       <c r="E19" s="10" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="F19" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J19" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="C20" s="8"/>
       <c r="D20" s="9">
         <v>1368.87</v>
       </c>
       <c r="E20" s="10" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="F20" s="11" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="G20" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J20" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="6" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="B21" s="7" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C21" s="8"/>
       <c r="D21" s="9">
         <v>832.82</v>
       </c>
       <c r="E21" s="10" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="F21" s="11" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="G21" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J21" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="6" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
       <c r="B22" s="7" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C22" s="8"/>
       <c r="D22" s="9">
         <v>277.63</v>
       </c>
       <c r="E22" s="10" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="F22" s="11" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="G22" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J22" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A23" s="20" t="s">
-[...5 lines deleted...]
-      <c r="C23" s="22"/>
+      <c r="A23" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C23" s="8"/>
       <c r="D23" s="9">
-        <v>251908</v>
+        <v>288.87</v>
       </c>
       <c r="E23" s="10" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="F23" s="22" t="s">
         <v>62</v>
       </c>
+      <c r="F23" s="11" t="s">
+        <v>14</v>
+      </c>
       <c r="G23" s="12" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="H23" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J23" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A24" s="20" t="s">
-[...5 lines deleted...]
-      <c r="C24" s="22"/>
+      <c r="A24" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B24" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C24" s="8"/>
       <c r="D24" s="9">
-        <v>18461.7</v>
+        <v>117.37</v>
       </c>
       <c r="E24" s="10" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>63</v>
+      </c>
+      <c r="F24" s="11" t="s">
+        <v>14</v>
       </c>
       <c r="G24" s="12" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="H24" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J24" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A25" s="20" t="s">
-[...5 lines deleted...]
-      <c r="C25" s="22"/>
+      <c r="A25" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B25" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C25" s="8"/>
       <c r="D25" s="9">
-        <v>9516.34</v>
+        <v>144.01</v>
       </c>
       <c r="E25" s="10" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>64</v>
+      </c>
+      <c r="F25" s="11" t="s">
+        <v>14</v>
       </c>
       <c r="G25" s="12" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="H25" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J25" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A26" s="20" t="s">
-[...5 lines deleted...]
-      <c r="C26" s="22"/>
+      <c r="A26" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B26" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C26" s="8"/>
       <c r="D26" s="9">
-        <v>6980.06</v>
+        <v>2.2200000000000002</v>
       </c>
       <c r="E26" s="10" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>65</v>
+      </c>
+      <c r="F26" s="11" t="s">
+        <v>14</v>
       </c>
       <c r="G26" s="12" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="H26" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J26" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A27" s="20" t="s">
-[...5 lines deleted...]
-      <c r="C27" s="22"/>
+      <c r="A27" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B27" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C27" s="8"/>
       <c r="D27" s="9">
-        <v>2298</v>
+        <v>606.89</v>
       </c>
       <c r="E27" s="10" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>66</v>
+      </c>
+      <c r="F27" s="11" t="s">
+        <v>14</v>
       </c>
       <c r="G27" s="12" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="H27" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J27" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A28" s="20" t="s">
-[...5 lines deleted...]
-      <c r="C28" s="22"/>
+      <c r="A28" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B28" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C28" s="8"/>
       <c r="D28" s="9">
-        <v>4982.04</v>
+        <v>313.33999999999997</v>
       </c>
       <c r="E28" s="10" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="F28" s="22" t="s">
         <v>67</v>
       </c>
+      <c r="F28" s="11" t="s">
+        <v>14</v>
+      </c>
       <c r="G28" s="12" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="H28" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J28" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A29" s="20" t="s">
-[...5 lines deleted...]
-      <c r="C29" s="22"/>
+      <c r="A29" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B29" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C29" s="8"/>
       <c r="D29" s="9">
-        <v>400.34</v>
+        <v>96</v>
       </c>
       <c r="E29" s="10" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>68</v>
+      </c>
+      <c r="F29" s="11" t="s">
+        <v>14</v>
       </c>
       <c r="G29" s="12" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J29" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A30" s="22" t="s">
-[...5 lines deleted...]
-      <c r="C30" s="22"/>
+      <c r="A30" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B30" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C30" s="8"/>
       <c r="D30" s="9">
-        <v>3911.2</v>
+        <v>1336.79</v>
       </c>
       <c r="E30" s="10" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>69</v>
+      </c>
+      <c r="F30" s="11" t="s">
+        <v>14</v>
       </c>
       <c r="G30" s="12" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="H30" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J30" s="8" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="31" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
-[...105 lines deleted...]
-      <c r="J39" s="8"/>
+    <row r="31" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+      <c r="A31" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="B31" s="21" t="s">
+        <v>71</v>
+      </c>
+      <c r="C31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="D31" s="23">
+        <v>251908</v>
+      </c>
+      <c r="E31" s="21" t="s">
+        <v>73</v>
+      </c>
+      <c r="F31" s="22" t="s">
+        <v>74</v>
+      </c>
+      <c r="G31" s="24" t="s">
+        <v>75</v>
+      </c>
+      <c r="H31" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="I31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="J31" s="22" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+      <c r="A32" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="B32" s="21" t="s">
+        <v>77</v>
+      </c>
+      <c r="C32" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="D32" s="23">
+        <v>18461.7</v>
+      </c>
+      <c r="E32" s="21" t="s">
+        <v>78</v>
+      </c>
+      <c r="F32" s="22" t="s">
+        <v>74</v>
+      </c>
+      <c r="G32" s="24" t="s">
+        <v>75</v>
+      </c>
+      <c r="H32" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="I32" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="J32" s="22" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+      <c r="A33" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" s="26" t="s">
+        <v>79</v>
+      </c>
+      <c r="C33" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="D33" s="23">
+        <v>9516.34</v>
+      </c>
+      <c r="E33" s="21" t="s">
+        <v>80</v>
+      </c>
+      <c r="F33" s="22" t="s">
+        <v>81</v>
+      </c>
+      <c r="G33" s="24" t="s">
+        <v>75</v>
+      </c>
+      <c r="H33" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="I33" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="J33" s="22" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+      <c r="A34" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" s="27" t="s">
+        <v>82</v>
+      </c>
+      <c r="C34" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="D34" s="23">
+        <v>6980.06</v>
+      </c>
+      <c r="E34" s="21" t="s">
+        <v>83</v>
+      </c>
+      <c r="F34" s="22" t="s">
+        <v>81</v>
+      </c>
+      <c r="G34" s="24" t="s">
+        <v>75</v>
+      </c>
+      <c r="H34" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="I34" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="J34" s="22" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+      <c r="A35" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="B35" s="21" t="s">
+        <v>84</v>
+      </c>
+      <c r="C35" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="D35" s="23">
+        <v>2298</v>
+      </c>
+      <c r="E35" s="21" t="s">
+        <v>85</v>
+      </c>
+      <c r="F35" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="G35" s="24" t="s">
+        <v>75</v>
+      </c>
+      <c r="H35" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="I35" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="J35" s="22" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+      <c r="A36" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="B36" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="C36" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="D36" s="23">
+        <v>4982.04</v>
+      </c>
+      <c r="E36" s="21" t="s">
+        <v>88</v>
+      </c>
+      <c r="F36" s="22" t="s">
+        <v>81</v>
+      </c>
+      <c r="G36" s="24" t="s">
+        <v>75</v>
+      </c>
+      <c r="H36" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="I36" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="J36" s="22" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+      <c r="A37" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="B37" s="21" t="s">
+        <v>89</v>
+      </c>
+      <c r="C37" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="D37" s="23">
+        <v>400.34</v>
+      </c>
+      <c r="E37" s="21" t="s">
+        <v>90</v>
+      </c>
+      <c r="F37" s="22" t="s">
+        <v>81</v>
+      </c>
+      <c r="G37" s="24" t="s">
+        <v>75</v>
+      </c>
+      <c r="H37" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="I37" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="J37" s="22" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+      <c r="A38" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="B38" s="28" t="s">
+        <v>91</v>
+      </c>
+      <c r="C38" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="D38" s="23">
+        <v>3911.2</v>
+      </c>
+      <c r="E38" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="F38" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="G38" s="24" t="s">
+        <v>75</v>
+      </c>
+      <c r="H38" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="I38" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="J38" s="22" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.3">
+      <c r="A39" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="B39" s="29" t="s">
+        <v>93</v>
+      </c>
+      <c r="C39" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="23">
+        <v>518.25</v>
+      </c>
+      <c r="E39" s="21" t="s">
+        <v>94</v>
+      </c>
+      <c r="F39" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="G39" s="24" t="s">
+        <v>75</v>
+      </c>
+      <c r="H39" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="I39" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="J39" s="22" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="40" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="6"/>
       <c r="B40" s="7"/>
       <c r="C40" s="8"/>
       <c r="D40" s="14"/>
       <c r="E40" s="15"/>
       <c r="F40" s="11"/>
       <c r="G40" s="12"/>
       <c r="H40" s="11"/>
       <c r="I40" s="8"/>
       <c r="J40" s="8"/>
     </row>
     <row r="41" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="6"/>
       <c r="B41" s="7"/>
       <c r="C41" s="8"/>
       <c r="D41" s="14"/>
       <c r="E41" s="15"/>
       <c r="F41" s="11"/>
       <c r="G41" s="12"/>
       <c r="H41" s="11"/>
       <c r="I41" s="8"/>
       <c r="J41" s="8"/>
     </row>
@@ -3544,52 +3756,52 @@
       <c r="E164" s="17"/>
       <c r="F164" s="19"/>
       <c r="G164" s="12"/>
       <c r="H164" s="16"/>
       <c r="I164" s="16"/>
       <c r="J164" s="16"/>
     </row>
     <row r="165" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A165" s="16"/>
       <c r="B165" s="16"/>
       <c r="C165" s="17"/>
       <c r="D165" s="18"/>
       <c r="E165" s="17"/>
       <c r="F165" s="19"/>
       <c r="G165" s="12"/>
       <c r="H165" s="16"/>
       <c r="I165" s="16"/>
       <c r="J165" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
-  <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Foglio1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>