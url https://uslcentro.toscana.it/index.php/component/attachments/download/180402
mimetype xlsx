--- v1 (2025-11-13)
+++ v2 (2025-12-24)
@@ -4,70 +4,70 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fileserver1.uslcentro.toscana.it\dip-SAOT\DIPTO SAOT\TRASPARENZA\PUBBLICAZIONI SITO\2025\SOVVENZIONI\10\CURE ALL'ESTERO\FIRENZE EMPOLI\DA PUBBLICARE\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fileserver1.uslcentro.toscana.it\dip-SAOT\DIPTO SAOT\TRASPARENZA\PUBBLICAZIONI SITO\2025\SOVVENZIONI\11\CURE ALL'ESTERO\FIRENZE EMPOLI\DA PUBBLICARE\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6350" tabRatio="500"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="0" iterateDelta="1E-4"/>
+  <calcPr calcId="0"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="318" uniqueCount="99">
   <si>
     <t>Devono  essere indicati tutti gli atti di concessione di sovvenzioni, contributi, sussidi ed ausili finanziari alle imprese e  comunque di  vantaggi economici di qualunque genere a persone ed enti pubblici e privati di importo superiore a mille euro</t>
   </si>
   <si>
     <t>Tipologia contributo o sovvenzione</t>
   </si>
   <si>
     <t>Soggetto beneficiario Persona Fisica/Ente/Impresa</t>
   </si>
   <si>
     <t>Dati fiscali (Solo in caso di Ente/Imprese)</t>
   </si>
   <si>
     <t>Importo del vantaggio economico corrisposto</t>
   </si>
   <si>
     <t>Atto di concessione della sovvenzione o contributo (n. e data dell'ordine)</t>
   </si>
   <si>
     <t>Norma o titolo a base dell'attribuzione</t>
   </si>
   <si>
     <t>Ufficio e funzionario o dirigente responsabile del relativo procedimento amministrativo</t>
   </si>
   <si>
@@ -313,61 +313,67 @@
   <si>
     <t>ST 37/2025 + ST 73/2025</t>
   </si>
   <si>
     <t>EMP2325004</t>
   </si>
   <si>
     <t>ST 50/2025</t>
   </si>
   <si>
     <t>FI22325004</t>
   </si>
   <si>
     <t>ST 72/2025</t>
   </si>
   <si>
     <t>FI22325005</t>
   </si>
   <si>
     <t>ST 81/2025</t>
   </si>
   <si>
     <t>Delibera Giunta Regionale 317 del 27/03/2023</t>
   </si>
   <si>
-    <t xml:space="preserve">TABELLA ATTI DI CONCESSIONE ANNO  2025 AGGIORNATA AL 31/10/25 ZONA FIRENZE-EMPOLI </t>
+    <t>FI22325006</t>
+  </si>
+  <si>
+    <t>ST 100/2025</t>
+  </si>
+  <si>
+    <t>TABELLA ATTI DI CONCESSIONE RIMBORSI CURE ALL'ESTERO ANNO  2025 AGGIORNATA AL 30/11/25 ZONA FIRENZE ED EMPOLI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* \-??\ _€_-;_-@_-"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial Narrow"/>
@@ -380,56 +386,50 @@
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
-      <name val="Arial Narrow"/>
-[...4 lines deleted...]
-      <color indexed="8"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0066CC"/>
         <bgColor rgb="FF008080"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -490,51 +490,51 @@
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -560,56 +560,50 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="3" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Migliaia" xfId="1" builtinId="3"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Testo descrittivo" xfId="2" builtinId="53" customBuiltin="1"/>
   </cellStyles>
@@ -1028,52 +1022,52 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:J165"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A32" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="D11" sqref="D11:D30"/>
+    <sheetView tabSelected="1" zoomScale="66" zoomScaleNormal="66" workbookViewId="0">
+      <selection activeCell="G36" sqref="G36:G40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="31" customWidth="1"/>
     <col min="2" max="2" width="16.54296875" customWidth="1"/>
     <col min="3" max="3" width="15.453125" customWidth="1"/>
     <col min="4" max="4" width="17.54296875" style="1" customWidth="1"/>
     <col min="5" max="5" width="20.1796875" customWidth="1"/>
     <col min="6" max="6" width="41.453125" customWidth="1"/>
     <col min="7" max="7" width="45.453125" customWidth="1"/>
     <col min="8" max="8" width="32.26953125" customWidth="1"/>
     <col min="9" max="9" width="13.1796875" customWidth="1"/>
     <col min="10" max="10" width="14.54296875" customWidth="1"/>
     <col min="11" max="256" width="8.7265625" customWidth="1"/>
     <col min="257" max="257" width="24.54296875" customWidth="1"/>
     <col min="258" max="258" width="16.54296875" customWidth="1"/>
     <col min="259" max="259" width="15.453125" customWidth="1"/>
     <col min="260" max="260" width="17.54296875" customWidth="1"/>
     <col min="261" max="261" width="20.1796875" customWidth="1"/>
     <col min="262" max="262" width="41.453125" customWidth="1"/>
     <col min="263" max="263" width="28.81640625" customWidth="1"/>
     <col min="264" max="264" width="32.26953125" customWidth="1"/>
     <col min="265" max="265" width="13.1796875" customWidth="1"/>
     <col min="266" max="266" width="14.54296875" customWidth="1"/>
@@ -1081,76 +1075,76 @@
     <col min="513" max="513" width="24.54296875" customWidth="1"/>
     <col min="514" max="514" width="16.54296875" customWidth="1"/>
     <col min="515" max="515" width="15.453125" customWidth="1"/>
     <col min="516" max="516" width="17.54296875" customWidth="1"/>
     <col min="517" max="517" width="20.1796875" customWidth="1"/>
     <col min="518" max="518" width="41.453125" customWidth="1"/>
     <col min="519" max="519" width="28.81640625" customWidth="1"/>
     <col min="520" max="520" width="32.26953125" customWidth="1"/>
     <col min="521" max="521" width="13.1796875" customWidth="1"/>
     <col min="522" max="522" width="14.54296875" customWidth="1"/>
     <col min="523" max="768" width="8.7265625" customWidth="1"/>
     <col min="769" max="769" width="24.54296875" customWidth="1"/>
     <col min="770" max="770" width="16.54296875" customWidth="1"/>
     <col min="771" max="771" width="15.453125" customWidth="1"/>
     <col min="772" max="772" width="17.54296875" customWidth="1"/>
     <col min="773" max="773" width="20.1796875" customWidth="1"/>
     <col min="774" max="774" width="41.453125" customWidth="1"/>
     <col min="775" max="775" width="28.81640625" customWidth="1"/>
     <col min="776" max="776" width="32.26953125" customWidth="1"/>
     <col min="777" max="777" width="13.1796875" customWidth="1"/>
     <col min="778" max="778" width="14.54296875" customWidth="1"/>
     <col min="779" max="1025" width="8.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="87.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="30" t="s">
-[...10 lines deleted...]
-      <c r="J1" s="30"/>
+      <c r="A1" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B1" s="28"/>
+      <c r="C1" s="28"/>
+      <c r="D1" s="28"/>
+      <c r="E1" s="28"/>
+      <c r="F1" s="28"/>
+      <c r="G1" s="28"/>
+      <c r="H1" s="28"/>
+      <c r="I1" s="28"/>
+      <c r="J1" s="28"/>
     </row>
     <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="31" t="s">
+      <c r="A2" s="29" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="31"/>
-[...7 lines deleted...]
-      <c r="J2" s="31"/>
+      <c r="B2" s="29"/>
+      <c r="C2" s="29"/>
+      <c r="D2" s="29"/>
+      <c r="E2" s="29"/>
+      <c r="F2" s="29"/>
+      <c r="G2" s="29"/>
+      <c r="H2" s="29"/>
+      <c r="I2" s="29"/>
+      <c r="J2" s="29"/>
     </row>
     <row r="3" spans="1:10" s="5" customFormat="1" ht="39" x14ac:dyDescent="0.3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>8</v>
@@ -1358,941 +1352,961 @@
       </c>
       <c r="F10" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J10" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="8"/>
-      <c r="D11" s="9">
+      <c r="D11" s="14">
         <v>356.12</v>
       </c>
-      <c r="E11" s="10" t="s">
+      <c r="E11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="F11" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G11" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J11" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="8"/>
-      <c r="D12" s="9">
+      <c r="D12" s="14">
         <v>33.130000000000003</v>
       </c>
-      <c r="E12" s="10" t="s">
+      <c r="E12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J12" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="8"/>
-      <c r="D13" s="9">
+      <c r="D13" s="14">
         <v>259</v>
       </c>
-      <c r="E13" s="10" t="s">
+      <c r="E13" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G13" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J13" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="8"/>
-      <c r="D14" s="9">
+      <c r="D14" s="14">
         <v>84.64</v>
       </c>
-      <c r="E14" s="10" t="s">
+      <c r="E14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G14" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J14" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="8"/>
-      <c r="D15" s="9">
+      <c r="D15" s="14">
         <v>72.5</v>
       </c>
-      <c r="E15" s="10" t="s">
+      <c r="E15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F15" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G15" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J15" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="8"/>
-      <c r="D16" s="9">
+      <c r="D16" s="14">
         <v>69.430000000000007</v>
       </c>
-      <c r="E16" s="10" t="s">
+      <c r="E16" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F16" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J16" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="8"/>
-      <c r="D17" s="9">
+      <c r="D17" s="14">
         <v>187.72</v>
       </c>
-      <c r="E17" s="10" t="s">
+      <c r="E17" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F17" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G17" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J17" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="8"/>
-      <c r="D18" s="9">
+      <c r="D18" s="14">
         <v>69.739999999999995</v>
       </c>
-      <c r="E18" s="10" t="s">
+      <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G18" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J18" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="8"/>
-      <c r="D19" s="9">
+      <c r="D19" s="14">
         <v>2009.31</v>
       </c>
-      <c r="E19" s="10" t="s">
+      <c r="E19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F19" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J19" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="8"/>
-      <c r="D20" s="9">
+      <c r="D20" s="14">
         <v>1368.87</v>
       </c>
-      <c r="E20" s="10" t="s">
+      <c r="E20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F20" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J20" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="8"/>
-      <c r="D21" s="9">
+      <c r="D21" s="14">
         <v>832.82</v>
       </c>
-      <c r="E21" s="10" t="s">
+      <c r="E21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F21" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G21" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J21" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="8"/>
-      <c r="D22" s="9">
+      <c r="D22" s="14">
         <v>277.63</v>
       </c>
-      <c r="E22" s="10" t="s">
+      <c r="E22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F22" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J22" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="7" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="8"/>
-      <c r="D23" s="9">
+      <c r="D23" s="14">
         <v>288.87</v>
       </c>
-      <c r="E23" s="10" t="s">
+      <c r="E23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F23" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G23" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J23" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="8"/>
-      <c r="D24" s="9">
+      <c r="D24" s="14">
         <v>117.37</v>
       </c>
-      <c r="E24" s="10" t="s">
+      <c r="E24" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F24" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G24" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J24" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="8"/>
-      <c r="D25" s="9">
+      <c r="D25" s="14">
         <v>144.01</v>
       </c>
-      <c r="E25" s="10" t="s">
+      <c r="E25" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F25" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G25" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J25" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B26" s="7" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="8"/>
-      <c r="D26" s="9">
+      <c r="D26" s="14">
         <v>2.2200000000000002</v>
       </c>
-      <c r="E26" s="10" t="s">
+      <c r="E26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F26" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J26" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>53</v>
       </c>
       <c r="C27" s="8"/>
-      <c r="D27" s="9">
+      <c r="D27" s="14">
         <v>606.89</v>
       </c>
-      <c r="E27" s="10" t="s">
+      <c r="E27" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F27" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G27" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J27" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>54</v>
       </c>
       <c r="C28" s="8"/>
-      <c r="D28" s="9">
+      <c r="D28" s="14">
         <v>313.33999999999997</v>
       </c>
-      <c r="E28" s="10" t="s">
+      <c r="E28" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F28" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G28" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J28" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>55</v>
       </c>
       <c r="C29" s="8"/>
-      <c r="D29" s="9">
+      <c r="D29" s="14">
         <v>96</v>
       </c>
-      <c r="E29" s="10" t="s">
+      <c r="E29" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F29" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G29" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J29" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>56</v>
       </c>
       <c r="C30" s="8"/>
-      <c r="D30" s="9">
+      <c r="D30" s="14">
         <v>1336.79</v>
       </c>
-      <c r="E30" s="10" t="s">
+      <c r="E30" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F30" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G30" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J30" s="8" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="31" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="20" t="s">
         <v>70</v>
       </c>
       <c r="B31" s="21" t="s">
         <v>71</v>
       </c>
       <c r="C31" s="22" t="s">
         <v>72</v>
       </c>
       <c r="D31" s="23">
         <v>251908</v>
       </c>
       <c r="E31" s="21" t="s">
         <v>73</v>
       </c>
       <c r="F31" s="22" t="s">
         <v>74</v>
       </c>
-      <c r="G31" s="24" t="s">
+      <c r="G31" s="12" t="s">
         <v>75</v>
       </c>
       <c r="H31" s="22" t="s">
         <v>76</v>
       </c>
       <c r="I31" s="22" t="s">
         <v>72</v>
       </c>
       <c r="J31" s="22" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="32" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="20" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="21" t="s">
         <v>77</v>
       </c>
       <c r="C32" s="22" t="s">
         <v>72</v>
       </c>
       <c r="D32" s="23">
         <v>18461.7</v>
       </c>
       <c r="E32" s="21" t="s">
         <v>78</v>
       </c>
       <c r="F32" s="22" t="s">
         <v>74</v>
       </c>
-      <c r="G32" s="24" t="s">
+      <c r="G32" s="12" t="s">
         <v>75</v>
       </c>
       <c r="H32" s="22" t="s">
         <v>76</v>
       </c>
       <c r="I32" s="22" t="s">
         <v>72</v>
       </c>
       <c r="J32" s="22" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="33" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="20" t="s">
         <v>70</v>
       </c>
-      <c r="B33" s="26" t="s">
+      <c r="B33" s="24" t="s">
         <v>79</v>
       </c>
       <c r="C33" s="22" t="s">
         <v>72</v>
       </c>
       <c r="D33" s="23">
         <v>9516.34</v>
       </c>
       <c r="E33" s="21" t="s">
         <v>80</v>
       </c>
       <c r="F33" s="22" t="s">
         <v>81</v>
       </c>
-      <c r="G33" s="24" t="s">
+      <c r="G33" s="12" t="s">
         <v>75</v>
       </c>
       <c r="H33" s="22" t="s">
         <v>76</v>
       </c>
       <c r="I33" s="22" t="s">
         <v>72</v>
       </c>
       <c r="J33" s="22" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="34" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="20" t="s">
         <v>70</v>
       </c>
-      <c r="B34" s="27" t="s">
+      <c r="B34" s="25" t="s">
         <v>82</v>
       </c>
       <c r="C34" s="22" t="s">
         <v>72</v>
       </c>
       <c r="D34" s="23">
         <v>6980.06</v>
       </c>
       <c r="E34" s="21" t="s">
         <v>83</v>
       </c>
       <c r="F34" s="22" t="s">
         <v>81</v>
       </c>
-      <c r="G34" s="24" t="s">
+      <c r="G34" s="12" t="s">
         <v>75</v>
       </c>
       <c r="H34" s="22" t="s">
         <v>76</v>
       </c>
       <c r="I34" s="22" t="s">
         <v>72</v>
       </c>
       <c r="J34" s="22" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="35" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="20" t="s">
         <v>70</v>
       </c>
       <c r="B35" s="21" t="s">
         <v>84</v>
       </c>
       <c r="C35" s="22" t="s">
         <v>72</v>
       </c>
       <c r="D35" s="23">
         <v>2298</v>
       </c>
       <c r="E35" s="21" t="s">
         <v>85</v>
       </c>
       <c r="F35" s="22" t="s">
         <v>86</v>
       </c>
-      <c r="G35" s="24" t="s">
+      <c r="G35" s="12" t="s">
         <v>75</v>
       </c>
       <c r="H35" s="22" t="s">
         <v>76</v>
       </c>
       <c r="I35" s="22" t="s">
         <v>72</v>
       </c>
       <c r="J35" s="22" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="36" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="20" t="s">
         <v>70</v>
       </c>
       <c r="B36" s="21" t="s">
         <v>87</v>
       </c>
       <c r="C36" s="22" t="s">
         <v>72</v>
       </c>
       <c r="D36" s="23">
         <v>4982.04</v>
       </c>
       <c r="E36" s="21" t="s">
         <v>88</v>
       </c>
       <c r="F36" s="22" t="s">
         <v>81</v>
       </c>
-      <c r="G36" s="24" t="s">
+      <c r="G36" s="12" t="s">
         <v>75</v>
       </c>
       <c r="H36" s="22" t="s">
         <v>76</v>
       </c>
       <c r="I36" s="22" t="s">
         <v>72</v>
       </c>
       <c r="J36" s="22" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="37" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="20" t="s">
         <v>70</v>
       </c>
       <c r="B37" s="21" t="s">
         <v>89</v>
       </c>
       <c r="C37" s="22" t="s">
         <v>72</v>
       </c>
       <c r="D37" s="23">
         <v>400.34</v>
       </c>
       <c r="E37" s="21" t="s">
         <v>90</v>
       </c>
       <c r="F37" s="22" t="s">
         <v>81</v>
       </c>
-      <c r="G37" s="24" t="s">
+      <c r="G37" s="12" t="s">
         <v>75</v>
       </c>
       <c r="H37" s="22" t="s">
         <v>76</v>
       </c>
       <c r="I37" s="22" t="s">
         <v>72</v>
       </c>
       <c r="J37" s="22" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="38" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="22" t="s">
         <v>70</v>
       </c>
-      <c r="B38" s="28" t="s">
+      <c r="B38" s="26" t="s">
         <v>91</v>
       </c>
       <c r="C38" s="22" t="s">
         <v>72</v>
       </c>
       <c r="D38" s="23">
         <v>3911.2</v>
       </c>
       <c r="E38" s="21" t="s">
         <v>92</v>
       </c>
       <c r="F38" s="22" t="s">
         <v>86</v>
       </c>
-      <c r="G38" s="24" t="s">
+      <c r="G38" s="12" t="s">
         <v>75</v>
       </c>
       <c r="H38" s="22" t="s">
         <v>76</v>
       </c>
       <c r="I38" s="22" t="s">
         <v>72</v>
       </c>
       <c r="J38" s="22" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="39" spans="1:10" s="25" customFormat="1" ht="26" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="22" t="s">
         <v>70</v>
       </c>
-      <c r="B39" s="29" t="s">
+      <c r="B39" s="27" t="s">
         <v>93</v>
       </c>
       <c r="C39" s="22" t="s">
         <v>72</v>
       </c>
       <c r="D39" s="23">
         <v>518.25</v>
       </c>
       <c r="E39" s="21" t="s">
         <v>94</v>
       </c>
       <c r="F39" s="22" t="s">
         <v>95</v>
       </c>
-      <c r="G39" s="24" t="s">
+      <c r="G39" s="12" t="s">
         <v>75</v>
       </c>
       <c r="H39" s="22" t="s">
         <v>76</v>
       </c>
       <c r="I39" s="22" t="s">
         <v>72</v>
       </c>
       <c r="J39" s="22" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="40" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A40" s="6"/>
-[...8 lines deleted...]
-      <c r="J40" s="8"/>
+      <c r="A40" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="B40" s="21" t="s">
+        <v>96</v>
+      </c>
+      <c r="C40" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="23">
+        <v>3538</v>
+      </c>
+      <c r="E40" s="21" t="s">
+        <v>97</v>
+      </c>
+      <c r="F40" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="G40" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="H40" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="I40" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="J40" s="22" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="41" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="6"/>
       <c r="B41" s="7"/>
       <c r="C41" s="8"/>
       <c r="D41" s="14"/>
       <c r="E41" s="15"/>
       <c r="F41" s="11"/>
       <c r="G41" s="12"/>
       <c r="H41" s="11"/>
       <c r="I41" s="8"/>
       <c r="J41" s="8"/>
     </row>
     <row r="42" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="6"/>
       <c r="B42" s="7"/>
       <c r="C42" s="8"/>
       <c r="D42" s="14"/>
       <c r="E42" s="15"/>
       <c r="F42" s="11"/>
       <c r="G42" s="12"/>
       <c r="H42" s="11"/>
       <c r="I42" s="8"/>
       <c r="J42" s="8"/>
     </row>