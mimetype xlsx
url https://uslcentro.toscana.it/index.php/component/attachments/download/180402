--- v2 (2025-12-24)
+++ v3 (2026-01-13)
@@ -1,73 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fileserver1.uslcentro.toscana.it\dip-SAOT\DIPTO SAOT\TRASPARENZA\PUBBLICAZIONI SITO\2025\SOVVENZIONI\11\CURE ALL'ESTERO\FIRENZE EMPOLI\DA PUBBLICARE\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fileserver1.uslcentro.toscana.it\dip-SAOT\DIPTO SAOT\TRASPARENZA\PUBBLICAZIONI SITO\2025\SOVVENZIONI\12\RIMBORSI CURE ALL'ESTERO\DA PUBBLICARE\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6350" tabRatio="500"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="318" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="342" uniqueCount="105">
   <si>
     <t>Devono  essere indicati tutti gli atti di concessione di sovvenzioni, contributi, sussidi ed ausili finanziari alle imprese e  comunque di  vantaggi economici di qualunque genere a persone ed enti pubblici e privati di importo superiore a mille euro</t>
   </si>
   <si>
     <t>Tipologia contributo o sovvenzione</t>
   </si>
   <si>
     <t>Soggetto beneficiario Persona Fisica/Ente/Impresa</t>
   </si>
   <si>
     <t>Dati fiscali (Solo in caso di Ente/Imprese)</t>
   </si>
   <si>
     <t>Importo del vantaggio economico corrisposto</t>
   </si>
   <si>
     <t>Atto di concessione della sovvenzione o contributo (n. e data dell'ordine)</t>
   </si>
   <si>
     <t>Norma o titolo a base dell'attribuzione</t>
   </si>
   <si>
     <t>Ufficio e funzionario o dirigente responsabile del relativo procedimento amministrativo</t>
   </si>
   <si>
@@ -235,50 +236,68 @@
   <si>
     <t>ST84 DEL 09/10/2025</t>
   </si>
   <si>
     <t>ST85 DEL 09/10/2025</t>
   </si>
   <si>
     <t>ST91 DEL 20/10/2025</t>
   </si>
   <si>
     <t>ST92 DEL 20/10/2025</t>
   </si>
   <si>
     <t>ST93 DEL 20/10/2025</t>
   </si>
   <si>
     <t>ST94 DEL 20/10/2025</t>
   </si>
   <si>
     <t>ST97 DEL 24/10/2025</t>
   </si>
   <si>
     <t>ST98 DEL 24/10/2025</t>
   </si>
   <si>
+    <t>FI12825028</t>
+  </si>
+  <si>
+    <t>FI12825029</t>
+  </si>
+  <si>
+    <t>FI12825030</t>
+  </si>
+  <si>
+    <t>ST104 DEL 05/12/2025</t>
+  </si>
+  <si>
+    <t>ST105 DEL 05/12/2025</t>
+  </si>
+  <si>
+    <t>ST106 DEL 05/12/2025</t>
+  </si>
+  <si>
     <t>Contributi assegni e sussidi vari</t>
   </si>
   <si>
     <t>EMP2325001</t>
   </si>
   <si>
     <t>NON APPLICABILE</t>
   </si>
   <si>
     <t xml:space="preserve">ST 2/2025 </t>
   </si>
   <si>
     <t>DM 03/11/1989; Delibera DG 193 DEL 13/02/2025</t>
   </si>
   <si>
     <t>UFFICIO STRANIERI - DOTT.SSA CIAMPALINI CARLA</t>
   </si>
   <si>
     <t>VERIFICA REQUISITI DETTATI DALLA NORMA</t>
   </si>
   <si>
     <t>EMP2325002</t>
   </si>
   <si>
     <t>ST 3/2025</t>
@@ -289,81 +308,81 @@
   <si>
     <t>ST 7/2025 - ST 20/2025 -ST 74/2025 - ST 78/2025</t>
   </si>
   <si>
     <t>DM 03/11/1989</t>
   </si>
   <si>
     <t>FI12325002</t>
   </si>
   <si>
     <t>ST 31/2025</t>
   </si>
   <si>
     <t>FI32325003</t>
   </si>
   <si>
     <t>ST 32/2025</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO 4 marzo 2014, n. 38</t>
   </si>
   <si>
     <t>EMP2325003</t>
   </si>
   <si>
-    <t>ST 37/2025 + ST 73/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>EMP2325004</t>
   </si>
   <si>
     <t>ST 50/2025</t>
   </si>
   <si>
     <t>FI22325004</t>
   </si>
   <si>
     <t>ST 72/2025</t>
   </si>
   <si>
     <t>FI22325005</t>
   </si>
   <si>
     <t>ST 81/2025</t>
   </si>
   <si>
     <t>Delibera Giunta Regionale 317 del 27/03/2023</t>
   </si>
   <si>
     <t>FI22325006</t>
   </si>
   <si>
     <t>ST 100/2025</t>
   </si>
   <si>
-    <t>TABELLA ATTI DI CONCESSIONE RIMBORSI CURE ALL'ESTERO ANNO  2025 AGGIORNATA AL 30/11/25 ZONA FIRENZE ED EMPOLI</t>
+    <t>ST 37/2025 + ST 73/2025 + ST/103</t>
+  </si>
+  <si>
+    <t>TABELLA ATTI DI CONCESSIONE RIMBORSI CURE ALL'ESTERO ANNO  2025 AGGIORNATA AL 31/12/25 ZONA FIRENZE ED EMPOLI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* \-??\ _€_-;_-@_-"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
@@ -372,64 +391,64 @@
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
-      <sz val="12"/>
-[...4 lines deleted...]
-    <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color indexed="8"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0066CC"/>
         <bgColor rgb="FF008080"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -487,135 +506,129 @@
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="30">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="3" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Migliaia" xfId="1" builtinId="3"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Testo descrittivo" xfId="2" builtinId="53" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFCC0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
@@ -1015,59 +1028,59 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:J165"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="66" zoomScaleNormal="66" workbookViewId="0">
-      <selection activeCell="G36" sqref="G36:G40"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="31" customWidth="1"/>
     <col min="2" max="2" width="16.54296875" customWidth="1"/>
     <col min="3" max="3" width="15.453125" customWidth="1"/>
     <col min="4" max="4" width="17.54296875" style="1" customWidth="1"/>
     <col min="5" max="5" width="20.1796875" customWidth="1"/>
     <col min="6" max="6" width="41.453125" customWidth="1"/>
     <col min="7" max="7" width="45.453125" customWidth="1"/>
     <col min="8" max="8" width="32.26953125" customWidth="1"/>
     <col min="9" max="9" width="13.1796875" customWidth="1"/>
     <col min="10" max="10" width="14.54296875" customWidth="1"/>
     <col min="11" max="256" width="8.7265625" customWidth="1"/>
     <col min="257" max="257" width="24.54296875" customWidth="1"/>
     <col min="258" max="258" width="16.54296875" customWidth="1"/>
     <col min="259" max="259" width="15.453125" customWidth="1"/>
     <col min="260" max="260" width="17.54296875" customWidth="1"/>
     <col min="261" max="261" width="20.1796875" customWidth="1"/>
     <col min="262" max="262" width="41.453125" customWidth="1"/>
     <col min="263" max="263" width="28.81640625" customWidth="1"/>
     <col min="264" max="264" width="32.26953125" customWidth="1"/>
     <col min="265" max="265" width="13.1796875" customWidth="1"/>
     <col min="266" max="266" width="14.54296875" customWidth="1"/>
@@ -1075,1274 +1088,1328 @@
     <col min="513" max="513" width="24.54296875" customWidth="1"/>
     <col min="514" max="514" width="16.54296875" customWidth="1"/>
     <col min="515" max="515" width="15.453125" customWidth="1"/>
     <col min="516" max="516" width="17.54296875" customWidth="1"/>
     <col min="517" max="517" width="20.1796875" customWidth="1"/>
     <col min="518" max="518" width="41.453125" customWidth="1"/>
     <col min="519" max="519" width="28.81640625" customWidth="1"/>
     <col min="520" max="520" width="32.26953125" customWidth="1"/>
     <col min="521" max="521" width="13.1796875" customWidth="1"/>
     <col min="522" max="522" width="14.54296875" customWidth="1"/>
     <col min="523" max="768" width="8.7265625" customWidth="1"/>
     <col min="769" max="769" width="24.54296875" customWidth="1"/>
     <col min="770" max="770" width="16.54296875" customWidth="1"/>
     <col min="771" max="771" width="15.453125" customWidth="1"/>
     <col min="772" max="772" width="17.54296875" customWidth="1"/>
     <col min="773" max="773" width="20.1796875" customWidth="1"/>
     <col min="774" max="774" width="41.453125" customWidth="1"/>
     <col min="775" max="775" width="28.81640625" customWidth="1"/>
     <col min="776" max="776" width="32.26953125" customWidth="1"/>
     <col min="777" max="777" width="13.1796875" customWidth="1"/>
     <col min="778" max="778" width="14.54296875" customWidth="1"/>
     <col min="779" max="1025" width="8.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="87.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="28" t="s">
-[...10 lines deleted...]
-      <c r="J1" s="28"/>
+      <c r="A1" s="26" t="s">
+        <v>104</v>
+      </c>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
+      <c r="F1" s="26"/>
+      <c r="G1" s="26"/>
+      <c r="H1" s="26"/>
+      <c r="I1" s="26"/>
+      <c r="J1" s="26"/>
     </row>
     <row r="2" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="29" t="s">
+      <c r="A2" s="27" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="29"/>
-[...7 lines deleted...]
-      <c r="J2" s="29"/>
+      <c r="B2" s="27"/>
+      <c r="C2" s="27"/>
+      <c r="D2" s="27"/>
+      <c r="E2" s="27"/>
+      <c r="F2" s="27"/>
+      <c r="G2" s="27"/>
+      <c r="H2" s="27"/>
+      <c r="I2" s="27"/>
+      <c r="J2" s="27"/>
     </row>
     <row r="3" spans="1:10" s="5" customFormat="1" ht="39" x14ac:dyDescent="0.3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="8"/>
-      <c r="D4" s="9">
+      <c r="D4" s="7">
         <v>4056.12</v>
       </c>
-      <c r="E4" s="10" t="s">
+      <c r="E4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G4" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H4" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J4" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="8"/>
-      <c r="D5" s="9">
+      <c r="D5" s="7">
         <v>99.66</v>
       </c>
-      <c r="E5" s="10" t="s">
+      <c r="E5" s="8" t="s">
         <v>19</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G5" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J5" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="8"/>
-      <c r="D6" s="9">
+      <c r="D6" s="7">
         <v>815.54</v>
       </c>
-      <c r="E6" s="10" t="s">
+      <c r="E6" s="8" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G6" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J6" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="8"/>
-      <c r="D7" s="9">
+      <c r="D7" s="7">
         <v>458.29</v>
       </c>
-      <c r="E7" s="10" t="s">
+      <c r="E7" s="8" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J7" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="7" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="8"/>
-      <c r="D8" s="9">
+      <c r="D8" s="7">
         <v>164.61</v>
       </c>
-      <c r="E8" s="10" t="s">
+      <c r="E8" s="8" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G8" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="8"/>
-      <c r="D9" s="9">
+      <c r="D9" s="7">
         <v>445.59</v>
       </c>
-      <c r="E9" s="10" t="s">
+      <c r="E9" s="8" t="s">
         <v>27</v>
       </c>
       <c r="F9" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J9" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="8"/>
-      <c r="D10" s="9">
+      <c r="D10" s="7">
         <v>164.21</v>
       </c>
-      <c r="E10" s="10" t="s">
+      <c r="E10" s="8" t="s">
         <v>29</v>
       </c>
       <c r="F10" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J10" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="8"/>
-      <c r="D11" s="14">
+      <c r="D11" s="7">
         <v>356.12</v>
       </c>
-      <c r="E11" s="15" t="s">
+      <c r="E11" s="8" t="s">
         <v>31</v>
       </c>
       <c r="F11" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G11" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J11" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="8"/>
-      <c r="D12" s="14">
+      <c r="D12" s="7">
         <v>33.130000000000003</v>
       </c>
-      <c r="E12" s="15" t="s">
+      <c r="E12" s="8" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J12" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="8"/>
-      <c r="D13" s="14">
+      <c r="D13" s="7">
         <v>259</v>
       </c>
-      <c r="E13" s="15" t="s">
+      <c r="E13" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G13" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J13" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="8"/>
-      <c r="D14" s="14">
+      <c r="D14" s="7">
         <v>84.64</v>
       </c>
-      <c r="E14" s="15" t="s">
+      <c r="E14" s="8" t="s">
         <v>37</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G14" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J14" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="8"/>
-      <c r="D15" s="14">
+      <c r="D15" s="7">
         <v>72.5</v>
       </c>
-      <c r="E15" s="15" t="s">
+      <c r="E15" s="8" t="s">
         <v>39</v>
       </c>
       <c r="F15" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G15" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J15" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="8"/>
-      <c r="D16" s="14">
+      <c r="D16" s="7">
         <v>69.430000000000007</v>
       </c>
-      <c r="E16" s="15" t="s">
+      <c r="E16" s="8" t="s">
         <v>41</v>
       </c>
       <c r="F16" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J16" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="8"/>
-      <c r="D17" s="14">
+      <c r="D17" s="7">
         <v>187.72</v>
       </c>
-      <c r="E17" s="15" t="s">
+      <c r="E17" s="8" t="s">
         <v>43</v>
       </c>
       <c r="F17" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G17" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J17" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="8"/>
-      <c r="D18" s="14">
+      <c r="D18" s="7">
         <v>69.739999999999995</v>
       </c>
-      <c r="E18" s="15" t="s">
+      <c r="E18" s="8" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G18" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J18" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="8"/>
-      <c r="D19" s="14">
+      <c r="D19" s="7">
         <v>2009.31</v>
       </c>
-      <c r="E19" s="15" t="s">
+      <c r="E19" s="8" t="s">
         <v>58</v>
       </c>
       <c r="F19" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J19" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="8"/>
-      <c r="D20" s="14">
+      <c r="D20" s="7">
         <v>1368.87</v>
       </c>
-      <c r="E20" s="15" t="s">
+      <c r="E20" s="8" t="s">
         <v>59</v>
       </c>
       <c r="F20" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J20" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="8"/>
-      <c r="D21" s="14">
+      <c r="D21" s="7">
         <v>832.82</v>
       </c>
-      <c r="E21" s="15" t="s">
+      <c r="E21" s="8" t="s">
         <v>60</v>
       </c>
       <c r="F21" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G21" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J21" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="8"/>
-      <c r="D22" s="14">
+      <c r="D22" s="7">
         <v>277.63</v>
       </c>
-      <c r="E22" s="15" t="s">
+      <c r="E22" s="8" t="s">
         <v>61</v>
       </c>
       <c r="F22" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J22" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="7" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="8"/>
-      <c r="D23" s="14">
+      <c r="D23" s="7">
         <v>288.87</v>
       </c>
-      <c r="E23" s="15" t="s">
+      <c r="E23" s="8" t="s">
         <v>62</v>
       </c>
       <c r="F23" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G23" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J23" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="8"/>
-      <c r="D24" s="14">
+      <c r="D24" s="7">
         <v>117.37</v>
       </c>
-      <c r="E24" s="15" t="s">
+      <c r="E24" s="8" t="s">
         <v>63</v>
       </c>
       <c r="F24" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G24" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J24" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="8"/>
-      <c r="D25" s="14">
+      <c r="D25" s="7">
         <v>144.01</v>
       </c>
-      <c r="E25" s="15" t="s">
+      <c r="E25" s="8" t="s">
         <v>64</v>
       </c>
       <c r="F25" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G25" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J25" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B26" s="7" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="8"/>
-      <c r="D26" s="14">
+      <c r="D26" s="7">
         <v>2.2200000000000002</v>
       </c>
-      <c r="E26" s="15" t="s">
+      <c r="E26" s="8" t="s">
         <v>65</v>
       </c>
       <c r="F26" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J26" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>53</v>
       </c>
       <c r="C27" s="8"/>
-      <c r="D27" s="14">
+      <c r="D27" s="7">
         <v>606.89</v>
       </c>
-      <c r="E27" s="15" t="s">
+      <c r="E27" s="8" t="s">
         <v>66</v>
       </c>
       <c r="F27" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G27" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J27" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>54</v>
       </c>
       <c r="C28" s="8"/>
-      <c r="D28" s="14">
+      <c r="D28" s="7">
         <v>313.33999999999997</v>
       </c>
-      <c r="E28" s="15" t="s">
+      <c r="E28" s="8" t="s">
         <v>67</v>
       </c>
       <c r="F28" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G28" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J28" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>55</v>
       </c>
       <c r="C29" s="8"/>
-      <c r="D29" s="14">
+      <c r="D29" s="7">
         <v>96</v>
       </c>
-      <c r="E29" s="15" t="s">
+      <c r="E29" s="8" t="s">
         <v>68</v>
       </c>
       <c r="F29" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G29" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J29" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>56</v>
       </c>
       <c r="C30" s="8"/>
-      <c r="D30" s="14">
+      <c r="D30" s="7">
         <v>1336.79</v>
       </c>
-      <c r="E30" s="15" t="s">
+      <c r="E30" s="8" t="s">
         <v>69</v>
       </c>
       <c r="F30" s="11" t="s">
         <v>14</v>
       </c>
       <c r="G30" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="11" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="8" t="s">
         <v>17</v>
       </c>
       <c r="J30" s="8" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A31" s="20" t="s">
+      <c r="A31" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B31" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="B31" s="21" t="s">
+      <c r="C31" s="20"/>
+      <c r="D31" s="7">
+        <v>50.1</v>
+      </c>
+      <c r="E31" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="F31" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I31" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="J31" s="8" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B32" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="C31" s="22" t="s">
+      <c r="C32" s="20"/>
+      <c r="D32" s="7">
+        <v>27.49</v>
+      </c>
+      <c r="E32" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="F32" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I32" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="J32" s="8" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B33" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="D31" s="23">
+      <c r="C33" s="20"/>
+      <c r="D33" s="7">
+        <v>1586.8</v>
+      </c>
+      <c r="E33" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="F33" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="I33" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="J33" s="8" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B34" s="19" t="s">
+        <v>77</v>
+      </c>
+      <c r="C34" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="D34" s="7">
         <v>251908</v>
       </c>
-      <c r="E31" s="21" t="s">
-[...8 lines deleted...]
-      <c r="H31" s="22" t="s">
+      <c r="E34" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="F34" s="20" t="s">
+        <v>80</v>
+      </c>
+      <c r="G34" s="21" t="s">
+        <v>81</v>
+      </c>
+      <c r="H34" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="I34" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="J34" s="20" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I31" s="22" t="s">
-[...16 lines deleted...]
-      <c r="D32" s="23">
+      <c r="B35" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="C35" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="D35" s="7">
         <v>18461.7</v>
       </c>
-      <c r="E32" s="21" t="s">
+      <c r="E35" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="F35" s="20" t="s">
+        <v>80</v>
+      </c>
+      <c r="G35" s="21" t="s">
+        <v>81</v>
+      </c>
+      <c r="H35" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="I35" s="20" t="s">
         <v>78</v>
       </c>
-      <c r="F32" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H32" s="22" t="s">
+      <c r="J35" s="20" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I32" s="22" t="s">
-[...16 lines deleted...]
-      <c r="D33" s="23">
+      <c r="B36" s="25" t="s">
+        <v>85</v>
+      </c>
+      <c r="C36" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="D36" s="7">
         <v>9516.34</v>
       </c>
-      <c r="E33" s="21" t="s">
-[...2 lines deleted...]
-      <c r="F33" s="22" t="s">
+      <c r="E36" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="F36" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="G36" s="21" t="s">
         <v>81</v>
       </c>
-      <c r="G33" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H33" s="22" t="s">
+      <c r="H36" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="I36" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="J36" s="20" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I33" s="22" t="s">
-[...10 lines deleted...]
-      <c r="B34" s="25" t="s">
+      <c r="B37" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="C37" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="D37" s="7">
+        <v>6980.06</v>
+      </c>
+      <c r="E37" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="F37" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="G37" s="21" t="s">
+        <v>81</v>
+      </c>
+      <c r="H37" s="20" t="s">
         <v>82</v>
       </c>
-      <c r="C34" s="22" t="s">
-[...8 lines deleted...]
-      <c r="F34" s="22" t="s">
+      <c r="I37" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="J37" s="20" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B38" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="C38" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="D38" s="7">
+        <v>2298</v>
+      </c>
+      <c r="E38" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="F38" s="20" t="s">
+        <v>92</v>
+      </c>
+      <c r="G38" s="21" t="s">
         <v>81</v>
       </c>
-      <c r="G34" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H34" s="22" t="s">
+      <c r="H38" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="I38" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="J38" s="20" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I34" s="22" t="s">
-[...28 lines deleted...]
-      <c r="H35" s="22" t="s">
+      <c r="B39" s="19" t="s">
+        <v>93</v>
+      </c>
+      <c r="C39" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="D39" s="7">
+        <v>7464.74</v>
+      </c>
+      <c r="E39" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="F39" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="G39" s="21" t="s">
+        <v>81</v>
+      </c>
+      <c r="H39" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="I39" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="J39" s="20" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="I35" s="22" t="s">
-[...10 lines deleted...]
-      <c r="B36" s="21" t="s">
+      <c r="B40" s="19" t="s">
+        <v>94</v>
+      </c>
+      <c r="C40" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="D40" s="7">
+        <v>400.34</v>
+      </c>
+      <c r="E40" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="F40" s="20" t="s">
         <v>87</v>
       </c>
-      <c r="C36" s="22" t="s">
-[...8 lines deleted...]
-      <c r="F36" s="22" t="s">
+      <c r="G40" s="21" t="s">
         <v>81</v>
       </c>
-      <c r="G36" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H36" s="22" t="s">
+      <c r="H40" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="I40" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="J40" s="20" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="20" t="s">
         <v>76</v>
       </c>
-      <c r="I36" s="22" t="s">
-[...22 lines deleted...]
-      <c r="F37" s="22" t="s">
+      <c r="B41" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="C41" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="D41" s="7">
+        <v>3911.2</v>
+      </c>
+      <c r="E41" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="F41" s="20" t="s">
+        <v>92</v>
+      </c>
+      <c r="G41" s="21" t="s">
         <v>81</v>
       </c>
-      <c r="G37" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H37" s="22" t="s">
+      <c r="H41" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="I41" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="J41" s="20" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="20" t="s">
         <v>76</v>
       </c>
-      <c r="I37" s="22" t="s">
-[...19 lines deleted...]
-      <c r="E38" s="21" t="s">
+      <c r="B42" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="C42" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="D42" s="7">
+        <v>518.25</v>
+      </c>
+      <c r="E42" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="F42" s="20" t="s">
+        <v>100</v>
+      </c>
+      <c r="G42" s="21" t="s">
+        <v>81</v>
+      </c>
+      <c r="H42" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="I42" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="J42" s="20" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" s="13" customFormat="1" ht="56.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="B43" s="19" t="s">
+        <v>101</v>
+      </c>
+      <c r="C43" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="D43" s="7">
+        <v>3538</v>
+      </c>
+      <c r="E43" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="F43" s="20" t="s">
         <v>92</v>
       </c>
-      <c r="F38" s="22" t="s">
-[...113 lines deleted...]
-      <c r="J43" s="8"/>
+      <c r="G43" s="21" t="s">
+        <v>81</v>
+      </c>
+      <c r="H43" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="I43" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="J43" s="20" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="44" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A44" s="11"/>
       <c r="B44" s="7"/>
       <c r="C44" s="8"/>
       <c r="D44" s="9"/>
       <c r="E44" s="10"/>
       <c r="F44" s="11"/>
       <c r="G44" s="12"/>
       <c r="H44" s="11"/>
       <c r="I44" s="11"/>
       <c r="J44" s="11"/>
     </row>
     <row r="45" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A45" s="11"/>
       <c r="B45" s="7"/>
       <c r="C45" s="8"/>
       <c r="D45" s="9"/>
       <c r="E45" s="10"/>
       <c r="F45" s="11"/>
       <c r="G45" s="12"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
     </row>
@@ -2985,837 +3052,837 @@
     <row r="99" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A99" s="11"/>
       <c r="B99" s="7"/>
       <c r="C99" s="8"/>
       <c r="D99" s="9"/>
       <c r="E99" s="10"/>
       <c r="F99" s="11"/>
       <c r="G99" s="12"/>
       <c r="H99" s="11"/>
       <c r="I99" s="11"/>
       <c r="J99" s="11"/>
     </row>
     <row r="100" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
       <c r="A100" s="11"/>
       <c r="B100" s="7"/>
       <c r="C100" s="8"/>
       <c r="D100" s="9"/>
       <c r="E100" s="10"/>
       <c r="F100" s="11"/>
       <c r="G100" s="12"/>
       <c r="H100" s="11"/>
       <c r="I100" s="11"/>
       <c r="J100" s="11"/>
     </row>
     <row r="101" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A101" s="16"/>
-[...4 lines deleted...]
-      <c r="F101" s="19"/>
+      <c r="A101" s="14"/>
+      <c r="B101" s="14"/>
+      <c r="C101" s="15"/>
+      <c r="D101" s="16"/>
+      <c r="E101" s="15"/>
+      <c r="F101" s="17"/>
       <c r="G101" s="12"/>
-      <c r="H101" s="16"/>
-[...1 lines deleted...]
-      <c r="J101" s="16"/>
+      <c r="H101" s="14"/>
+      <c r="I101" s="14"/>
+      <c r="J101" s="14"/>
     </row>
     <row r="102" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A102" s="16"/>
-[...4 lines deleted...]
-      <c r="F102" s="19"/>
+      <c r="A102" s="14"/>
+      <c r="B102" s="14"/>
+      <c r="C102" s="15"/>
+      <c r="D102" s="16"/>
+      <c r="E102" s="15"/>
+      <c r="F102" s="17"/>
       <c r="G102" s="12"/>
-      <c r="H102" s="16"/>
-[...1 lines deleted...]
-      <c r="J102" s="16"/>
+      <c r="H102" s="14"/>
+      <c r="I102" s="14"/>
+      <c r="J102" s="14"/>
     </row>
     <row r="103" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A103" s="16"/>
-[...4 lines deleted...]
-      <c r="F103" s="19"/>
+      <c r="A103" s="14"/>
+      <c r="B103" s="14"/>
+      <c r="C103" s="15"/>
+      <c r="D103" s="16"/>
+      <c r="E103" s="15"/>
+      <c r="F103" s="17"/>
       <c r="G103" s="12"/>
-      <c r="H103" s="16"/>
-[...1 lines deleted...]
-      <c r="J103" s="16"/>
+      <c r="H103" s="14"/>
+      <c r="I103" s="14"/>
+      <c r="J103" s="14"/>
     </row>
     <row r="104" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A104" s="16"/>
-[...4 lines deleted...]
-      <c r="F104" s="19"/>
+      <c r="A104" s="14"/>
+      <c r="B104" s="14"/>
+      <c r="C104" s="15"/>
+      <c r="D104" s="16"/>
+      <c r="E104" s="15"/>
+      <c r="F104" s="17"/>
       <c r="G104" s="12"/>
-      <c r="H104" s="16"/>
-[...1 lines deleted...]
-      <c r="J104" s="16"/>
+      <c r="H104" s="14"/>
+      <c r="I104" s="14"/>
+      <c r="J104" s="14"/>
     </row>
     <row r="105" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A105" s="16"/>
-[...4 lines deleted...]
-      <c r="F105" s="19"/>
+      <c r="A105" s="14"/>
+      <c r="B105" s="14"/>
+      <c r="C105" s="15"/>
+      <c r="D105" s="16"/>
+      <c r="E105" s="15"/>
+      <c r="F105" s="17"/>
       <c r="G105" s="12"/>
-      <c r="H105" s="16"/>
-[...1 lines deleted...]
-      <c r="J105" s="16"/>
+      <c r="H105" s="14"/>
+      <c r="I105" s="14"/>
+      <c r="J105" s="14"/>
     </row>
     <row r="106" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A106" s="16"/>
-[...4 lines deleted...]
-      <c r="F106" s="19"/>
+      <c r="A106" s="14"/>
+      <c r="B106" s="14"/>
+      <c r="C106" s="15"/>
+      <c r="D106" s="16"/>
+      <c r="E106" s="15"/>
+      <c r="F106" s="17"/>
       <c r="G106" s="12"/>
-      <c r="H106" s="16"/>
-[...1 lines deleted...]
-      <c r="J106" s="16"/>
+      <c r="H106" s="14"/>
+      <c r="I106" s="14"/>
+      <c r="J106" s="14"/>
     </row>
     <row r="107" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A107" s="16"/>
-[...4 lines deleted...]
-      <c r="F107" s="19"/>
+      <c r="A107" s="14"/>
+      <c r="B107" s="14"/>
+      <c r="C107" s="15"/>
+      <c r="D107" s="16"/>
+      <c r="E107" s="15"/>
+      <c r="F107" s="17"/>
       <c r="G107" s="12"/>
-      <c r="H107" s="16"/>
-[...1 lines deleted...]
-      <c r="J107" s="16"/>
+      <c r="H107" s="14"/>
+      <c r="I107" s="14"/>
+      <c r="J107" s="14"/>
     </row>
     <row r="108" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A108" s="16"/>
-[...4 lines deleted...]
-      <c r="F108" s="19"/>
+      <c r="A108" s="14"/>
+      <c r="B108" s="14"/>
+      <c r="C108" s="15"/>
+      <c r="D108" s="16"/>
+      <c r="E108" s="15"/>
+      <c r="F108" s="17"/>
       <c r="G108" s="12"/>
-      <c r="H108" s="16"/>
-[...1 lines deleted...]
-      <c r="J108" s="16"/>
+      <c r="H108" s="14"/>
+      <c r="I108" s="14"/>
+      <c r="J108" s="14"/>
     </row>
     <row r="109" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A109" s="16"/>
-[...4 lines deleted...]
-      <c r="F109" s="19"/>
+      <c r="A109" s="14"/>
+      <c r="B109" s="14"/>
+      <c r="C109" s="15"/>
+      <c r="D109" s="16"/>
+      <c r="E109" s="15"/>
+      <c r="F109" s="17"/>
       <c r="G109" s="12"/>
-      <c r="H109" s="16"/>
-[...1 lines deleted...]
-      <c r="J109" s="16"/>
+      <c r="H109" s="14"/>
+      <c r="I109" s="14"/>
+      <c r="J109" s="14"/>
     </row>
     <row r="110" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A110" s="16"/>
-[...4 lines deleted...]
-      <c r="F110" s="19"/>
+      <c r="A110" s="14"/>
+      <c r="B110" s="14"/>
+      <c r="C110" s="15"/>
+      <c r="D110" s="16"/>
+      <c r="E110" s="15"/>
+      <c r="F110" s="17"/>
       <c r="G110" s="12"/>
-      <c r="H110" s="16"/>
-[...1 lines deleted...]
-      <c r="J110" s="16"/>
+      <c r="H110" s="14"/>
+      <c r="I110" s="14"/>
+      <c r="J110" s="14"/>
     </row>
     <row r="111" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A111" s="16"/>
-[...4 lines deleted...]
-      <c r="F111" s="19"/>
+      <c r="A111" s="14"/>
+      <c r="B111" s="14"/>
+      <c r="C111" s="15"/>
+      <c r="D111" s="16"/>
+      <c r="E111" s="15"/>
+      <c r="F111" s="17"/>
       <c r="G111" s="12"/>
-      <c r="H111" s="16"/>
-[...1 lines deleted...]
-      <c r="J111" s="16"/>
+      <c r="H111" s="14"/>
+      <c r="I111" s="14"/>
+      <c r="J111" s="14"/>
     </row>
     <row r="112" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A112" s="16"/>
-[...4 lines deleted...]
-      <c r="F112" s="19"/>
+      <c r="A112" s="14"/>
+      <c r="B112" s="14"/>
+      <c r="C112" s="15"/>
+      <c r="D112" s="16"/>
+      <c r="E112" s="15"/>
+      <c r="F112" s="17"/>
       <c r="G112" s="12"/>
-      <c r="H112" s="16"/>
-[...1 lines deleted...]
-      <c r="J112" s="16"/>
+      <c r="H112" s="14"/>
+      <c r="I112" s="14"/>
+      <c r="J112" s="14"/>
     </row>
     <row r="113" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A113" s="16"/>
-[...4 lines deleted...]
-      <c r="F113" s="19"/>
+      <c r="A113" s="14"/>
+      <c r="B113" s="14"/>
+      <c r="C113" s="15"/>
+      <c r="D113" s="16"/>
+      <c r="E113" s="15"/>
+      <c r="F113" s="17"/>
       <c r="G113" s="12"/>
-      <c r="H113" s="16"/>
-[...1 lines deleted...]
-      <c r="J113" s="16"/>
+      <c r="H113" s="14"/>
+      <c r="I113" s="14"/>
+      <c r="J113" s="14"/>
     </row>
     <row r="114" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A114" s="16"/>
-[...4 lines deleted...]
-      <c r="F114" s="19"/>
+      <c r="A114" s="14"/>
+      <c r="B114" s="14"/>
+      <c r="C114" s="15"/>
+      <c r="D114" s="16"/>
+      <c r="E114" s="15"/>
+      <c r="F114" s="17"/>
       <c r="G114" s="12"/>
-      <c r="H114" s="16"/>
-[...1 lines deleted...]
-      <c r="J114" s="16"/>
+      <c r="H114" s="14"/>
+      <c r="I114" s="14"/>
+      <c r="J114" s="14"/>
     </row>
     <row r="115" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A115" s="16"/>
-[...4 lines deleted...]
-      <c r="F115" s="19"/>
+      <c r="A115" s="14"/>
+      <c r="B115" s="14"/>
+      <c r="C115" s="15"/>
+      <c r="D115" s="16"/>
+      <c r="E115" s="15"/>
+      <c r="F115" s="17"/>
       <c r="G115" s="12"/>
-      <c r="H115" s="16"/>
-[...1 lines deleted...]
-      <c r="J115" s="16"/>
+      <c r="H115" s="14"/>
+      <c r="I115" s="14"/>
+      <c r="J115" s="14"/>
     </row>
     <row r="116" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A116" s="16"/>
-[...4 lines deleted...]
-      <c r="F116" s="19"/>
+      <c r="A116" s="14"/>
+      <c r="B116" s="14"/>
+      <c r="C116" s="15"/>
+      <c r="D116" s="16"/>
+      <c r="E116" s="15"/>
+      <c r="F116" s="17"/>
       <c r="G116" s="12"/>
-      <c r="H116" s="16"/>
-[...1 lines deleted...]
-      <c r="J116" s="16"/>
+      <c r="H116" s="14"/>
+      <c r="I116" s="14"/>
+      <c r="J116" s="14"/>
     </row>
     <row r="117" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A117" s="16"/>
-[...4 lines deleted...]
-      <c r="F117" s="19"/>
+      <c r="A117" s="14"/>
+      <c r="B117" s="14"/>
+      <c r="C117" s="15"/>
+      <c r="D117" s="16"/>
+      <c r="E117" s="15"/>
+      <c r="F117" s="17"/>
       <c r="G117" s="12"/>
-      <c r="H117" s="16"/>
-[...1 lines deleted...]
-      <c r="J117" s="16"/>
+      <c r="H117" s="14"/>
+      <c r="I117" s="14"/>
+      <c r="J117" s="14"/>
     </row>
     <row r="118" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A118" s="16"/>
-[...4 lines deleted...]
-      <c r="F118" s="19"/>
+      <c r="A118" s="14"/>
+      <c r="B118" s="14"/>
+      <c r="C118" s="15"/>
+      <c r="D118" s="16"/>
+      <c r="E118" s="15"/>
+      <c r="F118" s="17"/>
       <c r="G118" s="12"/>
-      <c r="H118" s="16"/>
-[...1 lines deleted...]
-      <c r="J118" s="16"/>
+      <c r="H118" s="14"/>
+      <c r="I118" s="14"/>
+      <c r="J118" s="14"/>
     </row>
     <row r="119" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A119" s="16"/>
-[...4 lines deleted...]
-      <c r="F119" s="19"/>
+      <c r="A119" s="14"/>
+      <c r="B119" s="14"/>
+      <c r="C119" s="15"/>
+      <c r="D119" s="16"/>
+      <c r="E119" s="15"/>
+      <c r="F119" s="17"/>
       <c r="G119" s="12"/>
-      <c r="H119" s="16"/>
-[...1 lines deleted...]
-      <c r="J119" s="16"/>
+      <c r="H119" s="14"/>
+      <c r="I119" s="14"/>
+      <c r="J119" s="14"/>
     </row>
     <row r="120" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A120" s="16"/>
-[...4 lines deleted...]
-      <c r="F120" s="19"/>
+      <c r="A120" s="14"/>
+      <c r="B120" s="14"/>
+      <c r="C120" s="15"/>
+      <c r="D120" s="16"/>
+      <c r="E120" s="15"/>
+      <c r="F120" s="17"/>
       <c r="G120" s="12"/>
-      <c r="H120" s="16"/>
-[...1 lines deleted...]
-      <c r="J120" s="16"/>
+      <c r="H120" s="14"/>
+      <c r="I120" s="14"/>
+      <c r="J120" s="14"/>
     </row>
     <row r="121" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A121" s="16"/>
-[...4 lines deleted...]
-      <c r="F121" s="19"/>
+      <c r="A121" s="14"/>
+      <c r="B121" s="14"/>
+      <c r="C121" s="15"/>
+      <c r="D121" s="16"/>
+      <c r="E121" s="15"/>
+      <c r="F121" s="17"/>
       <c r="G121" s="12"/>
-      <c r="H121" s="16"/>
-[...1 lines deleted...]
-      <c r="J121" s="16"/>
+      <c r="H121" s="14"/>
+      <c r="I121" s="14"/>
+      <c r="J121" s="14"/>
     </row>
     <row r="122" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A122" s="16"/>
-[...4 lines deleted...]
-      <c r="F122" s="19"/>
+      <c r="A122" s="14"/>
+      <c r="B122" s="14"/>
+      <c r="C122" s="15"/>
+      <c r="D122" s="16"/>
+      <c r="E122" s="15"/>
+      <c r="F122" s="17"/>
       <c r="G122" s="12"/>
-      <c r="H122" s="16"/>
-[...1 lines deleted...]
-      <c r="J122" s="16"/>
+      <c r="H122" s="14"/>
+      <c r="I122" s="14"/>
+      <c r="J122" s="14"/>
     </row>
     <row r="123" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A123" s="16"/>
-[...4 lines deleted...]
-      <c r="F123" s="19"/>
+      <c r="A123" s="14"/>
+      <c r="B123" s="14"/>
+      <c r="C123" s="15"/>
+      <c r="D123" s="16"/>
+      <c r="E123" s="15"/>
+      <c r="F123" s="17"/>
       <c r="G123" s="12"/>
-      <c r="H123" s="16"/>
-[...1 lines deleted...]
-      <c r="J123" s="16"/>
+      <c r="H123" s="14"/>
+      <c r="I123" s="14"/>
+      <c r="J123" s="14"/>
     </row>
     <row r="124" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A124" s="16"/>
-[...4 lines deleted...]
-      <c r="F124" s="19"/>
+      <c r="A124" s="14"/>
+      <c r="B124" s="14"/>
+      <c r="C124" s="15"/>
+      <c r="D124" s="16"/>
+      <c r="E124" s="15"/>
+      <c r="F124" s="17"/>
       <c r="G124" s="12"/>
-      <c r="H124" s="16"/>
-[...1 lines deleted...]
-      <c r="J124" s="16"/>
+      <c r="H124" s="14"/>
+      <c r="I124" s="14"/>
+      <c r="J124" s="14"/>
     </row>
     <row r="125" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A125" s="16"/>
-[...4 lines deleted...]
-      <c r="F125" s="19"/>
+      <c r="A125" s="14"/>
+      <c r="B125" s="14"/>
+      <c r="C125" s="15"/>
+      <c r="D125" s="16"/>
+      <c r="E125" s="15"/>
+      <c r="F125" s="17"/>
       <c r="G125" s="12"/>
-      <c r="H125" s="16"/>
-[...1 lines deleted...]
-      <c r="J125" s="16"/>
+      <c r="H125" s="14"/>
+      <c r="I125" s="14"/>
+      <c r="J125" s="14"/>
     </row>
     <row r="126" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A126" s="16"/>
-[...4 lines deleted...]
-      <c r="F126" s="19"/>
+      <c r="A126" s="14"/>
+      <c r="B126" s="14"/>
+      <c r="C126" s="15"/>
+      <c r="D126" s="16"/>
+      <c r="E126" s="15"/>
+      <c r="F126" s="17"/>
       <c r="G126" s="12"/>
-      <c r="H126" s="16"/>
-[...1 lines deleted...]
-      <c r="J126" s="16"/>
+      <c r="H126" s="14"/>
+      <c r="I126" s="14"/>
+      <c r="J126" s="14"/>
     </row>
     <row r="127" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A127" s="16"/>
-[...4 lines deleted...]
-      <c r="F127" s="19"/>
+      <c r="A127" s="14"/>
+      <c r="B127" s="14"/>
+      <c r="C127" s="15"/>
+      <c r="D127" s="16"/>
+      <c r="E127" s="15"/>
+      <c r="F127" s="17"/>
       <c r="G127" s="12"/>
-      <c r="H127" s="16"/>
-[...1 lines deleted...]
-      <c r="J127" s="16"/>
+      <c r="H127" s="14"/>
+      <c r="I127" s="14"/>
+      <c r="J127" s="14"/>
     </row>
     <row r="128" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A128" s="16"/>
-[...4 lines deleted...]
-      <c r="F128" s="19"/>
+      <c r="A128" s="14"/>
+      <c r="B128" s="14"/>
+      <c r="C128" s="15"/>
+      <c r="D128" s="16"/>
+      <c r="E128" s="15"/>
+      <c r="F128" s="17"/>
       <c r="G128" s="12"/>
-      <c r="H128" s="16"/>
-[...1 lines deleted...]
-      <c r="J128" s="16"/>
+      <c r="H128" s="14"/>
+      <c r="I128" s="14"/>
+      <c r="J128" s="14"/>
     </row>
     <row r="129" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A129" s="16"/>
-[...4 lines deleted...]
-      <c r="F129" s="19"/>
+      <c r="A129" s="14"/>
+      <c r="B129" s="14"/>
+      <c r="C129" s="15"/>
+      <c r="D129" s="16"/>
+      <c r="E129" s="15"/>
+      <c r="F129" s="17"/>
       <c r="G129" s="12"/>
-      <c r="H129" s="16"/>
-[...1 lines deleted...]
-      <c r="J129" s="16"/>
+      <c r="H129" s="14"/>
+      <c r="I129" s="14"/>
+      <c r="J129" s="14"/>
     </row>
     <row r="130" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A130" s="16"/>
-[...4 lines deleted...]
-      <c r="F130" s="19"/>
+      <c r="A130" s="14"/>
+      <c r="B130" s="14"/>
+      <c r="C130" s="15"/>
+      <c r="D130" s="16"/>
+      <c r="E130" s="15"/>
+      <c r="F130" s="17"/>
       <c r="G130" s="12"/>
-      <c r="H130" s="16"/>
-[...1 lines deleted...]
-      <c r="J130" s="16"/>
+      <c r="H130" s="14"/>
+      <c r="I130" s="14"/>
+      <c r="J130" s="14"/>
     </row>
     <row r="131" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A131" s="16"/>
-[...4 lines deleted...]
-      <c r="F131" s="19"/>
+      <c r="A131" s="14"/>
+      <c r="B131" s="14"/>
+      <c r="C131" s="15"/>
+      <c r="D131" s="16"/>
+      <c r="E131" s="15"/>
+      <c r="F131" s="17"/>
       <c r="G131" s="12"/>
-      <c r="H131" s="16"/>
-[...1 lines deleted...]
-      <c r="J131" s="16"/>
+      <c r="H131" s="14"/>
+      <c r="I131" s="14"/>
+      <c r="J131" s="14"/>
     </row>
     <row r="132" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A132" s="16"/>
-[...4 lines deleted...]
-      <c r="F132" s="19"/>
+      <c r="A132" s="14"/>
+      <c r="B132" s="14"/>
+      <c r="C132" s="15"/>
+      <c r="D132" s="16"/>
+      <c r="E132" s="15"/>
+      <c r="F132" s="17"/>
       <c r="G132" s="12"/>
-      <c r="H132" s="16"/>
-[...1 lines deleted...]
-      <c r="J132" s="16"/>
+      <c r="H132" s="14"/>
+      <c r="I132" s="14"/>
+      <c r="J132" s="14"/>
     </row>
     <row r="133" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A133" s="16"/>
-[...4 lines deleted...]
-      <c r="F133" s="19"/>
+      <c r="A133" s="14"/>
+      <c r="B133" s="14"/>
+      <c r="C133" s="15"/>
+      <c r="D133" s="16"/>
+      <c r="E133" s="15"/>
+      <c r="F133" s="17"/>
       <c r="G133" s="12"/>
-      <c r="H133" s="16"/>
-[...1 lines deleted...]
-      <c r="J133" s="16"/>
+      <c r="H133" s="14"/>
+      <c r="I133" s="14"/>
+      <c r="J133" s="14"/>
     </row>
     <row r="134" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A134" s="16"/>
-[...4 lines deleted...]
-      <c r="F134" s="19"/>
+      <c r="A134" s="14"/>
+      <c r="B134" s="14"/>
+      <c r="C134" s="15"/>
+      <c r="D134" s="16"/>
+      <c r="E134" s="15"/>
+      <c r="F134" s="17"/>
       <c r="G134" s="12"/>
-      <c r="H134" s="16"/>
-[...1 lines deleted...]
-      <c r="J134" s="16"/>
+      <c r="H134" s="14"/>
+      <c r="I134" s="14"/>
+      <c r="J134" s="14"/>
     </row>
     <row r="135" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A135" s="16"/>
-[...4 lines deleted...]
-      <c r="F135" s="19"/>
+      <c r="A135" s="14"/>
+      <c r="B135" s="14"/>
+      <c r="C135" s="15"/>
+      <c r="D135" s="16"/>
+      <c r="E135" s="15"/>
+      <c r="F135" s="17"/>
       <c r="G135" s="12"/>
-      <c r="H135" s="16"/>
-[...1 lines deleted...]
-      <c r="J135" s="16"/>
+      <c r="H135" s="14"/>
+      <c r="I135" s="14"/>
+      <c r="J135" s="14"/>
     </row>
     <row r="136" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A136" s="16"/>
-[...4 lines deleted...]
-      <c r="F136" s="19"/>
+      <c r="A136" s="14"/>
+      <c r="B136" s="14"/>
+      <c r="C136" s="15"/>
+      <c r="D136" s="16"/>
+      <c r="E136" s="15"/>
+      <c r="F136" s="17"/>
       <c r="G136" s="12"/>
-      <c r="H136" s="16"/>
-[...1 lines deleted...]
-      <c r="J136" s="16"/>
+      <c r="H136" s="14"/>
+      <c r="I136" s="14"/>
+      <c r="J136" s="14"/>
     </row>
     <row r="137" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A137" s="16"/>
-[...4 lines deleted...]
-      <c r="F137" s="19"/>
+      <c r="A137" s="14"/>
+      <c r="B137" s="14"/>
+      <c r="C137" s="15"/>
+      <c r="D137" s="16"/>
+      <c r="E137" s="15"/>
+      <c r="F137" s="17"/>
       <c r="G137" s="12"/>
-      <c r="H137" s="16"/>
-[...1 lines deleted...]
-      <c r="J137" s="16"/>
+      <c r="H137" s="14"/>
+      <c r="I137" s="14"/>
+      <c r="J137" s="14"/>
     </row>
     <row r="138" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A138" s="16"/>
-[...4 lines deleted...]
-      <c r="F138" s="19"/>
+      <c r="A138" s="14"/>
+      <c r="B138" s="14"/>
+      <c r="C138" s="15"/>
+      <c r="D138" s="16"/>
+      <c r="E138" s="15"/>
+      <c r="F138" s="17"/>
       <c r="G138" s="12"/>
-      <c r="H138" s="16"/>
-[...1 lines deleted...]
-      <c r="J138" s="16"/>
+      <c r="H138" s="14"/>
+      <c r="I138" s="14"/>
+      <c r="J138" s="14"/>
     </row>
     <row r="139" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A139" s="16"/>
-[...4 lines deleted...]
-      <c r="F139" s="19"/>
+      <c r="A139" s="14"/>
+      <c r="B139" s="14"/>
+      <c r="C139" s="15"/>
+      <c r="D139" s="16"/>
+      <c r="E139" s="15"/>
+      <c r="F139" s="17"/>
       <c r="G139" s="12"/>
-      <c r="H139" s="16"/>
-[...1 lines deleted...]
-      <c r="J139" s="16"/>
+      <c r="H139" s="14"/>
+      <c r="I139" s="14"/>
+      <c r="J139" s="14"/>
     </row>
     <row r="140" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A140" s="16"/>
-[...4 lines deleted...]
-      <c r="F140" s="19"/>
+      <c r="A140" s="14"/>
+      <c r="B140" s="14"/>
+      <c r="C140" s="15"/>
+      <c r="D140" s="16"/>
+      <c r="E140" s="15"/>
+      <c r="F140" s="17"/>
       <c r="G140" s="12"/>
-      <c r="H140" s="16"/>
-[...1 lines deleted...]
-      <c r="J140" s="16"/>
+      <c r="H140" s="14"/>
+      <c r="I140" s="14"/>
+      <c r="J140" s="14"/>
     </row>
     <row r="141" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A141" s="16"/>
-[...4 lines deleted...]
-      <c r="F141" s="19"/>
+      <c r="A141" s="14"/>
+      <c r="B141" s="14"/>
+      <c r="C141" s="15"/>
+      <c r="D141" s="16"/>
+      <c r="E141" s="15"/>
+      <c r="F141" s="17"/>
       <c r="G141" s="12"/>
-      <c r="H141" s="16"/>
-[...1 lines deleted...]
-      <c r="J141" s="16"/>
+      <c r="H141" s="14"/>
+      <c r="I141" s="14"/>
+      <c r="J141" s="14"/>
     </row>
     <row r="142" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A142" s="16"/>
-[...4 lines deleted...]
-      <c r="F142" s="19"/>
+      <c r="A142" s="14"/>
+      <c r="B142" s="14"/>
+      <c r="C142" s="15"/>
+      <c r="D142" s="16"/>
+      <c r="E142" s="15"/>
+      <c r="F142" s="17"/>
       <c r="G142" s="12"/>
-      <c r="H142" s="16"/>
-[...1 lines deleted...]
-      <c r="J142" s="16"/>
+      <c r="H142" s="14"/>
+      <c r="I142" s="14"/>
+      <c r="J142" s="14"/>
     </row>
     <row r="143" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A143" s="16"/>
-[...4 lines deleted...]
-      <c r="F143" s="19"/>
+      <c r="A143" s="14"/>
+      <c r="B143" s="14"/>
+      <c r="C143" s="15"/>
+      <c r="D143" s="16"/>
+      <c r="E143" s="15"/>
+      <c r="F143" s="17"/>
       <c r="G143" s="12"/>
-      <c r="H143" s="16"/>
-[...1 lines deleted...]
-      <c r="J143" s="16"/>
+      <c r="H143" s="14"/>
+      <c r="I143" s="14"/>
+      <c r="J143" s="14"/>
     </row>
     <row r="144" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A144" s="16"/>
-[...4 lines deleted...]
-      <c r="F144" s="19"/>
+      <c r="A144" s="14"/>
+      <c r="B144" s="14"/>
+      <c r="C144" s="15"/>
+      <c r="D144" s="16"/>
+      <c r="E144" s="15"/>
+      <c r="F144" s="17"/>
       <c r="G144" s="12"/>
-      <c r="H144" s="16"/>
-[...1 lines deleted...]
-      <c r="J144" s="16"/>
+      <c r="H144" s="14"/>
+      <c r="I144" s="14"/>
+      <c r="J144" s="14"/>
     </row>
     <row r="145" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A145" s="16"/>
-[...4 lines deleted...]
-      <c r="F145" s="19"/>
+      <c r="A145" s="14"/>
+      <c r="B145" s="14"/>
+      <c r="C145" s="15"/>
+      <c r="D145" s="16"/>
+      <c r="E145" s="15"/>
+      <c r="F145" s="17"/>
       <c r="G145" s="12"/>
-      <c r="H145" s="16"/>
-[...1 lines deleted...]
-      <c r="J145" s="16"/>
+      <c r="H145" s="14"/>
+      <c r="I145" s="14"/>
+      <c r="J145" s="14"/>
     </row>
     <row r="146" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A146" s="16"/>
-[...4 lines deleted...]
-      <c r="F146" s="19"/>
+      <c r="A146" s="14"/>
+      <c r="B146" s="14"/>
+      <c r="C146" s="15"/>
+      <c r="D146" s="16"/>
+      <c r="E146" s="15"/>
+      <c r="F146" s="17"/>
       <c r="G146" s="12"/>
-      <c r="H146" s="16"/>
-[...1 lines deleted...]
-      <c r="J146" s="16"/>
+      <c r="H146" s="14"/>
+      <c r="I146" s="14"/>
+      <c r="J146" s="14"/>
     </row>
     <row r="147" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A147" s="16"/>
-[...4 lines deleted...]
-      <c r="F147" s="19"/>
+      <c r="A147" s="14"/>
+      <c r="B147" s="14"/>
+      <c r="C147" s="15"/>
+      <c r="D147" s="16"/>
+      <c r="E147" s="15"/>
+      <c r="F147" s="17"/>
       <c r="G147" s="12"/>
-      <c r="H147" s="16"/>
-[...1 lines deleted...]
-      <c r="J147" s="16"/>
+      <c r="H147" s="14"/>
+      <c r="I147" s="14"/>
+      <c r="J147" s="14"/>
     </row>
     <row r="148" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A148" s="16"/>
-[...4 lines deleted...]
-      <c r="F148" s="19"/>
+      <c r="A148" s="14"/>
+      <c r="B148" s="14"/>
+      <c r="C148" s="15"/>
+      <c r="D148" s="16"/>
+      <c r="E148" s="15"/>
+      <c r="F148" s="17"/>
       <c r="G148" s="12"/>
-      <c r="H148" s="16"/>
-[...1 lines deleted...]
-      <c r="J148" s="16"/>
+      <c r="H148" s="14"/>
+      <c r="I148" s="14"/>
+      <c r="J148" s="14"/>
     </row>
     <row r="149" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A149" s="16"/>
-[...4 lines deleted...]
-      <c r="F149" s="19"/>
+      <c r="A149" s="14"/>
+      <c r="B149" s="14"/>
+      <c r="C149" s="15"/>
+      <c r="D149" s="16"/>
+      <c r="E149" s="15"/>
+      <c r="F149" s="17"/>
       <c r="G149" s="12"/>
-      <c r="H149" s="16"/>
-[...1 lines deleted...]
-      <c r="J149" s="16"/>
+      <c r="H149" s="14"/>
+      <c r="I149" s="14"/>
+      <c r="J149" s="14"/>
     </row>
     <row r="150" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A150" s="16"/>
-[...4 lines deleted...]
-      <c r="F150" s="19"/>
+      <c r="A150" s="14"/>
+      <c r="B150" s="14"/>
+      <c r="C150" s="15"/>
+      <c r="D150" s="16"/>
+      <c r="E150" s="15"/>
+      <c r="F150" s="17"/>
       <c r="G150" s="12"/>
-      <c r="H150" s="16"/>
-[...1 lines deleted...]
-      <c r="J150" s="16"/>
+      <c r="H150" s="14"/>
+      <c r="I150" s="14"/>
+      <c r="J150" s="14"/>
     </row>
     <row r="151" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A151" s="16"/>
-[...4 lines deleted...]
-      <c r="F151" s="19"/>
+      <c r="A151" s="14"/>
+      <c r="B151" s="14"/>
+      <c r="C151" s="15"/>
+      <c r="D151" s="16"/>
+      <c r="E151" s="15"/>
+      <c r="F151" s="17"/>
       <c r="G151" s="12"/>
-      <c r="H151" s="16"/>
-[...1 lines deleted...]
-      <c r="J151" s="16"/>
+      <c r="H151" s="14"/>
+      <c r="I151" s="14"/>
+      <c r="J151" s="14"/>
     </row>
     <row r="152" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A152" s="16"/>
-[...4 lines deleted...]
-      <c r="F152" s="19"/>
+      <c r="A152" s="14"/>
+      <c r="B152" s="14"/>
+      <c r="C152" s="15"/>
+      <c r="D152" s="16"/>
+      <c r="E152" s="15"/>
+      <c r="F152" s="17"/>
       <c r="G152" s="12"/>
-      <c r="H152" s="16"/>
-[...1 lines deleted...]
-      <c r="J152" s="16"/>
+      <c r="H152" s="14"/>
+      <c r="I152" s="14"/>
+      <c r="J152" s="14"/>
     </row>
     <row r="153" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A153" s="16"/>
-[...4 lines deleted...]
-      <c r="F153" s="19"/>
+      <c r="A153" s="14"/>
+      <c r="B153" s="14"/>
+      <c r="C153" s="15"/>
+      <c r="D153" s="16"/>
+      <c r="E153" s="15"/>
+      <c r="F153" s="17"/>
       <c r="G153" s="12"/>
-      <c r="H153" s="16"/>
-[...1 lines deleted...]
-      <c r="J153" s="16"/>
+      <c r="H153" s="14"/>
+      <c r="I153" s="14"/>
+      <c r="J153" s="14"/>
     </row>
     <row r="154" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A154" s="16"/>
-[...4 lines deleted...]
-      <c r="F154" s="19"/>
+      <c r="A154" s="14"/>
+      <c r="B154" s="14"/>
+      <c r="C154" s="15"/>
+      <c r="D154" s="16"/>
+      <c r="E154" s="15"/>
+      <c r="F154" s="17"/>
       <c r="G154" s="12"/>
-      <c r="H154" s="16"/>
-[...1 lines deleted...]
-      <c r="J154" s="16"/>
+      <c r="H154" s="14"/>
+      <c r="I154" s="14"/>
+      <c r="J154" s="14"/>
     </row>
     <row r="155" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A155" s="16"/>
-[...4 lines deleted...]
-      <c r="F155" s="19"/>
+      <c r="A155" s="14"/>
+      <c r="B155" s="14"/>
+      <c r="C155" s="15"/>
+      <c r="D155" s="16"/>
+      <c r="E155" s="15"/>
+      <c r="F155" s="17"/>
       <c r="G155" s="12"/>
-      <c r="H155" s="16"/>
-[...1 lines deleted...]
-      <c r="J155" s="16"/>
+      <c r="H155" s="14"/>
+      <c r="I155" s="14"/>
+      <c r="J155" s="14"/>
     </row>
     <row r="156" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A156" s="16"/>
-[...4 lines deleted...]
-      <c r="F156" s="19"/>
+      <c r="A156" s="14"/>
+      <c r="B156" s="14"/>
+      <c r="C156" s="15"/>
+      <c r="D156" s="16"/>
+      <c r="E156" s="15"/>
+      <c r="F156" s="17"/>
       <c r="G156" s="12"/>
-      <c r="H156" s="16"/>
-[...1 lines deleted...]
-      <c r="J156" s="16"/>
+      <c r="H156" s="14"/>
+      <c r="I156" s="14"/>
+      <c r="J156" s="14"/>
     </row>
     <row r="157" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A157" s="16"/>
-[...4 lines deleted...]
-      <c r="F157" s="19"/>
+      <c r="A157" s="14"/>
+      <c r="B157" s="14"/>
+      <c r="C157" s="15"/>
+      <c r="D157" s="16"/>
+      <c r="E157" s="15"/>
+      <c r="F157" s="17"/>
       <c r="G157" s="12"/>
-      <c r="H157" s="16"/>
-[...1 lines deleted...]
-      <c r="J157" s="16"/>
+      <c r="H157" s="14"/>
+      <c r="I157" s="14"/>
+      <c r="J157" s="14"/>
     </row>
     <row r="158" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A158" s="16"/>
-[...4 lines deleted...]
-      <c r="F158" s="19"/>
+      <c r="A158" s="14"/>
+      <c r="B158" s="14"/>
+      <c r="C158" s="15"/>
+      <c r="D158" s="16"/>
+      <c r="E158" s="15"/>
+      <c r="F158" s="17"/>
       <c r="G158" s="12"/>
-      <c r="H158" s="16"/>
-[...1 lines deleted...]
-      <c r="J158" s="16"/>
+      <c r="H158" s="14"/>
+      <c r="I158" s="14"/>
+      <c r="J158" s="14"/>
     </row>
     <row r="159" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A159" s="16"/>
-[...4 lines deleted...]
-      <c r="F159" s="19"/>
+      <c r="A159" s="14"/>
+      <c r="B159" s="14"/>
+      <c r="C159" s="15"/>
+      <c r="D159" s="16"/>
+      <c r="E159" s="15"/>
+      <c r="F159" s="17"/>
       <c r="G159" s="12"/>
-      <c r="H159" s="16"/>
-[...1 lines deleted...]
-      <c r="J159" s="16"/>
+      <c r="H159" s="14"/>
+      <c r="I159" s="14"/>
+      <c r="J159" s="14"/>
     </row>
     <row r="160" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A160" s="16"/>
-[...4 lines deleted...]
-      <c r="F160" s="19"/>
+      <c r="A160" s="14"/>
+      <c r="B160" s="14"/>
+      <c r="C160" s="15"/>
+      <c r="D160" s="16"/>
+      <c r="E160" s="15"/>
+      <c r="F160" s="17"/>
       <c r="G160" s="12"/>
-      <c r="H160" s="16"/>
-[...1 lines deleted...]
-      <c r="J160" s="16"/>
+      <c r="H160" s="14"/>
+      <c r="I160" s="14"/>
+      <c r="J160" s="14"/>
     </row>
     <row r="161" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A161" s="16"/>
-[...4 lines deleted...]
-      <c r="F161" s="19"/>
+      <c r="A161" s="14"/>
+      <c r="B161" s="14"/>
+      <c r="C161" s="15"/>
+      <c r="D161" s="16"/>
+      <c r="E161" s="15"/>
+      <c r="F161" s="17"/>
       <c r="G161" s="12"/>
-      <c r="H161" s="16"/>
-[...1 lines deleted...]
-      <c r="J161" s="16"/>
+      <c r="H161" s="14"/>
+      <c r="I161" s="14"/>
+      <c r="J161" s="14"/>
     </row>
     <row r="162" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A162" s="16"/>
-[...4 lines deleted...]
-      <c r="F162" s="19"/>
+      <c r="A162" s="14"/>
+      <c r="B162" s="14"/>
+      <c r="C162" s="15"/>
+      <c r="D162" s="16"/>
+      <c r="E162" s="15"/>
+      <c r="F162" s="17"/>
       <c r="G162" s="12"/>
-      <c r="H162" s="16"/>
-[...1 lines deleted...]
-      <c r="J162" s="16"/>
+      <c r="H162" s="14"/>
+      <c r="I162" s="14"/>
+      <c r="J162" s="14"/>
     </row>
     <row r="163" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A163" s="16"/>
-[...4 lines deleted...]
-      <c r="F163" s="19"/>
+      <c r="A163" s="14"/>
+      <c r="B163" s="14"/>
+      <c r="C163" s="15"/>
+      <c r="D163" s="16"/>
+      <c r="E163" s="15"/>
+      <c r="F163" s="17"/>
       <c r="G163" s="12"/>
-      <c r="H163" s="16"/>
-[...1 lines deleted...]
-      <c r="J163" s="16"/>
+      <c r="H163" s="14"/>
+      <c r="I163" s="14"/>
+      <c r="J163" s="14"/>
     </row>
     <row r="164" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A164" s="16"/>
-[...4 lines deleted...]
-      <c r="F164" s="19"/>
+      <c r="A164" s="14"/>
+      <c r="B164" s="14"/>
+      <c r="C164" s="15"/>
+      <c r="D164" s="16"/>
+      <c r="E164" s="15"/>
+      <c r="F164" s="17"/>
       <c r="G164" s="12"/>
-      <c r="H164" s="16"/>
-[...1 lines deleted...]
-      <c r="J164" s="16"/>
+      <c r="H164" s="14"/>
+      <c r="I164" s="14"/>
+      <c r="J164" s="14"/>
     </row>
     <row r="165" spans="1:10" s="13" customFormat="1" ht="13" x14ac:dyDescent="0.35">
-      <c r="A165" s="16"/>
-[...4 lines deleted...]
-      <c r="F165" s="19"/>
+      <c r="A165" s="14"/>
+      <c r="B165" s="14"/>
+      <c r="C165" s="15"/>
+      <c r="D165" s="16"/>
+      <c r="E165" s="15"/>
+      <c r="F165" s="17"/>
       <c r="G165" s="12"/>
-      <c r="H165" s="16"/>
-[...1 lines deleted...]
-      <c r="J165" s="16"/>
+      <c r="H165" s="14"/>
+      <c r="I165" s="14"/>
+      <c r="J165" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
-  <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
-  <drawing r:id="rId1"/>
+  <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Foglio1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>