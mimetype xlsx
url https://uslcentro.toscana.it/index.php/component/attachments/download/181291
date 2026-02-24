--- v0 (2025-10-17)
+++ v1 (2026-02-24)
@@ -26,51 +26,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Tabella" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName function="false" hidden="false" localSheetId="0" name="_xlnm._FilterDatabase" vbProcedure="false">Tabella!$A$3:$L$152</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.0001"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="59">
   <si>
-    <t xml:space="preserve">TABELLA ATTI DI CONCESSIONE – PERIODO GENNAIO /LUGLIO  2025</t>
+    <t xml:space="preserve">TABELLA ATTI DI CONCESSIONE – PERIODO GENNAIO – DICEMBRE 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Devono  essere indicati tutti gli atti di concessione di sovvenzioni, contributi, sussidi ed ausili finanziari alle imprese e  comunque di  vantaggi economici di qualunque genere a persone ed enti pubblici e privati di qualsiasi importo</t>
   </si>
   <si>
     <t xml:space="preserve">Tipologia contributo o sovvenzione</t>
   </si>
   <si>
     <t xml:space="preserve">Soggetto beneficiario Persona Fisica/Ente/Impresa</t>
   </si>
   <si>
     <t xml:space="preserve">Dati fiscali (Solo in caso di Ente/Impresa)</t>
   </si>
   <si>
     <t xml:space="preserve">Importo del vantaggio economico corrisposto</t>
   </si>
   <si>
     <t xml:space="preserve">Atto di concessione della sovvenzione o contributo (n. e data dell'atto)</t>
   </si>
   <si>
     <t xml:space="preserve">Norma o titolo a base dell'attribuzione</t>
   </si>
   <si>
     <t xml:space="preserve">Ufficio e funzionario o dirigente responsabile del relativo procedimento amministrativo</t>
   </si>
@@ -103,150 +103,150 @@
     <t xml:space="preserve">MANIFESTEZIONE DI INTERESSE </t>
   </si>
   <si>
     <t xml:space="preserve">NON APPLICABILE  </t>
   </si>
   <si>
     <t xml:space="preserve"> RIMBORSO ASSICURAZIONE OBBLIGATORIA RCT PER OPERATORI ASSOCIAZIONE + RIMBORSO MATERIALE DI CONSUMO COME DA CONVEZNIONE </t>
   </si>
   <si>
     <t xml:space="preserve">AVO </t>
   </si>
   <si>
     <t xml:space="preserve">C4 2025/90</t>
   </si>
   <si>
     <t xml:space="preserve">NON APPLICABILE </t>
   </si>
   <si>
     <t xml:space="preserve">RIMBORSO SPESE SOSTENUTE E DOCUMENTATE DALL'ASSOCIAZIONE </t>
   </si>
   <si>
     <t xml:space="preserve">ASS.CA </t>
   </si>
   <si>
     <t xml:space="preserve">C2 2025/180                      
- C2 2025/225</t>
+C2 2025/225                      C2 2025 417 </t>
   </si>
   <si>
     <t xml:space="preserve">LILA </t>
   </si>
   <si>
     <t xml:space="preserve">90006320486</t>
   </si>
   <si>
     <t xml:space="preserve">C2 2025/181</t>
   </si>
   <si>
     <t xml:space="preserve">LILT </t>
   </si>
   <si>
     <t xml:space="preserve">90025050478</t>
   </si>
   <si>
-    <t xml:space="preserve">C4 2025/43                          C4 2025/109 </t>
+    <t xml:space="preserve">C4 2025/43                          C4 2025/109                      C4 2025/</t>
   </si>
   <si>
     <t xml:space="preserve">ASVALT </t>
   </si>
   <si>
     <t xml:space="preserve">91005560478</t>
   </si>
   <si>
-    <t xml:space="preserve">C4 2025 19/20/21/22/23/101/ 102/103/104/105</t>
+    <t xml:space="preserve">C4 2025 19/20/21/22/23/101/102/103/104/105/484/185/186/187/188/267/268/269/270/271</t>
   </si>
   <si>
     <t xml:space="preserve">VENERABILE CONFRATERNITA DELLA MISERICORDIA DI RIFREDI </t>
   </si>
   <si>
     <t xml:space="preserve">80019590480</t>
   </si>
   <si>
-    <t xml:space="preserve">C2 2025 10/11/187/204</t>
+    <t xml:space="preserve">C2 2025 10/11/187/204/391/392/405/406/424/617/636/637</t>
   </si>
   <si>
     <t xml:space="preserve">MISERICORDIA DEL GALLUZZO </t>
   </si>
   <si>
     <t xml:space="preserve">80017730484</t>
   </si>
   <si>
-    <t xml:space="preserve">C2 2025 197 </t>
+    <t xml:space="preserve">C2 2025 197 /640/641/642</t>
   </si>
   <si>
     <t xml:space="preserve">S.M.S CROCE AZZURRA PUBBLICA ASSISTENZA ASSISTENZA PONTASSIEVE ODV </t>
   </si>
   <si>
     <t xml:space="preserve">01332450483</t>
   </si>
   <si>
-    <t xml:space="preserve">C4 2025 18/229</t>
+    <t xml:space="preserve">C4 2025 18/229/422/632</t>
   </si>
   <si>
     <t xml:space="preserve">PUBBLICA ASSISTENZA SIGNA </t>
   </si>
   <si>
     <t xml:space="preserve"> 80035070483</t>
   </si>
   <si>
-    <t xml:space="preserve">C2 2025/210                            C4 2025/223</t>
+    <t xml:space="preserve">C2 2025/210 /223/69/630     </t>
   </si>
   <si>
     <t xml:space="preserve">MISERICORDIA DI FIRENZUOLA  </t>
   </si>
   <si>
     <t xml:space="preserve">83002660484</t>
   </si>
   <si>
-    <t xml:space="preserve">C2 2025/ 228</t>
+    <t xml:space="preserve">C2 2025/ 228/649</t>
   </si>
   <si>
     <t xml:space="preserve">MISERICORDIA DI FIESOLE </t>
   </si>
   <si>
     <t xml:space="preserve">01343250484</t>
   </si>
   <si>
-    <t xml:space="preserve">C2 2025/193</t>
+    <t xml:space="preserve">C2 2025/193/602/613/652</t>
   </si>
   <si>
     <t xml:space="preserve">PUBBLICA ASSISTENZA L'AVVENIRE  SEDI COIANO SAN PAOLO CENTRO STORICO VAIANO </t>
   </si>
   <si>
     <t xml:space="preserve">84005150481</t>
   </si>
   <si>
-    <t xml:space="preserve">C2 2025/216                              </t>
+    <t xml:space="preserve">C2 2025/216/645                        </t>
   </si>
   <si>
     <t xml:space="preserve">FONDAZIONE PITIGLIANI</t>
   </si>
   <si>
     <t xml:space="preserve"> 92085030481</t>
   </si>
   <si>
-    <t xml:space="preserve">C4 2025/91</t>
+    <t xml:space="preserve">C4 2025/91/217/253</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="8">
     <numFmt numFmtId="164" formatCode="General"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* \-??_-;_-@_-"/>
     <numFmt numFmtId="167" formatCode="_-* #,##0.00&quot; €&quot;_-;\-* #,##0.00&quot; €&quot;_-;_-* \-??&quot; €&quot;_-;_-@_-"/>
     <numFmt numFmtId="168" formatCode="0.00"/>
     <numFmt numFmtId="169" formatCode="#,##0.00&quot; €&quot;"/>
     <numFmt numFmtId="170" formatCode="0"/>
     <numFmt numFmtId="171" formatCode="#,##0.00_ ;\-#,##0.00\ "/>
   </numFmts>
   <fonts count="28">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
@@ -817,51 +817,51 @@
     <xf numFmtId="164" fontId="13" fillId="0" borderId="6" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="7" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="0" borderId="8" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
     <xf numFmtId="164" fontId="16" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="0" borderId="9" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
     <xf numFmtId="164" fontId="18" fillId="15" borderId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="16" borderId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="75">
+  <cellXfs count="78">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="167" fontId="21" fillId="0" borderId="10" xfId="15" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="166" fontId="21" fillId="0" borderId="10" xfId="15" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="false">
@@ -898,143 +898,155 @@
     </xf>
     <xf numFmtId="166" fontId="7" fillId="17" borderId="10" xfId="15" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="17" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="17" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
+    <xf numFmtId="164" fontId="0" fillId="18" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
+    <xf numFmtId="165" fontId="0" fillId="18" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
     <xf numFmtId="164" fontId="24" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="167" fontId="24" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="168" fontId="24" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="11" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+    <xf numFmtId="165" fontId="0" fillId="18" borderId="11" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="167" fontId="24" fillId="0" borderId="11" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="168" fontId="24" fillId="0" borderId="11" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="168" fontId="24" fillId="0" borderId="11" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="168" fontId="24" fillId="18" borderId="11" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
+    <xf numFmtId="165" fontId="0" fillId="18" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="168" fontId="0" fillId="18" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="26" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+    <xf numFmtId="164" fontId="26" fillId="18" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="169" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="18" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+    <xf numFmtId="164" fontId="26" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="27" fillId="0" borderId="10" xfId="20" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="167" fontId="24" fillId="0" borderId="10" xfId="15" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="168" fontId="24" fillId="0" borderId="10" xfId="15" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
@@ -1245,1478 +1257,1478 @@
       <rgbColor rgb="FF339966"/>
       <rgbColor rgb="FF111111"/>
       <rgbColor rgb="FF333300"/>
       <rgbColor rgb="FF993300"/>
       <rgbColor rgb="FF993366"/>
       <rgbColor rgb="FF333399"/>
       <rgbColor rgb="FF333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:AMJ153"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="75" zoomScaleNormal="75" zoomScalePageLayoutView="100" workbookViewId="0">
-      <selection pane="topLeft" activeCell="B5" activeCellId="0" sqref="B5"/>
+      <selection pane="topLeft" activeCell="A1" activeCellId="0" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="27.7421875" defaultRowHeight="15" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="1" width="25.71"/>
     <col collapsed="false" customWidth="false" hidden="false" outlineLevel="0" max="2" min="2" style="2" width="27.71"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="3" min="3" style="3" width="22.43"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="4" min="4" style="4" width="22.28"/>
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="5" min="5" style="5" width="22.28"/>
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="6" min="6" style="6" width="26.14"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="5" min="5" style="5" width="26.59"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="6" min="6" style="6" width="26.13"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="7" min="7" style="7" width="33.29"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="8" min="8" style="8" width="27.58"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="9" min="9" style="1" width="36.42"/>
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="10" min="10" style="1" width="20.99"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="10" min="10" style="1" width="20.98"/>
     <col collapsed="false" customWidth="false" hidden="false" outlineLevel="0" max="1024" min="11" style="9" width="27.71"/>
   </cols>
   <sheetData>
     <row r="1" customFormat="false" ht="50.1" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A1" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="10"/>
       <c r="I1" s="10"/>
       <c r="J1" s="10"/>
     </row>
     <row r="2" customFormat="false" ht="24" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A2" s="11" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="11"/>
       <c r="C2" s="11"/>
       <c r="D2" s="11"/>
       <c r="E2" s="11"/>
       <c r="F2" s="11"/>
       <c r="G2" s="11"/>
       <c r="H2" s="11"/>
       <c r="I2" s="11"/>
       <c r="J2" s="11"/>
     </row>
-    <row r="3" s="18" customFormat="true" ht="60" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="3" s="18" customFormat="true" ht="45" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A3" s="12" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="12" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="14" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="12" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="15" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="16" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="12" t="s">
         <v>10</v>
       </c>
       <c r="J3" s="12" t="s">
         <v>11</v>
       </c>
       <c r="K3" s="17"/>
     </row>
-    <row r="4" customFormat="false" ht="35.05" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="4" customFormat="false" ht="60" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="19" t="n">
+      <c r="C4" s="20" t="n">
         <v>91041220483</v>
       </c>
-      <c r="D4" s="20" t="n">
+      <c r="D4" s="21" t="n">
         <v>892.5</v>
       </c>
-      <c r="E4" s="21" t="s">
+      <c r="E4" s="22" t="s">
         <v>14</v>
       </c>
-      <c r="F4" s="22" t="s">
+      <c r="F4" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="G4" s="23" t="s">
+      <c r="G4" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="H4" s="22" t="s">
+      <c r="H4" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="I4" s="22" t="s">
+      <c r="I4" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="J4" s="22" t="s">
+      <c r="J4" s="23" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="5" customFormat="false" ht="47.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+    <row r="5" customFormat="false" ht="47.85" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="C5" s="19" t="n">
+      <c r="C5" s="20" t="n">
         <v>94004420488</v>
       </c>
-      <c r="D5" s="20" t="n">
+      <c r="D5" s="21" t="n">
         <v>1893.72</v>
       </c>
-      <c r="E5" s="21" t="s">
+      <c r="E5" s="22" t="s">
         <v>21</v>
       </c>
-      <c r="F5" s="22" t="s">
+      <c r="F5" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="G5" s="23" t="s">
+      <c r="G5" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="H5" s="24" t="s">
+      <c r="H5" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="I5" s="22" t="s">
+      <c r="I5" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="J5" s="22" t="s">
+      <c r="J5" s="23" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" customFormat="false" ht="66" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B6" s="19" t="s">
         <v>24</v>
       </c>
-      <c r="C6" s="19" t="n">
+      <c r="C6" s="20" t="n">
         <v>94129180488</v>
       </c>
-      <c r="D6" s="20" t="n">
-[...2 lines deleted...]
-      <c r="E6" s="25" t="s">
+      <c r="D6" s="21" t="n">
+        <v>80000</v>
+      </c>
+      <c r="E6" s="26" t="s">
         <v>25</v>
       </c>
-      <c r="F6" s="22" t="s">
+      <c r="F6" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="G6" s="23" t="s">
+      <c r="G6" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="H6" s="24" t="s">
+      <c r="H6" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="I6" s="22" t="s">
+      <c r="I6" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="J6" s="22" t="s">
+      <c r="J6" s="23" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" customFormat="false" ht="58.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A7" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B7" s="26" t="s">
+      <c r="B7" s="27" t="s">
         <v>26</v>
       </c>
-      <c r="C7" s="26" t="s">
+      <c r="C7" s="28" t="s">
         <v>27</v>
       </c>
-      <c r="D7" s="20" t="n">
+      <c r="D7" s="21" t="n">
         <v>1499.49</v>
       </c>
-      <c r="E7" s="27" t="s">
+      <c r="E7" s="29" t="s">
         <v>28</v>
       </c>
-      <c r="F7" s="22" t="s">
+      <c r="F7" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="G7" s="23" t="s">
+      <c r="G7" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="H7" s="24" t="s">
+      <c r="H7" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="I7" s="22" t="s">
+      <c r="I7" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="J7" s="22" t="s">
+      <c r="J7" s="23" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="8" customFormat="false" ht="35.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="8" customFormat="false" ht="60" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A8" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="26" t="s">
+      <c r="B8" s="27" t="s">
         <v>29</v>
       </c>
-      <c r="C8" s="26" t="s">
+      <c r="C8" s="28" t="s">
         <v>30</v>
       </c>
-      <c r="D8" s="28" t="n">
+      <c r="D8" s="30" t="n">
         <v>32500</v>
       </c>
-      <c r="E8" s="29" t="s">
+      <c r="E8" s="31" t="s">
         <v>31</v>
       </c>
-      <c r="F8" s="22" t="s">
+      <c r="F8" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="G8" s="23" t="s">
+      <c r="G8" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="H8" s="24" t="s">
+      <c r="H8" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="I8" s="22" t="s">
+      <c r="I8" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="J8" s="22" t="s">
+      <c r="J8" s="23" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="9" customFormat="false" ht="35.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="9" customFormat="false" ht="60" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A9" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="26" t="s">
+      <c r="B9" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="C9" s="26" t="s">
+      <c r="C9" s="28" t="s">
         <v>33</v>
       </c>
-      <c r="D9" s="28" t="n">
-[...2 lines deleted...]
-      <c r="E9" s="29" t="s">
+      <c r="D9" s="30" t="n">
+        <v>130000</v>
+      </c>
+      <c r="E9" s="31" t="s">
         <v>34</v>
       </c>
-      <c r="F9" s="22" t="s">
+      <c r="F9" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="G9" s="23" t="s">
+      <c r="G9" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="H9" s="24" t="s">
+      <c r="H9" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="I9" s="22" t="s">
+      <c r="I9" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="J9" s="22" t="s">
+      <c r="J9" s="23" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" customFormat="false" ht="56.65" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A10" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B10" s="30" t="s">
+      <c r="B10" s="32" t="s">
         <v>35</v>
       </c>
-      <c r="C10" s="31" t="s">
+      <c r="C10" s="33" t="s">
         <v>36</v>
       </c>
-      <c r="D10" s="32" t="n">
-[...2 lines deleted...]
-      <c r="E10" s="33" t="s">
+      <c r="D10" s="34" t="n">
+        <v>10946.96</v>
+      </c>
+      <c r="E10" s="35" t="s">
         <v>37</v>
       </c>
-      <c r="F10" s="22" t="s">
+      <c r="F10" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="G10" s="23" t="s">
+      <c r="G10" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="H10" s="24" t="s">
+      <c r="H10" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="I10" s="22" t="s">
+      <c r="I10" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="J10" s="22" t="s">
+      <c r="J10" s="23" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" customFormat="false" ht="59.65" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A11" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B11" s="26" t="s">
+      <c r="B11" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="C11" s="31" t="s">
+      <c r="C11" s="33" t="s">
         <v>39</v>
       </c>
-      <c r="D11" s="32" t="n">
-[...2 lines deleted...]
-      <c r="E11" s="34" t="s">
+      <c r="D11" s="34" t="n">
+        <v>9675</v>
+      </c>
+      <c r="E11" s="36" t="s">
         <v>40</v>
       </c>
-      <c r="F11" s="22" t="s">
+      <c r="F11" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="G11" s="23" t="s">
+      <c r="G11" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="H11" s="24" t="s">
+      <c r="H11" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="I11" s="22" t="s">
+      <c r="I11" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="J11" s="22" t="s">
+      <c r="J11" s="23" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="12" customFormat="false" ht="56.65" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A12" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B12" s="30" t="s">
+      <c r="B12" s="32" t="s">
         <v>41</v>
       </c>
-      <c r="C12" s="31" t="s">
+      <c r="C12" s="33" t="s">
         <v>42</v>
       </c>
-      <c r="D12" s="32" t="n">
-[...2 lines deleted...]
-      <c r="E12" s="35" t="s">
+      <c r="D12" s="34" t="n">
+        <v>9677</v>
+      </c>
+      <c r="E12" s="37" t="s">
         <v>43</v>
       </c>
-      <c r="F12" s="22" t="s">
+      <c r="F12" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="G12" s="23" t="s">
+      <c r="G12" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="H12" s="24" t="s">
+      <c r="H12" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="I12" s="22" t="s">
+      <c r="I12" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="J12" s="22" t="s">
+      <c r="J12" s="23" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" customFormat="false" ht="59.65" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A13" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B13" s="26" t="s">
+      <c r="B13" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="C13" s="31" t="s">
+      <c r="C13" s="33" t="s">
         <v>45</v>
       </c>
-      <c r="D13" s="32" t="n">
-[...2 lines deleted...]
-      <c r="E13" s="35" t="s">
+      <c r="D13" s="34" t="n">
+        <v>9677</v>
+      </c>
+      <c r="E13" s="37" t="s">
         <v>46</v>
       </c>
-      <c r="F13" s="22" t="s">
+      <c r="F13" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="G13" s="23" t="s">
+      <c r="G13" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="H13" s="24" t="s">
+      <c r="H13" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="I13" s="22" t="s">
+      <c r="I13" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="J13" s="22" t="s">
+      <c r="J13" s="23" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="14" customFormat="false" ht="35.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="14" customFormat="false" ht="60" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A14" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B14" s="26" t="s">
+      <c r="B14" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="C14" s="31" t="s">
+      <c r="C14" s="33" t="s">
         <v>48</v>
       </c>
-      <c r="D14" s="32" t="n">
-[...2 lines deleted...]
-      <c r="E14" s="35" t="s">
+      <c r="D14" s="34" t="n">
+        <v>9677</v>
+      </c>
+      <c r="E14" s="37" t="s">
         <v>49</v>
       </c>
-      <c r="F14" s="22" t="s">
+      <c r="F14" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="G14" s="23" t="s">
+      <c r="G14" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="H14" s="24" t="s">
+      <c r="H14" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="I14" s="22" t="s">
+      <c r="I14" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="J14" s="22" t="s">
+      <c r="J14" s="23" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="15" customFormat="false" ht="35.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="15" customFormat="false" ht="60" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A15" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B15" s="26" t="s">
+      <c r="B15" s="27" t="s">
         <v>50</v>
       </c>
-      <c r="C15" s="31" t="s">
+      <c r="C15" s="33" t="s">
         <v>51</v>
       </c>
-      <c r="D15" s="32" t="n">
-[...2 lines deleted...]
-      <c r="E15" s="34" t="s">
+      <c r="D15" s="34" t="n">
+        <v>7377</v>
+      </c>
+      <c r="E15" s="36" t="s">
         <v>52</v>
       </c>
-      <c r="F15" s="22" t="s">
+      <c r="F15" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="G15" s="23" t="s">
+      <c r="G15" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="H15" s="24" t="s">
+      <c r="H15" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="I15" s="22" t="s">
+      <c r="I15" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="J15" s="22" t="s">
+      <c r="J15" s="23" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="16" customFormat="false" ht="46.75" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="16" customFormat="false" ht="60" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A16" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="C16" s="3" t="s">
+      <c r="C16" s="38" t="s">
         <v>54</v>
       </c>
-      <c r="D16" s="36" t="n">
-[...2 lines deleted...]
-      <c r="E16" s="37" t="s">
+      <c r="D16" s="39" t="n">
+        <v>38708</v>
+      </c>
+      <c r="E16" s="40" t="s">
         <v>55</v>
       </c>
-      <c r="F16" s="22" t="s">
+      <c r="F16" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="G16" s="23" t="s">
+      <c r="G16" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="H16" s="24" t="s">
+      <c r="H16" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="I16" s="22" t="s">
+      <c r="I16" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="J16" s="22" t="s">
+      <c r="J16" s="23" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="17" s="38" customFormat="true" ht="49.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+    <row r="17" s="41" customFormat="true" ht="49.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A17" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="C17" s="3" t="s">
+      <c r="C17" s="38" t="s">
         <v>57</v>
       </c>
-      <c r="D17" s="36" t="n">
-[...2 lines deleted...]
-      <c r="E17" s="37" t="s">
+      <c r="D17" s="39" t="n">
+        <v>1500</v>
+      </c>
+      <c r="E17" s="40" t="s">
         <v>58</v>
       </c>
-      <c r="F17" s="22" t="s">
+      <c r="F17" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="G17" s="23" t="s">
+      <c r="G17" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="H17" s="24" t="s">
+      <c r="H17" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="I17" s="22" t="s">
+      <c r="I17" s="23" t="s">
         <v>22</v>
       </c>
-      <c r="J17" s="22" t="s">
+      <c r="J17" s="23" t="s">
         <v>22</v>
       </c>
       <c r="AMJ17" s="9"/>
     </row>
     <row r="18" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A18" s="39"/>
-[...5 lines deleted...]
-      <c r="G18" s="23"/>
+      <c r="A18" s="42"/>
+      <c r="B18" s="43"/>
+      <c r="C18" s="44"/>
+      <c r="D18" s="45"/>
+      <c r="E18" s="42"/>
+      <c r="F18" s="38"/>
+      <c r="G18" s="24"/>
       <c r="H18" s="3"/>
-      <c r="I18" s="22"/>
-      <c r="J18" s="22"/>
+      <c r="I18" s="23"/>
+      <c r="J18" s="23"/>
     </row>
     <row r="19" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A19" s="39"/>
-[...5 lines deleted...]
-      <c r="G19" s="23"/>
+      <c r="A19" s="42"/>
+      <c r="B19" s="43"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="45"/>
+      <c r="E19" s="42"/>
+      <c r="F19" s="38"/>
+      <c r="G19" s="24"/>
       <c r="H19" s="3"/>
-      <c r="I19" s="22"/>
-      <c r="J19" s="22"/>
+      <c r="I19" s="23"/>
+      <c r="J19" s="23"/>
     </row>
     <row r="20" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D20" s="36"/>
-[...1 lines deleted...]
-      <c r="J20" s="45"/>
+      <c r="D20" s="39"/>
+      <c r="E20" s="47"/>
+      <c r="J20" s="48"/>
     </row>
     <row r="21" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D21" s="36"/>
-[...1 lines deleted...]
-      <c r="J21" s="45"/>
+      <c r="D21" s="39"/>
+      <c r="E21" s="47"/>
+      <c r="J21" s="48"/>
     </row>
     <row r="22" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D22" s="36"/>
-[...1 lines deleted...]
-      <c r="J22" s="45"/>
+      <c r="D22" s="39"/>
+      <c r="E22" s="47"/>
+      <c r="J22" s="48"/>
     </row>
     <row r="23" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D23" s="36"/>
-[...1 lines deleted...]
-      <c r="J23" s="45"/>
+      <c r="D23" s="39"/>
+      <c r="E23" s="47"/>
+      <c r="J23" s="48"/>
     </row>
     <row r="24" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B24" s="46"/>
+      <c r="B24" s="49"/>
       <c r="C24" s="19"/>
-      <c r="D24" s="47"/>
-[...1 lines deleted...]
-      <c r="J24" s="45"/>
+      <c r="D24" s="50"/>
+      <c r="E24" s="51"/>
+      <c r="J24" s="48"/>
     </row>
     <row r="25" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B25" s="46"/>
+      <c r="B25" s="49"/>
       <c r="C25" s="19"/>
-      <c r="D25" s="47"/>
-[...1 lines deleted...]
-      <c r="J25" s="45"/>
+      <c r="D25" s="50"/>
+      <c r="E25" s="51"/>
+      <c r="J25" s="48"/>
     </row>
     <row r="26" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B26" s="46"/>
+      <c r="B26" s="49"/>
       <c r="C26" s="19"/>
-      <c r="D26" s="47"/>
-[...1 lines deleted...]
-      <c r="J26" s="45"/>
+      <c r="D26" s="50"/>
+      <c r="E26" s="51"/>
+      <c r="J26" s="48"/>
     </row>
     <row r="27" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B27" s="46"/>
+      <c r="B27" s="49"/>
       <c r="C27" s="19"/>
-      <c r="D27" s="47"/>
-[...1 lines deleted...]
-      <c r="J27" s="45"/>
+      <c r="D27" s="50"/>
+      <c r="E27" s="51"/>
+      <c r="J27" s="48"/>
     </row>
     <row r="28" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B28" s="46"/>
+      <c r="B28" s="49"/>
       <c r="C28" s="19"/>
-      <c r="D28" s="47"/>
-[...1 lines deleted...]
-      <c r="J28" s="45"/>
+      <c r="D28" s="50"/>
+      <c r="E28" s="51"/>
+      <c r="J28" s="48"/>
     </row>
     <row r="29" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B29" s="46"/>
+      <c r="B29" s="49"/>
       <c r="C29" s="19"/>
-      <c r="D29" s="47"/>
-[...1 lines deleted...]
-      <c r="J29" s="45"/>
+      <c r="D29" s="50"/>
+      <c r="E29" s="51"/>
+      <c r="J29" s="48"/>
     </row>
     <row r="30" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B30" s="46"/>
+      <c r="B30" s="49"/>
       <c r="C30" s="19"/>
-      <c r="D30" s="47"/>
-[...1 lines deleted...]
-      <c r="J30" s="45"/>
+      <c r="D30" s="50"/>
+      <c r="E30" s="51"/>
+      <c r="J30" s="48"/>
     </row>
     <row r="31" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B31" s="46"/>
+      <c r="B31" s="49"/>
       <c r="C31" s="19"/>
-      <c r="D31" s="47"/>
-[...1 lines deleted...]
-      <c r="J31" s="45"/>
+      <c r="D31" s="50"/>
+      <c r="E31" s="51"/>
+      <c r="J31" s="48"/>
     </row>
     <row r="32" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B32" s="46"/>
+      <c r="B32" s="49"/>
       <c r="C32" s="19"/>
-      <c r="D32" s="47"/>
-[...1 lines deleted...]
-      <c r="J32" s="45"/>
+      <c r="D32" s="50"/>
+      <c r="E32" s="51"/>
+      <c r="J32" s="48"/>
     </row>
     <row r="33" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B33" s="46"/>
+      <c r="B33" s="49"/>
       <c r="C33" s="19"/>
-      <c r="D33" s="47"/>
-[...1 lines deleted...]
-      <c r="J33" s="45"/>
+      <c r="D33" s="50"/>
+      <c r="E33" s="51"/>
+      <c r="J33" s="48"/>
     </row>
     <row r="34" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B34" s="46"/>
+      <c r="B34" s="49"/>
       <c r="C34" s="19"/>
-      <c r="D34" s="47"/>
-[...1 lines deleted...]
-      <c r="J34" s="45"/>
+      <c r="D34" s="50"/>
+      <c r="E34" s="51"/>
+      <c r="J34" s="48"/>
     </row>
     <row r="35" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B35" s="46"/>
+      <c r="B35" s="49"/>
       <c r="C35" s="19"/>
-      <c r="D35" s="47"/>
-[...1 lines deleted...]
-      <c r="J35" s="45"/>
+      <c r="D35" s="50"/>
+      <c r="E35" s="51"/>
+      <c r="J35" s="48"/>
     </row>
     <row r="36" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B36" s="46"/>
+      <c r="B36" s="49"/>
       <c r="C36" s="19"/>
-      <c r="D36" s="47"/>
-[...1 lines deleted...]
-      <c r="J36" s="45"/>
+      <c r="D36" s="50"/>
+      <c r="E36" s="51"/>
+      <c r="J36" s="48"/>
     </row>
     <row r="37" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B37" s="49"/>
-[...3 lines deleted...]
-      <c r="J37" s="45"/>
+      <c r="B37" s="52"/>
+      <c r="C37" s="53"/>
+      <c r="D37" s="54"/>
+      <c r="E37" s="55"/>
+      <c r="J37" s="48"/>
     </row>
     <row r="38" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B38" s="49"/>
-[...3 lines deleted...]
-      <c r="J38" s="45"/>
+      <c r="B38" s="52"/>
+      <c r="C38" s="53"/>
+      <c r="D38" s="54"/>
+      <c r="E38" s="55"/>
+      <c r="J38" s="48"/>
     </row>
     <row r="39" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B39" s="49"/>
-[...3 lines deleted...]
-      <c r="J39" s="45"/>
+      <c r="B39" s="52"/>
+      <c r="C39" s="53"/>
+      <c r="D39" s="54"/>
+      <c r="E39" s="55"/>
+      <c r="J39" s="48"/>
     </row>
     <row r="40" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B40" s="49"/>
-[...3 lines deleted...]
-      <c r="J40" s="45"/>
+      <c r="B40" s="52"/>
+      <c r="C40" s="53"/>
+      <c r="D40" s="54"/>
+      <c r="E40" s="55"/>
+      <c r="J40" s="48"/>
     </row>
     <row r="41" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B41" s="49"/>
-[...3 lines deleted...]
-      <c r="J41" s="45"/>
+      <c r="B41" s="52"/>
+      <c r="C41" s="53"/>
+      <c r="D41" s="54"/>
+      <c r="E41" s="55"/>
+      <c r="J41" s="48"/>
     </row>
     <row r="42" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B42" s="49"/>
-[...3 lines deleted...]
-      <c r="J42" s="45"/>
+      <c r="B42" s="52"/>
+      <c r="C42" s="53"/>
+      <c r="D42" s="54"/>
+      <c r="E42" s="55"/>
+      <c r="J42" s="48"/>
     </row>
     <row r="43" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B43" s="49"/>
-[...3 lines deleted...]
-      <c r="J43" s="45"/>
+      <c r="B43" s="52"/>
+      <c r="C43" s="53"/>
+      <c r="D43" s="54"/>
+      <c r="E43" s="55"/>
+      <c r="J43" s="48"/>
     </row>
     <row r="44" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B44" s="49"/>
-[...3 lines deleted...]
-      <c r="J44" s="45"/>
+      <c r="B44" s="52"/>
+      <c r="C44" s="53"/>
+      <c r="D44" s="54"/>
+      <c r="E44" s="55"/>
+      <c r="J44" s="48"/>
     </row>
     <row r="45" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B45" s="49"/>
-[...3 lines deleted...]
-      <c r="J45" s="45"/>
+      <c r="B45" s="52"/>
+      <c r="C45" s="53"/>
+      <c r="D45" s="54"/>
+      <c r="E45" s="55"/>
+      <c r="J45" s="48"/>
     </row>
     <row r="46" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B46" s="49"/>
-[...3 lines deleted...]
-      <c r="J46" s="45"/>
+      <c r="B46" s="52"/>
+      <c r="C46" s="53"/>
+      <c r="D46" s="54"/>
+      <c r="E46" s="55"/>
+      <c r="J46" s="48"/>
     </row>
     <row r="47" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B47" s="49"/>
-[...39 lines deleted...]
-      <c r="J50" s="45"/>
+      <c r="B47" s="52"/>
+      <c r="C47" s="53"/>
+      <c r="D47" s="54"/>
+      <c r="E47" s="55"/>
+      <c r="J47" s="48"/>
+    </row>
+    <row r="48" s="64" customFormat="true" ht="72" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A48" s="56"/>
+      <c r="B48" s="57"/>
+      <c r="C48" s="58"/>
+      <c r="D48" s="59"/>
+      <c r="E48" s="60"/>
+      <c r="F48" s="61"/>
+      <c r="G48" s="62"/>
+      <c r="H48" s="63"/>
+      <c r="I48" s="56"/>
+      <c r="J48" s="48"/>
+    </row>
+    <row r="49" s="64" customFormat="true" ht="72" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A49" s="56"/>
+      <c r="B49" s="57"/>
+      <c r="C49" s="58"/>
+      <c r="D49" s="59"/>
+      <c r="E49" s="60"/>
+      <c r="F49" s="61"/>
+      <c r="G49" s="62"/>
+      <c r="H49" s="63"/>
+      <c r="I49" s="56"/>
+      <c r="J49" s="48"/>
+    </row>
+    <row r="50" s="64" customFormat="true" ht="72" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A50" s="56"/>
+      <c r="B50" s="57"/>
+      <c r="C50" s="58"/>
+      <c r="D50" s="59"/>
+      <c r="E50" s="60"/>
+      <c r="F50" s="61"/>
+      <c r="G50" s="62"/>
+      <c r="H50" s="63"/>
+      <c r="I50" s="56"/>
+      <c r="J50" s="48"/>
     </row>
     <row r="51" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B51" s="46"/>
+      <c r="B51" s="49"/>
       <c r="C51" s="19"/>
-      <c r="D51" s="62"/>
-[...1 lines deleted...]
-      <c r="J51" s="45"/>
+      <c r="D51" s="65"/>
+      <c r="E51" s="66"/>
+      <c r="J51" s="48"/>
     </row>
     <row r="52" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B52" s="46"/>
+      <c r="B52" s="49"/>
       <c r="C52" s="19"/>
-      <c r="D52" s="62"/>
-[...1 lines deleted...]
-      <c r="J52" s="45"/>
+      <c r="D52" s="65"/>
+      <c r="E52" s="66"/>
+      <c r="J52" s="48"/>
     </row>
     <row r="53" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B53" s="46"/>
+      <c r="B53" s="49"/>
       <c r="C53" s="19"/>
-      <c r="D53" s="62"/>
-[...1 lines deleted...]
-      <c r="J53" s="45"/>
+      <c r="D53" s="65"/>
+      <c r="E53" s="66"/>
+      <c r="J53" s="48"/>
     </row>
     <row r="54" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B54" s="46"/>
+      <c r="B54" s="49"/>
       <c r="C54" s="19"/>
-      <c r="D54" s="62"/>
-[...1 lines deleted...]
-      <c r="J54" s="45"/>
+      <c r="D54" s="65"/>
+      <c r="E54" s="66"/>
+      <c r="J54" s="48"/>
     </row>
     <row r="55" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B55" s="46"/>
+      <c r="B55" s="49"/>
       <c r="C55" s="19"/>
-      <c r="D55" s="62"/>
-[...1 lines deleted...]
-      <c r="J55" s="45"/>
+      <c r="D55" s="65"/>
+      <c r="E55" s="66"/>
+      <c r="J55" s="48"/>
     </row>
     <row r="56" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B56" s="46"/>
+      <c r="B56" s="49"/>
       <c r="C56" s="19"/>
-      <c r="D56" s="62"/>
-[...1 lines deleted...]
-      <c r="J56" s="45"/>
+      <c r="D56" s="65"/>
+      <c r="E56" s="66"/>
+      <c r="J56" s="48"/>
     </row>
     <row r="57" customFormat="false" ht="36.6" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="B57" s="46"/>
+      <c r="B57" s="49"/>
       <c r="C57" s="19"/>
-      <c r="D57" s="47"/>
-[...1 lines deleted...]
-      <c r="J57" s="45"/>
+      <c r="D57" s="50"/>
+      <c r="E57" s="51"/>
+      <c r="J57" s="48"/>
     </row>
     <row r="58" customFormat="false" ht="38.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="B58" s="46"/>
+      <c r="B58" s="49"/>
       <c r="C58" s="19"/>
-      <c r="D58" s="47"/>
-[...1 lines deleted...]
-      <c r="J58" s="45"/>
+      <c r="D58" s="50"/>
+      <c r="E58" s="51"/>
+      <c r="J58" s="48"/>
     </row>
     <row r="59" customFormat="false" ht="38.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="B59" s="46"/>
+      <c r="B59" s="49"/>
       <c r="C59" s="19"/>
-      <c r="D59" s="47"/>
-[...1 lines deleted...]
-      <c r="J59" s="45"/>
+      <c r="D59" s="50"/>
+      <c r="E59" s="51"/>
+      <c r="J59" s="48"/>
     </row>
     <row r="60" customFormat="false" ht="38.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="B60" s="46"/>
+      <c r="B60" s="49"/>
       <c r="C60" s="19"/>
-      <c r="D60" s="47"/>
-[...1 lines deleted...]
-      <c r="J60" s="45"/>
+      <c r="D60" s="50"/>
+      <c r="E60" s="51"/>
+      <c r="J60" s="48"/>
     </row>
     <row r="61" customFormat="false" ht="38.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="B61" s="46"/>
+      <c r="B61" s="49"/>
       <c r="C61" s="19"/>
-      <c r="D61" s="47"/>
-[...1 lines deleted...]
-      <c r="J61" s="45"/>
+      <c r="D61" s="50"/>
+      <c r="E61" s="51"/>
+      <c r="J61" s="48"/>
     </row>
     <row r="62" customFormat="false" ht="38.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="B62" s="46"/>
+      <c r="B62" s="49"/>
       <c r="C62" s="19"/>
-      <c r="D62" s="47"/>
-[...1 lines deleted...]
-      <c r="J62" s="45"/>
+      <c r="D62" s="50"/>
+      <c r="E62" s="51"/>
+      <c r="J62" s="48"/>
     </row>
     <row r="63" customFormat="false" ht="38.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="B63" s="46"/>
+      <c r="B63" s="49"/>
       <c r="C63" s="19"/>
-      <c r="D63" s="47"/>
-[...1 lines deleted...]
-      <c r="J63" s="45"/>
+      <c r="D63" s="50"/>
+      <c r="E63" s="51"/>
+      <c r="J63" s="48"/>
     </row>
     <row r="64" customFormat="false" ht="38.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="B64" s="46"/>
+      <c r="B64" s="49"/>
       <c r="C64" s="19"/>
-      <c r="D64" s="47"/>
-[...1 lines deleted...]
-      <c r="J64" s="45"/>
+      <c r="D64" s="50"/>
+      <c r="E64" s="51"/>
+      <c r="J64" s="48"/>
     </row>
     <row r="65" customFormat="false" ht="38.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="B65" s="46"/>
+      <c r="B65" s="49"/>
       <c r="C65" s="19"/>
-      <c r="D65" s="47"/>
-[...1 lines deleted...]
-      <c r="J65" s="45"/>
+      <c r="D65" s="50"/>
+      <c r="E65" s="51"/>
+      <c r="J65" s="48"/>
     </row>
     <row r="66" customFormat="false" ht="38.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="B66" s="46"/>
+      <c r="B66" s="49"/>
       <c r="C66" s="19"/>
-      <c r="D66" s="47"/>
-[...1 lines deleted...]
-      <c r="J66" s="45"/>
+      <c r="D66" s="50"/>
+      <c r="E66" s="51"/>
+      <c r="J66" s="48"/>
     </row>
     <row r="67" customFormat="false" ht="38.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="B67" s="46"/>
+      <c r="B67" s="49"/>
       <c r="C67" s="19"/>
-      <c r="D67" s="47"/>
-[...1 lines deleted...]
-      <c r="J67" s="45"/>
+      <c r="D67" s="50"/>
+      <c r="E67" s="51"/>
+      <c r="J67" s="48"/>
     </row>
     <row r="68" customFormat="false" ht="38.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="B68" s="46"/>
+      <c r="B68" s="49"/>
       <c r="C68" s="19"/>
-      <c r="D68" s="47"/>
-[...1 lines deleted...]
-      <c r="J68" s="45"/>
+      <c r="D68" s="50"/>
+      <c r="E68" s="51"/>
+      <c r="J68" s="48"/>
     </row>
     <row r="69" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B69" s="64"/>
-[...3 lines deleted...]
-      <c r="J69" s="45"/>
+      <c r="B69" s="67"/>
+      <c r="C69" s="68"/>
+      <c r="D69" s="69"/>
+      <c r="E69" s="70"/>
+      <c r="J69" s="48"/>
     </row>
     <row r="70" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B70" s="64"/>
-[...3 lines deleted...]
-      <c r="J70" s="45"/>
+      <c r="B70" s="67"/>
+      <c r="C70" s="68"/>
+      <c r="D70" s="69"/>
+      <c r="E70" s="70"/>
+      <c r="J70" s="48"/>
     </row>
     <row r="71" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B71" s="64"/>
-[...3 lines deleted...]
-      <c r="J71" s="45"/>
+      <c r="B71" s="67"/>
+      <c r="C71" s="68"/>
+      <c r="D71" s="69"/>
+      <c r="E71" s="70"/>
+      <c r="J71" s="48"/>
     </row>
     <row r="72" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B72" s="64"/>
-[...3 lines deleted...]
-      <c r="J72" s="45"/>
+      <c r="B72" s="67"/>
+      <c r="C72" s="68"/>
+      <c r="D72" s="69"/>
+      <c r="E72" s="70"/>
+      <c r="J72" s="48"/>
     </row>
     <row r="73" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B73" s="64"/>
-[...3 lines deleted...]
-      <c r="J73" s="45"/>
+      <c r="B73" s="67"/>
+      <c r="C73" s="68"/>
+      <c r="D73" s="69"/>
+      <c r="E73" s="70"/>
+      <c r="J73" s="48"/>
     </row>
     <row r="74" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B74" s="64"/>
-[...3 lines deleted...]
-      <c r="J74" s="45"/>
+      <c r="B74" s="67"/>
+      <c r="C74" s="68"/>
+      <c r="D74" s="69"/>
+      <c r="E74" s="70"/>
+      <c r="J74" s="48"/>
     </row>
     <row r="75" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B75" s="64"/>
-[...3 lines deleted...]
-      <c r="J75" s="45"/>
+      <c r="B75" s="67"/>
+      <c r="C75" s="68"/>
+      <c r="D75" s="69"/>
+      <c r="E75" s="70"/>
+      <c r="J75" s="48"/>
     </row>
     <row r="76" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B76" s="64"/>
-[...3 lines deleted...]
-      <c r="J76" s="45"/>
+      <c r="B76" s="67"/>
+      <c r="C76" s="68"/>
+      <c r="D76" s="69"/>
+      <c r="E76" s="70"/>
+      <c r="J76" s="48"/>
     </row>
     <row r="77" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B77" s="64"/>
-[...3 lines deleted...]
-      <c r="J77" s="45"/>
+      <c r="B77" s="67"/>
+      <c r="C77" s="68"/>
+      <c r="D77" s="69"/>
+      <c r="E77" s="70"/>
+      <c r="J77" s="48"/>
     </row>
     <row r="78" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B78" s="64"/>
-[...3 lines deleted...]
-      <c r="J78" s="45"/>
+      <c r="B78" s="67"/>
+      <c r="C78" s="68"/>
+      <c r="D78" s="69"/>
+      <c r="E78" s="70"/>
+      <c r="J78" s="48"/>
     </row>
     <row r="79" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B79" s="64"/>
-[...3 lines deleted...]
-      <c r="J79" s="45"/>
+      <c r="B79" s="67"/>
+      <c r="C79" s="68"/>
+      <c r="D79" s="69"/>
+      <c r="E79" s="70"/>
+      <c r="J79" s="48"/>
     </row>
     <row r="80" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B80" s="64"/>
-[...3 lines deleted...]
-      <c r="J80" s="45"/>
+      <c r="B80" s="67"/>
+      <c r="C80" s="68"/>
+      <c r="D80" s="69"/>
+      <c r="E80" s="70"/>
+      <c r="J80" s="48"/>
     </row>
     <row r="81" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B81" s="64"/>
-[...3 lines deleted...]
-      <c r="J81" s="45"/>
+      <c r="B81" s="67"/>
+      <c r="C81" s="68"/>
+      <c r="D81" s="69"/>
+      <c r="E81" s="70"/>
+      <c r="J81" s="48"/>
     </row>
     <row r="82" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D82" s="66"/>
-[...1 lines deleted...]
-      <c r="J82" s="45"/>
+      <c r="D82" s="69"/>
+      <c r="E82" s="70"/>
+      <c r="J82" s="48"/>
     </row>
     <row r="83" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D83" s="66"/>
-[...1 lines deleted...]
-      <c r="J83" s="45"/>
+      <c r="D83" s="69"/>
+      <c r="E83" s="70"/>
+      <c r="J83" s="48"/>
     </row>
     <row r="84" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D84" s="66"/>
-[...1 lines deleted...]
-      <c r="J84" s="45"/>
+      <c r="D84" s="69"/>
+      <c r="E84" s="70"/>
+      <c r="J84" s="48"/>
     </row>
     <row r="85" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D85" s="66"/>
-[...1 lines deleted...]
-      <c r="J85" s="45"/>
+      <c r="D85" s="69"/>
+      <c r="E85" s="70"/>
+      <c r="J85" s="48"/>
     </row>
     <row r="86" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D86" s="66"/>
-[...1 lines deleted...]
-      <c r="J86" s="45"/>
+      <c r="D86" s="69"/>
+      <c r="E86" s="70"/>
+      <c r="J86" s="48"/>
     </row>
     <row r="87" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D87" s="66"/>
-[...1 lines deleted...]
-      <c r="J87" s="45"/>
+      <c r="D87" s="69"/>
+      <c r="E87" s="70"/>
+      <c r="J87" s="48"/>
     </row>
     <row r="88" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D88" s="66"/>
-[...1 lines deleted...]
-      <c r="J88" s="45"/>
+      <c r="D88" s="69"/>
+      <c r="E88" s="70"/>
+      <c r="J88" s="48"/>
     </row>
     <row r="89" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D89" s="66"/>
-[...1 lines deleted...]
-      <c r="J89" s="45"/>
+      <c r="D89" s="69"/>
+      <c r="E89" s="70"/>
+      <c r="J89" s="48"/>
     </row>
     <row r="90" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D90" s="66"/>
-[...1 lines deleted...]
-      <c r="J90" s="45"/>
+      <c r="D90" s="69"/>
+      <c r="E90" s="70"/>
+      <c r="J90" s="48"/>
     </row>
     <row r="91" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D91" s="66"/>
-[...1 lines deleted...]
-      <c r="J91" s="45"/>
+      <c r="D91" s="69"/>
+      <c r="E91" s="70"/>
+      <c r="J91" s="48"/>
     </row>
     <row r="92" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B92" s="64"/>
-[...3 lines deleted...]
-      <c r="J92" s="45"/>
+      <c r="B92" s="67"/>
+      <c r="C92" s="68"/>
+      <c r="D92" s="69"/>
+      <c r="E92" s="70"/>
+      <c r="J92" s="48"/>
     </row>
     <row r="93" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B93" s="64"/>
-[...3 lines deleted...]
-      <c r="J93" s="45"/>
+      <c r="B93" s="67"/>
+      <c r="C93" s="68"/>
+      <c r="D93" s="69"/>
+      <c r="E93" s="70"/>
+      <c r="J93" s="48"/>
     </row>
     <row r="94" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B94" s="64"/>
-[...3 lines deleted...]
-      <c r="J94" s="45"/>
+      <c r="B94" s="67"/>
+      <c r="C94" s="68"/>
+      <c r="D94" s="69"/>
+      <c r="E94" s="70"/>
+      <c r="J94" s="48"/>
     </row>
     <row r="95" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B95" s="64"/>
-[...3 lines deleted...]
-      <c r="J95" s="45"/>
+      <c r="B95" s="67"/>
+      <c r="C95" s="68"/>
+      <c r="D95" s="69"/>
+      <c r="E95" s="70"/>
+      <c r="J95" s="48"/>
     </row>
     <row r="96" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B96" s="64"/>
-[...3 lines deleted...]
-      <c r="J96" s="45"/>
+      <c r="B96" s="67"/>
+      <c r="C96" s="68"/>
+      <c r="D96" s="69"/>
+      <c r="E96" s="70"/>
+      <c r="J96" s="48"/>
     </row>
     <row r="97" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B97" s="64"/>
-[...3 lines deleted...]
-      <c r="J97" s="45"/>
+      <c r="B97" s="67"/>
+      <c r="C97" s="68"/>
+      <c r="D97" s="69"/>
+      <c r="E97" s="70"/>
+      <c r="J97" s="48"/>
     </row>
     <row r="98" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B98" s="64"/>
-[...3 lines deleted...]
-      <c r="J98" s="45"/>
+      <c r="B98" s="67"/>
+      <c r="C98" s="68"/>
+      <c r="D98" s="69"/>
+      <c r="E98" s="70"/>
+      <c r="J98" s="48"/>
     </row>
     <row r="99" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B99" s="64"/>
-[...3 lines deleted...]
-      <c r="J99" s="45"/>
+      <c r="B99" s="67"/>
+      <c r="C99" s="68"/>
+      <c r="D99" s="69"/>
+      <c r="E99" s="70"/>
+      <c r="J99" s="48"/>
     </row>
     <row r="100" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B100" s="64"/>
-[...3 lines deleted...]
-      <c r="J100" s="45"/>
+      <c r="B100" s="67"/>
+      <c r="C100" s="68"/>
+      <c r="D100" s="69"/>
+      <c r="E100" s="70"/>
+      <c r="J100" s="48"/>
     </row>
     <row r="101" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B101" s="64"/>
-[...3 lines deleted...]
-      <c r="J101" s="45"/>
+      <c r="B101" s="67"/>
+      <c r="C101" s="68"/>
+      <c r="D101" s="69"/>
+      <c r="E101" s="70"/>
+      <c r="J101" s="48"/>
     </row>
     <row r="102" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B102" s="64"/>
-[...3 lines deleted...]
-      <c r="J102" s="45"/>
+      <c r="B102" s="67"/>
+      <c r="C102" s="68"/>
+      <c r="D102" s="69"/>
+      <c r="E102" s="70"/>
+      <c r="J102" s="48"/>
     </row>
     <row r="103" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B103" s="64"/>
-[...3 lines deleted...]
-      <c r="J103" s="45"/>
+      <c r="B103" s="67"/>
+      <c r="C103" s="68"/>
+      <c r="D103" s="69"/>
+      <c r="E103" s="70"/>
+      <c r="J103" s="48"/>
     </row>
     <row r="104" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B104" s="64"/>
-[...3 lines deleted...]
-      <c r="J104" s="45"/>
+      <c r="B104" s="67"/>
+      <c r="C104" s="68"/>
+      <c r="D104" s="69"/>
+      <c r="E104" s="70"/>
+      <c r="J104" s="48"/>
     </row>
     <row r="105" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B105" s="64"/>
-[...3 lines deleted...]
-      <c r="J105" s="45"/>
+      <c r="B105" s="67"/>
+      <c r="C105" s="68"/>
+      <c r="D105" s="69"/>
+      <c r="E105" s="70"/>
+      <c r="J105" s="48"/>
     </row>
     <row r="106" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B106" s="64"/>
-[...3 lines deleted...]
-      <c r="J106" s="45"/>
+      <c r="B106" s="67"/>
+      <c r="C106" s="68"/>
+      <c r="D106" s="69"/>
+      <c r="E106" s="70"/>
+      <c r="J106" s="48"/>
     </row>
     <row r="107" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B107" s="64"/>
-[...3 lines deleted...]
-      <c r="J107" s="45"/>
+      <c r="B107" s="67"/>
+      <c r="C107" s="68"/>
+      <c r="D107" s="69"/>
+      <c r="E107" s="70"/>
+      <c r="J107" s="48"/>
     </row>
     <row r="108" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B108" s="64"/>
-[...3 lines deleted...]
-      <c r="J108" s="45"/>
+      <c r="B108" s="67"/>
+      <c r="C108" s="68"/>
+      <c r="D108" s="69"/>
+      <c r="E108" s="70"/>
+      <c r="J108" s="48"/>
     </row>
     <row r="109" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B109" s="64"/>
-[...3 lines deleted...]
-      <c r="J109" s="45"/>
+      <c r="B109" s="67"/>
+      <c r="C109" s="68"/>
+      <c r="D109" s="69"/>
+      <c r="E109" s="70"/>
+      <c r="J109" s="48"/>
     </row>
     <row r="110" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B110" s="64"/>
-[...3 lines deleted...]
-      <c r="J110" s="45"/>
+      <c r="B110" s="67"/>
+      <c r="C110" s="68"/>
+      <c r="D110" s="69"/>
+      <c r="E110" s="70"/>
+      <c r="J110" s="48"/>
     </row>
     <row r="111" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B111" s="64"/>
-[...3 lines deleted...]
-      <c r="J111" s="45"/>
+      <c r="B111" s="67"/>
+      <c r="C111" s="68"/>
+      <c r="D111" s="69"/>
+      <c r="E111" s="70"/>
+      <c r="J111" s="48"/>
     </row>
     <row r="112" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B112" s="64"/>
-[...3 lines deleted...]
-      <c r="J112" s="45"/>
+      <c r="B112" s="67"/>
+      <c r="C112" s="68"/>
+      <c r="D112" s="69"/>
+      <c r="E112" s="70"/>
+      <c r="J112" s="48"/>
     </row>
     <row r="113" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B113" s="64"/>
-[...3 lines deleted...]
-      <c r="J113" s="45"/>
+      <c r="B113" s="67"/>
+      <c r="C113" s="68"/>
+      <c r="D113" s="69"/>
+      <c r="E113" s="70"/>
+      <c r="J113" s="48"/>
     </row>
     <row r="114" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B114" s="64"/>
-[...3 lines deleted...]
-      <c r="J114" s="45"/>
+      <c r="B114" s="67"/>
+      <c r="C114" s="68"/>
+      <c r="D114" s="69"/>
+      <c r="E114" s="70"/>
+      <c r="J114" s="48"/>
     </row>
     <row r="115" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B115" s="64"/>
-[...3 lines deleted...]
-      <c r="J115" s="45"/>
+      <c r="B115" s="67"/>
+      <c r="C115" s="68"/>
+      <c r="D115" s="69"/>
+      <c r="E115" s="70"/>
+      <c r="J115" s="48"/>
     </row>
     <row r="116" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B116" s="64"/>
-[...3 lines deleted...]
-      <c r="J116" s="45"/>
+      <c r="B116" s="67"/>
+      <c r="C116" s="68"/>
+      <c r="D116" s="69"/>
+      <c r="E116" s="70"/>
+      <c r="J116" s="48"/>
     </row>
     <row r="117" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B117" s="64"/>
-[...3 lines deleted...]
-      <c r="J117" s="45"/>
+      <c r="B117" s="67"/>
+      <c r="C117" s="68"/>
+      <c r="D117" s="69"/>
+      <c r="E117" s="70"/>
+      <c r="J117" s="48"/>
     </row>
     <row r="118" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B118" s="64"/>
-[...3 lines deleted...]
-      <c r="J118" s="45"/>
+      <c r="B118" s="67"/>
+      <c r="C118" s="68"/>
+      <c r="D118" s="69"/>
+      <c r="E118" s="70"/>
+      <c r="J118" s="48"/>
     </row>
     <row r="119" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B119" s="64"/>
-[...3 lines deleted...]
-      <c r="J119" s="45"/>
+      <c r="B119" s="67"/>
+      <c r="C119" s="68"/>
+      <c r="D119" s="69"/>
+      <c r="E119" s="70"/>
+      <c r="J119" s="48"/>
     </row>
     <row r="120" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B120" s="64"/>
-[...3 lines deleted...]
-      <c r="J120" s="45"/>
+      <c r="B120" s="67"/>
+      <c r="C120" s="68"/>
+      <c r="D120" s="69"/>
+      <c r="E120" s="70"/>
+      <c r="J120" s="48"/>
     </row>
     <row r="121" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B121" s="64"/>
-[...3 lines deleted...]
-      <c r="J121" s="45"/>
+      <c r="B121" s="67"/>
+      <c r="C121" s="68"/>
+      <c r="D121" s="69"/>
+      <c r="E121" s="70"/>
+      <c r="J121" s="48"/>
     </row>
     <row r="122" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B122" s="64"/>
-[...3 lines deleted...]
-      <c r="J122" s="45"/>
+      <c r="B122" s="67"/>
+      <c r="C122" s="68"/>
+      <c r="D122" s="69"/>
+      <c r="E122" s="70"/>
+      <c r="J122" s="48"/>
     </row>
     <row r="123" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B123" s="64"/>
-[...3 lines deleted...]
-      <c r="J123" s="45"/>
+      <c r="B123" s="67"/>
+      <c r="C123" s="68"/>
+      <c r="D123" s="69"/>
+      <c r="E123" s="70"/>
+      <c r="J123" s="48"/>
     </row>
     <row r="124" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B124" s="64"/>
-[...3 lines deleted...]
-      <c r="J124" s="45"/>
+      <c r="B124" s="67"/>
+      <c r="C124" s="68"/>
+      <c r="D124" s="69"/>
+      <c r="E124" s="70"/>
+      <c r="J124" s="48"/>
     </row>
     <row r="125" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B125" s="64"/>
-[...3 lines deleted...]
-      <c r="J125" s="45"/>
+      <c r="B125" s="67"/>
+      <c r="C125" s="68"/>
+      <c r="D125" s="69"/>
+      <c r="E125" s="70"/>
+      <c r="J125" s="48"/>
     </row>
     <row r="126" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B126" s="64"/>
-[...3 lines deleted...]
-      <c r="J126" s="45"/>
+      <c r="B126" s="67"/>
+      <c r="C126" s="68"/>
+      <c r="D126" s="69"/>
+      <c r="E126" s="70"/>
+      <c r="J126" s="48"/>
     </row>
     <row r="127" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B127" s="64"/>
-[...3 lines deleted...]
-      <c r="J127" s="45"/>
+      <c r="B127" s="67"/>
+      <c r="C127" s="68"/>
+      <c r="D127" s="69"/>
+      <c r="E127" s="70"/>
+      <c r="J127" s="48"/>
     </row>
     <row r="128" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D128" s="66"/>
-[...1 lines deleted...]
-      <c r="J128" s="45"/>
+      <c r="D128" s="69"/>
+      <c r="E128" s="70"/>
+      <c r="J128" s="48"/>
     </row>
     <row r="129" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D129" s="66"/>
-[...1 lines deleted...]
-      <c r="J129" s="45"/>
+      <c r="D129" s="69"/>
+      <c r="E129" s="70"/>
+      <c r="J129" s="48"/>
     </row>
     <row r="130" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D130" s="66"/>
-[...1 lines deleted...]
-      <c r="J130" s="45"/>
+      <c r="D130" s="69"/>
+      <c r="E130" s="70"/>
+      <c r="J130" s="48"/>
     </row>
     <row r="131" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D131" s="66"/>
-[...1 lines deleted...]
-      <c r="J131" s="45"/>
+      <c r="D131" s="69"/>
+      <c r="E131" s="70"/>
+      <c r="J131" s="48"/>
     </row>
     <row r="132" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A132" s="68"/>
-[...3 lines deleted...]
-      <c r="J132" s="45"/>
+      <c r="A132" s="71"/>
+      <c r="D132" s="69"/>
+      <c r="E132" s="70"/>
+      <c r="F132" s="72"/>
+      <c r="J132" s="48"/>
     </row>
     <row r="133" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D133" s="66"/>
-[...1 lines deleted...]
-      <c r="J133" s="45"/>
+      <c r="D133" s="69"/>
+      <c r="E133" s="70"/>
+      <c r="J133" s="48"/>
     </row>
     <row r="134" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D134" s="66"/>
-[...1 lines deleted...]
-      <c r="J134" s="45"/>
+      <c r="D134" s="69"/>
+      <c r="E134" s="70"/>
+      <c r="J134" s="48"/>
     </row>
     <row r="135" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D135" s="66"/>
-[...1 lines deleted...]
-      <c r="J135" s="45"/>
+      <c r="D135" s="69"/>
+      <c r="E135" s="70"/>
+      <c r="J135" s="48"/>
     </row>
     <row r="136" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D136" s="66"/>
-[...1 lines deleted...]
-      <c r="J136" s="45"/>
+      <c r="D136" s="69"/>
+      <c r="E136" s="70"/>
+      <c r="J136" s="48"/>
     </row>
     <row r="137" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D137" s="66"/>
-[...1 lines deleted...]
-      <c r="J137" s="45"/>
+      <c r="D137" s="69"/>
+      <c r="E137" s="70"/>
+      <c r="J137" s="48"/>
     </row>
     <row r="138" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D138" s="66"/>
-[...1 lines deleted...]
-      <c r="J138" s="45"/>
+      <c r="D138" s="69"/>
+      <c r="E138" s="70"/>
+      <c r="J138" s="48"/>
     </row>
     <row r="139" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D139" s="66"/>
-[...1 lines deleted...]
-      <c r="J139" s="45"/>
+      <c r="D139" s="69"/>
+      <c r="E139" s="70"/>
+      <c r="J139" s="48"/>
     </row>
     <row r="140" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D140" s="66"/>
-[...1 lines deleted...]
-      <c r="J140" s="45"/>
+      <c r="D140" s="69"/>
+      <c r="E140" s="70"/>
+      <c r="J140" s="48"/>
     </row>
     <row r="141" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D141" s="66"/>
-[...1 lines deleted...]
-      <c r="J141" s="45"/>
+      <c r="D141" s="69"/>
+      <c r="E141" s="70"/>
+      <c r="J141" s="48"/>
     </row>
     <row r="142" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D142" s="66"/>
-[...1 lines deleted...]
-      <c r="J142" s="45"/>
+      <c r="D142" s="69"/>
+      <c r="E142" s="70"/>
+      <c r="J142" s="48"/>
     </row>
     <row r="143" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D143" s="66"/>
-[...1 lines deleted...]
-      <c r="J143" s="45"/>
+      <c r="D143" s="69"/>
+      <c r="E143" s="70"/>
+      <c r="J143" s="48"/>
     </row>
     <row r="144" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D144" s="66"/>
-[...1 lines deleted...]
-      <c r="J144" s="45"/>
+      <c r="D144" s="69"/>
+      <c r="E144" s="70"/>
+      <c r="J144" s="48"/>
     </row>
     <row r="145" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D145" s="66"/>
-[...1 lines deleted...]
-      <c r="J145" s="45"/>
+      <c r="D145" s="69"/>
+      <c r="E145" s="70"/>
+      <c r="J145" s="48"/>
     </row>
     <row r="146" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D146" s="66"/>
-[...1 lines deleted...]
-      <c r="J146" s="45"/>
+      <c r="D146" s="69"/>
+      <c r="E146" s="70"/>
+      <c r="J146" s="48"/>
     </row>
     <row r="147" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D147" s="66"/>
-[...1 lines deleted...]
-      <c r="J147" s="45"/>
+      <c r="D147" s="69"/>
+      <c r="E147" s="70"/>
+      <c r="J147" s="48"/>
     </row>
     <row r="148" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D148" s="66"/>
-[...1 lines deleted...]
-      <c r="J148" s="45"/>
+      <c r="D148" s="69"/>
+      <c r="E148" s="70"/>
+      <c r="J148" s="48"/>
     </row>
     <row r="149" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D149" s="66"/>
-[...1 lines deleted...]
-      <c r="J149" s="45"/>
+      <c r="D149" s="69"/>
+      <c r="E149" s="70"/>
+      <c r="J149" s="48"/>
     </row>
     <row r="150" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D150" s="66"/>
-[...1 lines deleted...]
-      <c r="J150" s="45"/>
+      <c r="D150" s="69"/>
+      <c r="E150" s="70"/>
+      <c r="J150" s="48"/>
     </row>
     <row r="151" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D151" s="66"/>
-[...1 lines deleted...]
-      <c r="J151" s="45"/>
+      <c r="D151" s="69"/>
+      <c r="E151" s="70"/>
+      <c r="J151" s="48"/>
     </row>
     <row r="152" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D152" s="66"/>
-[...1 lines deleted...]
-      <c r="J152" s="45"/>
+      <c r="D152" s="69"/>
+      <c r="E152" s="70"/>
+      <c r="J152" s="48"/>
     </row>
     <row r="153" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="B153" s="70"/>
-[...3 lines deleted...]
-      <c r="F153" s="74"/>
+      <c r="B153" s="73"/>
+      <c r="C153" s="74"/>
+      <c r="D153" s="75"/>
+      <c r="E153" s="76"/>
+      <c r="F153" s="77"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.39375" right="0.39375" top="0.315277777777778" bottom="0.315277777777778" header="0.511805555555555" footer="0.511805555555555"/>
   <pageSetup paperSize="9" scale="70" firstPageNumber="0" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="landscape" blackAndWhite="false" draft="false" cellComments="none" useFirstPageNumber="false" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>LibreOffice/7.0.3.1$Windows_X86_64 LibreOffice_project/d7547858d014d4cf69878db179d326fc3483e082</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>