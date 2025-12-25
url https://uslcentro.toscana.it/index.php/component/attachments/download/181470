--- v0 (2025-10-17)
+++ v1 (2025-12-25)
@@ -4,77 +4,77 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\utente\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\utente\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="6350" tabRatio="500"/>
   </bookViews>
   <sheets>
     <sheet name="Tabella" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Tabella!$A$3:$AMK$13</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Tabella!$A$3:$AMK$20</definedName>
     <definedName name="_Hlk162558198" localSheetId="0">Tabella!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Tabella!$A$1:$J$4</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D12" i="1" l="1"/>
   <c r="D13" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="82">
   <si>
     <t>Devono  essere indicati tutti gli atti di concessione di sovvenzioni, contributi, sussidi ed ausili finanziari alle imprese e  comunque di  vantaggi economici di qualunque genere a persone ed enti pubblici e privati di qualsiasi importo</t>
   </si>
   <si>
     <t>Tipologia contributo o sovvenzione</t>
   </si>
   <si>
     <t>Soggetto beneficiario Persona Fisica/Ente/Impresa</t>
   </si>
   <si>
     <t>Dati fiscali (Solo in caso di Ente/Impresa)</t>
   </si>
   <si>
     <t>Importo del vantaggio economico corrisposto</t>
   </si>
   <si>
     <t>Atto di concessione della sovvenzione o contributo (n. e data dell'atto)</t>
   </si>
   <si>
     <t>Norma o titolo a base dell'attribuzione</t>
   </si>
   <si>
     <t>Ufficio e funzionario o dirigente responsabile del relativo procedimento amministrativo</t>
   </si>
   <si>
@@ -257,51 +257,87 @@
     <t>S3-2025-374 del 12/02/2025</t>
   </si>
   <si>
     <t>S3-2025-375 del 12/02/2025</t>
   </si>
   <si>
     <t>S3-2025-376 del 12/02/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Convenzione per la realizzazione di attività di animazione musicale a favore di persone in carico alla SMA per la zona di Firenze Centro - durata del progetto 3 anni - CIG [ZDB3D360C4 ] 
 Cod. contributo  32 - Atti di concessione, sovvenzioni e contributi a Enti del Terzo Settore  </t>
   </si>
   <si>
     <t xml:space="preserve">Convenzione per la realizzazione di attività di fumetto a favore di persone in carico alla SMA per la zona di Firenze Centro- durata del progetto 3 anni - CIG [ZDB3D360C4 ] 
 Cod. contributo  32 - Atti di concessione, sovvenzioni e contributi a Enti del Terzo Settore  </t>
   </si>
   <si>
     <t xml:space="preserve">Convenzione per la realizzazione di attività di arteterapia e manipolazione della creta a favore di persone in carico alla SMA per la zona di Firenze Centro- durata del progetto 3 anni - CIG [ZDB3D360C4 ] 
 Cod. contributo  32 - Atti di concessione, sovvenzioni e contributi a Enti del Terzo Settore  </t>
   </si>
   <si>
     <t xml:space="preserve">Progetto di collaborazione per la fornitura di professionalità adeguate alla partecipazione al Consultorio Persefone, per donne vittime di violenza, tratta e tortura – durata del progetto: 3 anni – CIG [A007173FD9]
 Cod. contributo  32 - Atti di concessione, sovvenzioni e contributi a Enti del Terzo Settore  </t>
   </si>
   <si>
-    <t>TABELLA ATTI DI CONCESSIONE ZONA FIRENZE EMPOLI - AGOSTO 2025_aggiornato al 25/09/2025</t>
+    <t xml:space="preserve">Convenzione per la realizzazione di attività di laboratori artistici a favore di persone in carico alla SMA per la zona Empolese - durata del progetto 3 anni - CIG [ZDB3D360C4 ]
+Cod. contributo  32 - Atti di concessione, sovvenzioni e contributi a Enti del Terzo Settore  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Associazione Arbus </t>
+  </si>
+  <si>
+    <t>C.F.06340780482</t>
+  </si>
+  <si>
+    <t>ORDINE N. S8/2025/289 DEL 31.3.25</t>
+  </si>
+  <si>
+    <t>Manifestazioni-di-interesse-e-accordi-contrattuali-rivolta-a-soggetti-interessati-alla-sottoscrizione-di-accordi-contrattuali</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Convenzione per la realizzazione di attività di laboratori artistici ed espressive a favore di persone in carico alla SMA per la zona Empolese (San Miniato) - durata del progetto 3 anni - CIG [ZDB3D360C4 ] 
+Cod. contributo  32 - Atti di concessione, sovvenzioni e contributi a Enti del Terzo Settore  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ORDINE N.S8/2025/288 DEL 31.3.25 </t>
+  </si>
+  <si>
+    <t>https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/23732-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-per-la-realizzazione-di-progetti-laboratoriali-per-persone-in-carico-ai-servizi-di-salute-mentale-scadenza-ore-18-00-del-11-12-2020</t>
+  </si>
+  <si>
+    <t>https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Convenzione per la realizzazione di attività di laboratori artistici ed espressive a favore di persone in carico alla SMA per la zona Firenze Nord ovest - durata del progetto 3 anni - CIG [  ZDB3D360C4]
+Cod. contributo  32 - Atti di concessione, sovvenzioni e contributi a Enti del Terzo Settore  </t>
+  </si>
+  <si>
+    <t>ORDINE NSO S4/2025/241 DEL 31/01/2025</t>
+  </si>
+  <si>
+    <t>TABELLA ATTI DI CONCESSIONE ZONA FIRENZE EMPOLI - NOVEMBRE 2025_aggiornato al  22.12.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* \-??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.00&quot; €&quot;_-;\-* #,##0.00&quot; €&quot;_-;_-* \-??&quot; €&quot;_-;_-@_-"/>
   </numFmts>
   <fonts count="16">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -455,51 +491,51 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyBorder="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="55">
+  <cellXfs count="57">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
@@ -609,50 +645,56 @@
     <xf numFmtId="49" fontId="10" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="12" fillId="0" borderId="2" xfId="3" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="10" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="2" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="10" fillId="5" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="2" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Collegamento ipertestuale" xfId="3" builtinId="8"/>
     <cellStyle name="Migliaia" xfId="1" builtinId="3"/>
     <cellStyle name="Migliaia 6" xfId="6"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
     <cellStyle name="Normale 2" xfId="4"/>
     <cellStyle name="Normale 6" xfId="5"/>
     <cellStyle name="Testo descrittivo" xfId="2" builtinId="53" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFCC0000"/>
@@ -1028,92 +1070,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/49204-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/36561-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-per-la-realizzazione-di-progetti-laboratoriali-e-sportivi-con" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/49204-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/50592-manifestazione-di-interesse-per-l-elaborazione-di-un-progetto-volto-a-promuovere-la-motricita-di-persone-con-disabilita-intellettiva-scadenza-10" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/49204-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/36561-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-per-la-realizzazione-di-progetti-laboratoriali-e-sportivi-con" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/40403-avviso-pubblico-di-manifestazione-d-interesse-rivolta-a-soggetti-interessati-alla-sottoscrizione-di-accordi-contrattuali" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/49204-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/50592-manifestazione-di-interesse-per-l-elaborazione-di-un-progetto-volto-a-promuovere-la-motricita-di-persone-con-disabilita-intellettiva-scadenza-10" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AMK18"/>
+  <dimension ref="A1:AMK21"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection sqref="A1:J1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5"/>
+  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5"/>
   <cols>
     <col min="1" max="1" width="55.26953125" style="27" customWidth="1"/>
     <col min="2" max="2" width="60.7265625" style="13" customWidth="1"/>
     <col min="3" max="3" width="25.7265625" style="13" customWidth="1"/>
     <col min="4" max="4" width="15.7265625" style="11" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="20.1796875" style="12" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="19.81640625" style="15" customWidth="1"/>
+    <col min="5" max="5" width="20.08984375" style="12" customWidth="1"/>
+    <col min="6" max="6" width="29.90625" style="14" customWidth="1"/>
+    <col min="7" max="7" width="26.08984375" style="14" customWidth="1"/>
+    <col min="8" max="8" width="19.90625" style="15" customWidth="1"/>
     <col min="9" max="9" width="57.7265625" style="13" customWidth="1"/>
     <col min="10" max="10" width="21" style="13" customWidth="1"/>
     <col min="11" max="11" width="27.7265625" style="14" customWidth="1"/>
-    <col min="12" max="12" width="67.453125" style="14" customWidth="1"/>
+    <col min="12" max="12" width="67.36328125" style="14" customWidth="1"/>
     <col min="13" max="1025" width="27.7265625" style="14" customWidth="1"/>
-    <col min="1026" max="16384" width="9.1796875" style="16"/>
+    <col min="1026" max="16384" width="9.08984375" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1025" customFormat="1" ht="50.15" customHeight="1">
-[...1 lines deleted...]
-        <v>70</v>
+    <row r="1" spans="1:1025" customFormat="1" ht="50" customHeight="1">
+      <c r="A1" s="55" t="s">
+        <v>81</v>
       </c>
-      <c r="B1" s="53"/>
-[...7 lines deleted...]
-      <c r="J1" s="53"/>
+      <c r="B1" s="55"/>
+      <c r="C1" s="55"/>
+      <c r="D1" s="55"/>
+      <c r="E1" s="55"/>
+      <c r="F1" s="55"/>
+      <c r="G1" s="55"/>
+      <c r="H1" s="55"/>
+      <c r="I1" s="55"/>
+      <c r="J1" s="55"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
@@ -2087,62 +2129,62 @@
       <c r="ALO1" s="1"/>
       <c r="ALP1" s="1"/>
       <c r="ALQ1" s="1"/>
       <c r="ALR1" s="1"/>
       <c r="ALS1" s="1"/>
       <c r="ALT1" s="1"/>
       <c r="ALU1" s="1"/>
       <c r="ALV1" s="1"/>
       <c r="ALW1" s="1"/>
       <c r="ALX1" s="1"/>
       <c r="ALY1" s="1"/>
       <c r="ALZ1" s="1"/>
       <c r="AMA1" s="1"/>
       <c r="AMB1" s="1"/>
       <c r="AMC1" s="1"/>
       <c r="AMD1" s="1"/>
       <c r="AME1" s="1"/>
       <c r="AMF1" s="1"/>
       <c r="AMG1" s="1"/>
       <c r="AMH1" s="1"/>
       <c r="AMI1" s="1"/>
       <c r="AMJ1" s="1"/>
       <c r="AMK1" s="1"/>
     </row>
     <row r="2" spans="1:1025" customFormat="1" ht="24.25" customHeight="1">
-      <c r="A2" s="54" t="s">
+      <c r="A2" s="56" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="54"/>
-[...7 lines deleted...]
-      <c r="J2" s="54"/>
+      <c r="B2" s="56"/>
+      <c r="C2" s="56"/>
+      <c r="D2" s="56"/>
+      <c r="E2" s="56"/>
+      <c r="F2" s="56"/>
+      <c r="G2" s="56"/>
+      <c r="H2" s="56"/>
+      <c r="I2" s="56"/>
+      <c r="J2" s="56"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
       <c r="AA2" s="1"/>
       <c r="AB2" s="1"/>
       <c r="AC2" s="1"/>
       <c r="AD2" s="1"/>
       <c r="AE2" s="1"/>
       <c r="AF2" s="1"/>
       <c r="AG2" s="1"/>
       <c r="AH2" s="1"/>
       <c r="AI2" s="1"/>
@@ -5242,51 +5284,51 @@
       <c r="ALN5" s="17"/>
       <c r="ALO5" s="17"/>
       <c r="ALP5" s="17"/>
       <c r="ALQ5" s="17"/>
       <c r="ALR5" s="17"/>
       <c r="ALS5" s="17"/>
       <c r="ALT5" s="17"/>
       <c r="ALU5" s="17"/>
       <c r="ALV5" s="17"/>
       <c r="ALW5" s="17"/>
       <c r="ALX5" s="17"/>
       <c r="ALY5" s="17"/>
       <c r="ALZ5" s="17"/>
       <c r="AMA5" s="17"/>
       <c r="AMB5" s="17"/>
       <c r="AMC5" s="17"/>
       <c r="AMD5" s="17"/>
       <c r="AME5" s="17"/>
       <c r="AMF5" s="17"/>
       <c r="AMG5" s="17"/>
       <c r="AMH5" s="17"/>
       <c r="AMI5" s="17"/>
       <c r="AMJ5" s="17"/>
       <c r="AMK5" s="17"/>
     </row>
-    <row r="6" spans="1:1025" s="19" customFormat="1" ht="100.5" customHeight="1">
+    <row r="6" spans="1:1025" s="19" customFormat="1" ht="100.65" customHeight="1">
       <c r="A6" s="40" t="s">
         <v>67</v>
       </c>
       <c r="B6" s="21" t="s">
         <v>62</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>61</v>
       </c>
       <c r="D6" s="18">
         <v>1780.74</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>64</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>20</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="7" t="s">
         <v>21</v>
       </c>
       <c r="I6" s="24" t="s">
@@ -8394,51 +8436,51 @@
       <c r="ALY8" s="17"/>
       <c r="ALZ8" s="17"/>
       <c r="AMA8" s="17"/>
       <c r="AMB8" s="17"/>
       <c r="AMC8" s="17"/>
       <c r="AMD8" s="17"/>
       <c r="AME8" s="17"/>
       <c r="AMF8" s="17"/>
       <c r="AMG8" s="17"/>
       <c r="AMH8" s="17"/>
       <c r="AMI8" s="17"/>
       <c r="AMJ8" s="17"/>
       <c r="AMK8" s="17"/>
     </row>
     <row r="9" spans="1:1025" s="19" customFormat="1" ht="87">
       <c r="A9" s="22" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="21" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="18">
-        <v>4576.05</v>
+        <v>4952.5</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="23" t="s">
         <v>20</v>
       </c>
       <c r="G9" s="7" t="s">
         <v>18</v>
       </c>
       <c r="H9" s="7" t="s">
         <v>21</v>
       </c>
       <c r="I9" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="K9" s="17"/>
       <c r="L9" s="17"/>
       <c r="M9" s="17"/>
       <c r="N9" s="17"/>
       <c r="O9" s="17"/>
       <c r="P9" s="17"/>
@@ -9441,51 +9483,51 @@
       <c r="ALY9" s="17"/>
       <c r="ALZ9" s="17"/>
       <c r="AMA9" s="17"/>
       <c r="AMB9" s="17"/>
       <c r="AMC9" s="17"/>
       <c r="AMD9" s="17"/>
       <c r="AME9" s="17"/>
       <c r="AMF9" s="17"/>
       <c r="AMG9" s="17"/>
       <c r="AMH9" s="17"/>
       <c r="AMI9" s="17"/>
       <c r="AMJ9" s="17"/>
       <c r="AMK9" s="17"/>
     </row>
     <row r="10" spans="1:1025" s="19" customFormat="1" ht="72.5">
       <c r="A10" s="22" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="21" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="18">
-        <v>1695</v>
+        <v>1857</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="23" t="s">
         <v>20</v>
       </c>
       <c r="G10" s="7" t="s">
         <v>18</v>
       </c>
       <c r="H10" s="7" t="s">
         <v>21</v>
       </c>
       <c r="I10" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J10" s="9" t="s">
         <v>16</v>
       </c>
       <c r="K10" s="17"/>
       <c r="L10" s="17"/>
       <c r="M10" s="17"/>
       <c r="N10" s="17"/>
       <c r="O10" s="17"/>
       <c r="P10" s="17"/>
@@ -10488,51 +10530,51 @@
       <c r="ALY10" s="17"/>
       <c r="ALZ10" s="17"/>
       <c r="AMA10" s="17"/>
       <c r="AMB10" s="17"/>
       <c r="AMC10" s="17"/>
       <c r="AMD10" s="17"/>
       <c r="AME10" s="17"/>
       <c r="AMF10" s="17"/>
       <c r="AMG10" s="17"/>
       <c r="AMH10" s="17"/>
       <c r="AMI10" s="17"/>
       <c r="AMJ10" s="17"/>
       <c r="AMK10" s="17"/>
     </row>
     <row r="11" spans="1:1025" s="19" customFormat="1" ht="87">
       <c r="A11" s="22" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="21" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="18">
-        <v>2645.5</v>
+        <v>3267.5</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>34</v>
       </c>
       <c r="F11" s="23" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>18</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>21</v>
       </c>
       <c r="I11" s="24" t="s">
         <v>28</v>
       </c>
       <c r="J11" s="9" t="s">
         <v>16</v>
       </c>
       <c r="K11" s="17"/>
       <c r="L11" s="17"/>
       <c r="M11" s="17"/>
       <c r="N11" s="17"/>
       <c r="O11" s="17"/>
       <c r="P11" s="17"/>
@@ -18855,71 +18897,3223 @@
       <c r="ALN18" s="33"/>
       <c r="ALO18" s="33"/>
       <c r="ALP18" s="33"/>
       <c r="ALQ18" s="33"/>
       <c r="ALR18" s="33"/>
       <c r="ALS18" s="33"/>
       <c r="ALT18" s="33"/>
       <c r="ALU18" s="33"/>
       <c r="ALV18" s="33"/>
       <c r="ALW18" s="33"/>
       <c r="ALX18" s="33"/>
       <c r="ALY18" s="33"/>
       <c r="ALZ18" s="33"/>
       <c r="AMA18" s="33"/>
       <c r="AMB18" s="33"/>
       <c r="AMC18" s="33"/>
       <c r="AMD18" s="33"/>
       <c r="AME18" s="33"/>
       <c r="AMF18" s="33"/>
       <c r="AMG18" s="33"/>
       <c r="AMH18" s="33"/>
       <c r="AMI18" s="33"/>
       <c r="AMJ18" s="33"/>
       <c r="AMK18" s="33"/>
     </row>
+    <row r="19" spans="1:1025" s="34" customFormat="1" ht="120.9" customHeight="1">
+      <c r="A19" s="50" t="s">
+        <v>70</v>
+      </c>
+      <c r="B19" s="28" t="s">
+        <v>71</v>
+      </c>
+      <c r="C19" s="29" t="s">
+        <v>72</v>
+      </c>
+      <c r="D19" s="53">
+        <v>407</v>
+      </c>
+      <c r="E19" s="54" t="s">
+        <v>73</v>
+      </c>
+      <c r="F19" s="51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="H19" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="I19" s="45" t="s">
+        <v>74</v>
+      </c>
+      <c r="J19" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="K19" s="33"/>
+      <c r="L19" s="33"/>
+      <c r="M19" s="33"/>
+      <c r="N19" s="33"/>
+      <c r="O19" s="33"/>
+      <c r="P19" s="33"/>
+      <c r="Q19" s="33"/>
+      <c r="R19" s="33"/>
+      <c r="S19" s="33"/>
+      <c r="T19" s="33"/>
+      <c r="U19" s="33"/>
+      <c r="V19" s="33"/>
+      <c r="W19" s="33"/>
+      <c r="X19" s="33"/>
+      <c r="Y19" s="33"/>
+      <c r="Z19" s="33"/>
+      <c r="AA19" s="33"/>
+      <c r="AB19" s="33"/>
+      <c r="AC19" s="33"/>
+      <c r="AD19" s="33"/>
+      <c r="AE19" s="33"/>
+      <c r="AF19" s="33"/>
+      <c r="AG19" s="33"/>
+      <c r="AH19" s="33"/>
+      <c r="AI19" s="33"/>
+      <c r="AJ19" s="33"/>
+      <c r="AK19" s="33"/>
+      <c r="AL19" s="33"/>
+      <c r="AM19" s="33"/>
+      <c r="AN19" s="33"/>
+      <c r="AO19" s="33"/>
+      <c r="AP19" s="33"/>
+      <c r="AQ19" s="33"/>
+      <c r="AR19" s="33"/>
+      <c r="AS19" s="33"/>
+      <c r="AT19" s="33"/>
+      <c r="AU19" s="33"/>
+      <c r="AV19" s="33"/>
+      <c r="AW19" s="33"/>
+      <c r="AX19" s="33"/>
+      <c r="AY19" s="33"/>
+      <c r="AZ19" s="33"/>
+      <c r="BA19" s="33"/>
+      <c r="BB19" s="33"/>
+      <c r="BC19" s="33"/>
+      <c r="BD19" s="33"/>
+      <c r="BE19" s="33"/>
+      <c r="BF19" s="33"/>
+      <c r="BG19" s="33"/>
+      <c r="BH19" s="33"/>
+      <c r="BI19" s="33"/>
+      <c r="BJ19" s="33"/>
+      <c r="BK19" s="33"/>
+      <c r="BL19" s="33"/>
+      <c r="BM19" s="33"/>
+      <c r="BN19" s="33"/>
+      <c r="BO19" s="33"/>
+      <c r="BP19" s="33"/>
+      <c r="BQ19" s="33"/>
+      <c r="BR19" s="33"/>
+      <c r="BS19" s="33"/>
+      <c r="BT19" s="33"/>
+      <c r="BU19" s="33"/>
+      <c r="BV19" s="33"/>
+      <c r="BW19" s="33"/>
+      <c r="BX19" s="33"/>
+      <c r="BY19" s="33"/>
+      <c r="BZ19" s="33"/>
+      <c r="CA19" s="33"/>
+      <c r="CB19" s="33"/>
+      <c r="CC19" s="33"/>
+      <c r="CD19" s="33"/>
+      <c r="CE19" s="33"/>
+      <c r="CF19" s="33"/>
+      <c r="CG19" s="33"/>
+      <c r="CH19" s="33"/>
+      <c r="CI19" s="33"/>
+      <c r="CJ19" s="33"/>
+      <c r="CK19" s="33"/>
+      <c r="CL19" s="33"/>
+      <c r="CM19" s="33"/>
+      <c r="CN19" s="33"/>
+      <c r="CO19" s="33"/>
+      <c r="CP19" s="33"/>
+      <c r="CQ19" s="33"/>
+      <c r="CR19" s="33"/>
+      <c r="CS19" s="33"/>
+      <c r="CT19" s="33"/>
+      <c r="CU19" s="33"/>
+      <c r="CV19" s="33"/>
+      <c r="CW19" s="33"/>
+      <c r="CX19" s="33"/>
+      <c r="CY19" s="33"/>
+      <c r="CZ19" s="33"/>
+      <c r="DA19" s="33"/>
+      <c r="DB19" s="33"/>
+      <c r="DC19" s="33"/>
+      <c r="DD19" s="33"/>
+      <c r="DE19" s="33"/>
+      <c r="DF19" s="33"/>
+      <c r="DG19" s="33"/>
+      <c r="DH19" s="33"/>
+      <c r="DI19" s="33"/>
+      <c r="DJ19" s="33"/>
+      <c r="DK19" s="33"/>
+      <c r="DL19" s="33"/>
+      <c r="DM19" s="33"/>
+      <c r="DN19" s="33"/>
+      <c r="DO19" s="33"/>
+      <c r="DP19" s="33"/>
+      <c r="DQ19" s="33"/>
+      <c r="DR19" s="33"/>
+      <c r="DS19" s="33"/>
+      <c r="DT19" s="33"/>
+      <c r="DU19" s="33"/>
+      <c r="DV19" s="33"/>
+      <c r="DW19" s="33"/>
+      <c r="DX19" s="33"/>
+      <c r="DY19" s="33"/>
+      <c r="DZ19" s="33"/>
+      <c r="EA19" s="33"/>
+      <c r="EB19" s="33"/>
+      <c r="EC19" s="33"/>
+      <c r="ED19" s="33"/>
+      <c r="EE19" s="33"/>
+      <c r="EF19" s="33"/>
+      <c r="EG19" s="33"/>
+      <c r="EH19" s="33"/>
+      <c r="EI19" s="33"/>
+      <c r="EJ19" s="33"/>
+      <c r="EK19" s="33"/>
+      <c r="EL19" s="33"/>
+      <c r="EM19" s="33"/>
+      <c r="EN19" s="33"/>
+      <c r="EO19" s="33"/>
+      <c r="EP19" s="33"/>
+      <c r="EQ19" s="33"/>
+      <c r="ER19" s="33"/>
+      <c r="ES19" s="33"/>
+      <c r="ET19" s="33"/>
+      <c r="EU19" s="33"/>
+      <c r="EV19" s="33"/>
+      <c r="EW19" s="33"/>
+      <c r="EX19" s="33"/>
+      <c r="EY19" s="33"/>
+      <c r="EZ19" s="33"/>
+      <c r="FA19" s="33"/>
+      <c r="FB19" s="33"/>
+      <c r="FC19" s="33"/>
+      <c r="FD19" s="33"/>
+      <c r="FE19" s="33"/>
+      <c r="FF19" s="33"/>
+      <c r="FG19" s="33"/>
+      <c r="FH19" s="33"/>
+      <c r="FI19" s="33"/>
+      <c r="FJ19" s="33"/>
+      <c r="FK19" s="33"/>
+      <c r="FL19" s="33"/>
+      <c r="FM19" s="33"/>
+      <c r="FN19" s="33"/>
+      <c r="FO19" s="33"/>
+      <c r="FP19" s="33"/>
+      <c r="FQ19" s="33"/>
+      <c r="FR19" s="33"/>
+      <c r="FS19" s="33"/>
+      <c r="FT19" s="33"/>
+      <c r="FU19" s="33"/>
+      <c r="FV19" s="33"/>
+      <c r="FW19" s="33"/>
+      <c r="FX19" s="33"/>
+      <c r="FY19" s="33"/>
+      <c r="FZ19" s="33"/>
+      <c r="GA19" s="33"/>
+      <c r="GB19" s="33"/>
+      <c r="GC19" s="33"/>
+      <c r="GD19" s="33"/>
+      <c r="GE19" s="33"/>
+      <c r="GF19" s="33"/>
+      <c r="GG19" s="33"/>
+      <c r="GH19" s="33"/>
+      <c r="GI19" s="33"/>
+      <c r="GJ19" s="33"/>
+      <c r="GK19" s="33"/>
+      <c r="GL19" s="33"/>
+      <c r="GM19" s="33"/>
+      <c r="GN19" s="33"/>
+      <c r="GO19" s="33"/>
+      <c r="GP19" s="33"/>
+      <c r="GQ19" s="33"/>
+      <c r="GR19" s="33"/>
+      <c r="GS19" s="33"/>
+      <c r="GT19" s="33"/>
+      <c r="GU19" s="33"/>
+      <c r="GV19" s="33"/>
+      <c r="GW19" s="33"/>
+      <c r="GX19" s="33"/>
+      <c r="GY19" s="33"/>
+      <c r="GZ19" s="33"/>
+      <c r="HA19" s="33"/>
+      <c r="HB19" s="33"/>
+      <c r="HC19" s="33"/>
+      <c r="HD19" s="33"/>
+      <c r="HE19" s="33"/>
+      <c r="HF19" s="33"/>
+      <c r="HG19" s="33"/>
+      <c r="HH19" s="33"/>
+      <c r="HI19" s="33"/>
+      <c r="HJ19" s="33"/>
+      <c r="HK19" s="33"/>
+      <c r="HL19" s="33"/>
+      <c r="HM19" s="33"/>
+      <c r="HN19" s="33"/>
+      <c r="HO19" s="33"/>
+      <c r="HP19" s="33"/>
+      <c r="HQ19" s="33"/>
+      <c r="HR19" s="33"/>
+      <c r="HS19" s="33"/>
+      <c r="HT19" s="33"/>
+      <c r="HU19" s="33"/>
+      <c r="HV19" s="33"/>
+      <c r="HW19" s="33"/>
+      <c r="HX19" s="33"/>
+      <c r="HY19" s="33"/>
+      <c r="HZ19" s="33"/>
+      <c r="IA19" s="33"/>
+      <c r="IB19" s="33"/>
+      <c r="IC19" s="33"/>
+      <c r="ID19" s="33"/>
+      <c r="IE19" s="33"/>
+      <c r="IF19" s="33"/>
+      <c r="IG19" s="33"/>
+      <c r="IH19" s="33"/>
+      <c r="II19" s="33"/>
+      <c r="IJ19" s="33"/>
+      <c r="IK19" s="33"/>
+      <c r="IL19" s="33"/>
+      <c r="IM19" s="33"/>
+      <c r="IN19" s="33"/>
+      <c r="IO19" s="33"/>
+      <c r="IP19" s="33"/>
+      <c r="IQ19" s="33"/>
+      <c r="IR19" s="33"/>
+      <c r="IS19" s="33"/>
+      <c r="IT19" s="33"/>
+      <c r="IU19" s="33"/>
+      <c r="IV19" s="33"/>
+      <c r="IW19" s="33"/>
+      <c r="IX19" s="33"/>
+      <c r="IY19" s="33"/>
+      <c r="IZ19" s="33"/>
+      <c r="JA19" s="33"/>
+      <c r="JB19" s="33"/>
+      <c r="JC19" s="33"/>
+      <c r="JD19" s="33"/>
+      <c r="JE19" s="33"/>
+      <c r="JF19" s="33"/>
+      <c r="JG19" s="33"/>
+      <c r="JH19" s="33"/>
+      <c r="JI19" s="33"/>
+      <c r="JJ19" s="33"/>
+      <c r="JK19" s="33"/>
+      <c r="JL19" s="33"/>
+      <c r="JM19" s="33"/>
+      <c r="JN19" s="33"/>
+      <c r="JO19" s="33"/>
+      <c r="JP19" s="33"/>
+      <c r="JQ19" s="33"/>
+      <c r="JR19" s="33"/>
+      <c r="JS19" s="33"/>
+      <c r="JT19" s="33"/>
+      <c r="JU19" s="33"/>
+      <c r="JV19" s="33"/>
+      <c r="JW19" s="33"/>
+      <c r="JX19" s="33"/>
+      <c r="JY19" s="33"/>
+      <c r="JZ19" s="33"/>
+      <c r="KA19" s="33"/>
+      <c r="KB19" s="33"/>
+      <c r="KC19" s="33"/>
+      <c r="KD19" s="33"/>
+      <c r="KE19" s="33"/>
+      <c r="KF19" s="33"/>
+      <c r="KG19" s="33"/>
+      <c r="KH19" s="33"/>
+      <c r="KI19" s="33"/>
+      <c r="KJ19" s="33"/>
+      <c r="KK19" s="33"/>
+      <c r="KL19" s="33"/>
+      <c r="KM19" s="33"/>
+      <c r="KN19" s="33"/>
+      <c r="KO19" s="33"/>
+      <c r="KP19" s="33"/>
+      <c r="KQ19" s="33"/>
+      <c r="KR19" s="33"/>
+      <c r="KS19" s="33"/>
+      <c r="KT19" s="33"/>
+      <c r="KU19" s="33"/>
+      <c r="KV19" s="33"/>
+      <c r="KW19" s="33"/>
+      <c r="KX19" s="33"/>
+      <c r="KY19" s="33"/>
+      <c r="KZ19" s="33"/>
+      <c r="LA19" s="33"/>
+      <c r="LB19" s="33"/>
+      <c r="LC19" s="33"/>
+      <c r="LD19" s="33"/>
+      <c r="LE19" s="33"/>
+      <c r="LF19" s="33"/>
+      <c r="LG19" s="33"/>
+      <c r="LH19" s="33"/>
+      <c r="LI19" s="33"/>
+      <c r="LJ19" s="33"/>
+      <c r="LK19" s="33"/>
+      <c r="LL19" s="33"/>
+      <c r="LM19" s="33"/>
+      <c r="LN19" s="33"/>
+      <c r="LO19" s="33"/>
+      <c r="LP19" s="33"/>
+      <c r="LQ19" s="33"/>
+      <c r="LR19" s="33"/>
+      <c r="LS19" s="33"/>
+      <c r="LT19" s="33"/>
+      <c r="LU19" s="33"/>
+      <c r="LV19" s="33"/>
+      <c r="LW19" s="33"/>
+      <c r="LX19" s="33"/>
+      <c r="LY19" s="33"/>
+      <c r="LZ19" s="33"/>
+      <c r="MA19" s="33"/>
+      <c r="MB19" s="33"/>
+      <c r="MC19" s="33"/>
+      <c r="MD19" s="33"/>
+      <c r="ME19" s="33"/>
+      <c r="MF19" s="33"/>
+      <c r="MG19" s="33"/>
+      <c r="MH19" s="33"/>
+      <c r="MI19" s="33"/>
+      <c r="MJ19" s="33"/>
+      <c r="MK19" s="33"/>
+      <c r="ML19" s="33"/>
+      <c r="MM19" s="33"/>
+      <c r="MN19" s="33"/>
+      <c r="MO19" s="33"/>
+      <c r="MP19" s="33"/>
+      <c r="MQ19" s="33"/>
+      <c r="MR19" s="33"/>
+      <c r="MS19" s="33"/>
+      <c r="MT19" s="33"/>
+      <c r="MU19" s="33"/>
+      <c r="MV19" s="33"/>
+      <c r="MW19" s="33"/>
+      <c r="MX19" s="33"/>
+      <c r="MY19" s="33"/>
+      <c r="MZ19" s="33"/>
+      <c r="NA19" s="33"/>
+      <c r="NB19" s="33"/>
+      <c r="NC19" s="33"/>
+      <c r="ND19" s="33"/>
+      <c r="NE19" s="33"/>
+      <c r="NF19" s="33"/>
+      <c r="NG19" s="33"/>
+      <c r="NH19" s="33"/>
+      <c r="NI19" s="33"/>
+      <c r="NJ19" s="33"/>
+      <c r="NK19" s="33"/>
+      <c r="NL19" s="33"/>
+      <c r="NM19" s="33"/>
+      <c r="NN19" s="33"/>
+      <c r="NO19" s="33"/>
+      <c r="NP19" s="33"/>
+      <c r="NQ19" s="33"/>
+      <c r="NR19" s="33"/>
+      <c r="NS19" s="33"/>
+      <c r="NT19" s="33"/>
+      <c r="NU19" s="33"/>
+      <c r="NV19" s="33"/>
+      <c r="NW19" s="33"/>
+      <c r="NX19" s="33"/>
+      <c r="NY19" s="33"/>
+      <c r="NZ19" s="33"/>
+      <c r="OA19" s="33"/>
+      <c r="OB19" s="33"/>
+      <c r="OC19" s="33"/>
+      <c r="OD19" s="33"/>
+      <c r="OE19" s="33"/>
+      <c r="OF19" s="33"/>
+      <c r="OG19" s="33"/>
+      <c r="OH19" s="33"/>
+      <c r="OI19" s="33"/>
+      <c r="OJ19" s="33"/>
+      <c r="OK19" s="33"/>
+      <c r="OL19" s="33"/>
+      <c r="OM19" s="33"/>
+      <c r="ON19" s="33"/>
+      <c r="OO19" s="33"/>
+      <c r="OP19" s="33"/>
+      <c r="OQ19" s="33"/>
+      <c r="OR19" s="33"/>
+      <c r="OS19" s="33"/>
+      <c r="OT19" s="33"/>
+      <c r="OU19" s="33"/>
+      <c r="OV19" s="33"/>
+      <c r="OW19" s="33"/>
+      <c r="OX19" s="33"/>
+      <c r="OY19" s="33"/>
+      <c r="OZ19" s="33"/>
+      <c r="PA19" s="33"/>
+      <c r="PB19" s="33"/>
+      <c r="PC19" s="33"/>
+      <c r="PD19" s="33"/>
+      <c r="PE19" s="33"/>
+      <c r="PF19" s="33"/>
+      <c r="PG19" s="33"/>
+      <c r="PH19" s="33"/>
+      <c r="PI19" s="33"/>
+      <c r="PJ19" s="33"/>
+      <c r="PK19" s="33"/>
+      <c r="PL19" s="33"/>
+      <c r="PM19" s="33"/>
+      <c r="PN19" s="33"/>
+      <c r="PO19" s="33"/>
+      <c r="PP19" s="33"/>
+      <c r="PQ19" s="33"/>
+      <c r="PR19" s="33"/>
+      <c r="PS19" s="33"/>
+      <c r="PT19" s="33"/>
+      <c r="PU19" s="33"/>
+      <c r="PV19" s="33"/>
+      <c r="PW19" s="33"/>
+      <c r="PX19" s="33"/>
+      <c r="PY19" s="33"/>
+      <c r="PZ19" s="33"/>
+      <c r="QA19" s="33"/>
+      <c r="QB19" s="33"/>
+      <c r="QC19" s="33"/>
+      <c r="QD19" s="33"/>
+      <c r="QE19" s="33"/>
+      <c r="QF19" s="33"/>
+      <c r="QG19" s="33"/>
+      <c r="QH19" s="33"/>
+      <c r="QI19" s="33"/>
+      <c r="QJ19" s="33"/>
+      <c r="QK19" s="33"/>
+      <c r="QL19" s="33"/>
+      <c r="QM19" s="33"/>
+      <c r="QN19" s="33"/>
+      <c r="QO19" s="33"/>
+      <c r="QP19" s="33"/>
+      <c r="QQ19" s="33"/>
+      <c r="QR19" s="33"/>
+      <c r="QS19" s="33"/>
+      <c r="QT19" s="33"/>
+      <c r="QU19" s="33"/>
+      <c r="QV19" s="33"/>
+      <c r="QW19" s="33"/>
+      <c r="QX19" s="33"/>
+      <c r="QY19" s="33"/>
+      <c r="QZ19" s="33"/>
+      <c r="RA19" s="33"/>
+      <c r="RB19" s="33"/>
+      <c r="RC19" s="33"/>
+      <c r="RD19" s="33"/>
+      <c r="RE19" s="33"/>
+      <c r="RF19" s="33"/>
+      <c r="RG19" s="33"/>
+      <c r="RH19" s="33"/>
+      <c r="RI19" s="33"/>
+      <c r="RJ19" s="33"/>
+      <c r="RK19" s="33"/>
+      <c r="RL19" s="33"/>
+      <c r="RM19" s="33"/>
+      <c r="RN19" s="33"/>
+      <c r="RO19" s="33"/>
+      <c r="RP19" s="33"/>
+      <c r="RQ19" s="33"/>
+      <c r="RR19" s="33"/>
+      <c r="RS19" s="33"/>
+      <c r="RT19" s="33"/>
+      <c r="RU19" s="33"/>
+      <c r="RV19" s="33"/>
+      <c r="RW19" s="33"/>
+      <c r="RX19" s="33"/>
+      <c r="RY19" s="33"/>
+      <c r="RZ19" s="33"/>
+      <c r="SA19" s="33"/>
+      <c r="SB19" s="33"/>
+      <c r="SC19" s="33"/>
+      <c r="SD19" s="33"/>
+      <c r="SE19" s="33"/>
+      <c r="SF19" s="33"/>
+      <c r="SG19" s="33"/>
+      <c r="SH19" s="33"/>
+      <c r="SI19" s="33"/>
+      <c r="SJ19" s="33"/>
+      <c r="SK19" s="33"/>
+      <c r="SL19" s="33"/>
+      <c r="SM19" s="33"/>
+      <c r="SN19" s="33"/>
+      <c r="SO19" s="33"/>
+      <c r="SP19" s="33"/>
+      <c r="SQ19" s="33"/>
+      <c r="SR19" s="33"/>
+      <c r="SS19" s="33"/>
+      <c r="ST19" s="33"/>
+      <c r="SU19" s="33"/>
+      <c r="SV19" s="33"/>
+      <c r="SW19" s="33"/>
+      <c r="SX19" s="33"/>
+      <c r="SY19" s="33"/>
+      <c r="SZ19" s="33"/>
+      <c r="TA19" s="33"/>
+      <c r="TB19" s="33"/>
+      <c r="TC19" s="33"/>
+      <c r="TD19" s="33"/>
+      <c r="TE19" s="33"/>
+      <c r="TF19" s="33"/>
+      <c r="TG19" s="33"/>
+      <c r="TH19" s="33"/>
+      <c r="TI19" s="33"/>
+      <c r="TJ19" s="33"/>
+      <c r="TK19" s="33"/>
+      <c r="TL19" s="33"/>
+      <c r="TM19" s="33"/>
+      <c r="TN19" s="33"/>
+      <c r="TO19" s="33"/>
+      <c r="TP19" s="33"/>
+      <c r="TQ19" s="33"/>
+      <c r="TR19" s="33"/>
+      <c r="TS19" s="33"/>
+      <c r="TT19" s="33"/>
+      <c r="TU19" s="33"/>
+      <c r="TV19" s="33"/>
+      <c r="TW19" s="33"/>
+      <c r="TX19" s="33"/>
+      <c r="TY19" s="33"/>
+      <c r="TZ19" s="33"/>
+      <c r="UA19" s="33"/>
+      <c r="UB19" s="33"/>
+      <c r="UC19" s="33"/>
+      <c r="UD19" s="33"/>
+      <c r="UE19" s="33"/>
+      <c r="UF19" s="33"/>
+      <c r="UG19" s="33"/>
+      <c r="UH19" s="33"/>
+      <c r="UI19" s="33"/>
+      <c r="UJ19" s="33"/>
+      <c r="UK19" s="33"/>
+      <c r="UL19" s="33"/>
+      <c r="UM19" s="33"/>
+      <c r="UN19" s="33"/>
+      <c r="UO19" s="33"/>
+      <c r="UP19" s="33"/>
+      <c r="UQ19" s="33"/>
+      <c r="UR19" s="33"/>
+      <c r="US19" s="33"/>
+      <c r="UT19" s="33"/>
+      <c r="UU19" s="33"/>
+      <c r="UV19" s="33"/>
+      <c r="UW19" s="33"/>
+      <c r="UX19" s="33"/>
+      <c r="UY19" s="33"/>
+      <c r="UZ19" s="33"/>
+      <c r="VA19" s="33"/>
+      <c r="VB19" s="33"/>
+      <c r="VC19" s="33"/>
+      <c r="VD19" s="33"/>
+      <c r="VE19" s="33"/>
+      <c r="VF19" s="33"/>
+      <c r="VG19" s="33"/>
+      <c r="VH19" s="33"/>
+      <c r="VI19" s="33"/>
+      <c r="VJ19" s="33"/>
+      <c r="VK19" s="33"/>
+      <c r="VL19" s="33"/>
+      <c r="VM19" s="33"/>
+      <c r="VN19" s="33"/>
+      <c r="VO19" s="33"/>
+      <c r="VP19" s="33"/>
+      <c r="VQ19" s="33"/>
+      <c r="VR19" s="33"/>
+      <c r="VS19" s="33"/>
+      <c r="VT19" s="33"/>
+      <c r="VU19" s="33"/>
+      <c r="VV19" s="33"/>
+      <c r="VW19" s="33"/>
+      <c r="VX19" s="33"/>
+      <c r="VY19" s="33"/>
+      <c r="VZ19" s="33"/>
+      <c r="WA19" s="33"/>
+      <c r="WB19" s="33"/>
+      <c r="WC19" s="33"/>
+      <c r="WD19" s="33"/>
+      <c r="WE19" s="33"/>
+      <c r="WF19" s="33"/>
+      <c r="WG19" s="33"/>
+      <c r="WH19" s="33"/>
+      <c r="WI19" s="33"/>
+      <c r="WJ19" s="33"/>
+      <c r="WK19" s="33"/>
+      <c r="WL19" s="33"/>
+      <c r="WM19" s="33"/>
+      <c r="WN19" s="33"/>
+      <c r="WO19" s="33"/>
+      <c r="WP19" s="33"/>
+      <c r="WQ19" s="33"/>
+      <c r="WR19" s="33"/>
+      <c r="WS19" s="33"/>
+      <c r="WT19" s="33"/>
+      <c r="WU19" s="33"/>
+      <c r="WV19" s="33"/>
+      <c r="WW19" s="33"/>
+      <c r="WX19" s="33"/>
+      <c r="WY19" s="33"/>
+      <c r="WZ19" s="33"/>
+      <c r="XA19" s="33"/>
+      <c r="XB19" s="33"/>
+      <c r="XC19" s="33"/>
+      <c r="XD19" s="33"/>
+      <c r="XE19" s="33"/>
+      <c r="XF19" s="33"/>
+      <c r="XG19" s="33"/>
+      <c r="XH19" s="33"/>
+      <c r="XI19" s="33"/>
+      <c r="XJ19" s="33"/>
+      <c r="XK19" s="33"/>
+      <c r="XL19" s="33"/>
+      <c r="XM19" s="33"/>
+      <c r="XN19" s="33"/>
+      <c r="XO19" s="33"/>
+      <c r="XP19" s="33"/>
+      <c r="XQ19" s="33"/>
+      <c r="XR19" s="33"/>
+      <c r="XS19" s="33"/>
+      <c r="XT19" s="33"/>
+      <c r="XU19" s="33"/>
+      <c r="XV19" s="33"/>
+      <c r="XW19" s="33"/>
+      <c r="XX19" s="33"/>
+      <c r="XY19" s="33"/>
+      <c r="XZ19" s="33"/>
+      <c r="YA19" s="33"/>
+      <c r="YB19" s="33"/>
+      <c r="YC19" s="33"/>
+      <c r="YD19" s="33"/>
+      <c r="YE19" s="33"/>
+      <c r="YF19" s="33"/>
+      <c r="YG19" s="33"/>
+      <c r="YH19" s="33"/>
+      <c r="YI19" s="33"/>
+      <c r="YJ19" s="33"/>
+      <c r="YK19" s="33"/>
+      <c r="YL19" s="33"/>
+      <c r="YM19" s="33"/>
+      <c r="YN19" s="33"/>
+      <c r="YO19" s="33"/>
+      <c r="YP19" s="33"/>
+      <c r="YQ19" s="33"/>
+      <c r="YR19" s="33"/>
+      <c r="YS19" s="33"/>
+      <c r="YT19" s="33"/>
+      <c r="YU19" s="33"/>
+      <c r="YV19" s="33"/>
+      <c r="YW19" s="33"/>
+      <c r="YX19" s="33"/>
+      <c r="YY19" s="33"/>
+      <c r="YZ19" s="33"/>
+      <c r="ZA19" s="33"/>
+      <c r="ZB19" s="33"/>
+      <c r="ZC19" s="33"/>
+      <c r="ZD19" s="33"/>
+      <c r="ZE19" s="33"/>
+      <c r="ZF19" s="33"/>
+      <c r="ZG19" s="33"/>
+      <c r="ZH19" s="33"/>
+      <c r="ZI19" s="33"/>
+      <c r="ZJ19" s="33"/>
+      <c r="ZK19" s="33"/>
+      <c r="ZL19" s="33"/>
+      <c r="ZM19" s="33"/>
+      <c r="ZN19" s="33"/>
+      <c r="ZO19" s="33"/>
+      <c r="ZP19" s="33"/>
+      <c r="ZQ19" s="33"/>
+      <c r="ZR19" s="33"/>
+      <c r="ZS19" s="33"/>
+      <c r="ZT19" s="33"/>
+      <c r="ZU19" s="33"/>
+      <c r="ZV19" s="33"/>
+      <c r="ZW19" s="33"/>
+      <c r="ZX19" s="33"/>
+      <c r="ZY19" s="33"/>
+      <c r="ZZ19" s="33"/>
+      <c r="AAA19" s="33"/>
+      <c r="AAB19" s="33"/>
+      <c r="AAC19" s="33"/>
+      <c r="AAD19" s="33"/>
+      <c r="AAE19" s="33"/>
+      <c r="AAF19" s="33"/>
+      <c r="AAG19" s="33"/>
+      <c r="AAH19" s="33"/>
+      <c r="AAI19" s="33"/>
+      <c r="AAJ19" s="33"/>
+      <c r="AAK19" s="33"/>
+      <c r="AAL19" s="33"/>
+      <c r="AAM19" s="33"/>
+      <c r="AAN19" s="33"/>
+      <c r="AAO19" s="33"/>
+      <c r="AAP19" s="33"/>
+      <c r="AAQ19" s="33"/>
+      <c r="AAR19" s="33"/>
+      <c r="AAS19" s="33"/>
+      <c r="AAT19" s="33"/>
+      <c r="AAU19" s="33"/>
+      <c r="AAV19" s="33"/>
+      <c r="AAW19" s="33"/>
+      <c r="AAX19" s="33"/>
+      <c r="AAY19" s="33"/>
+      <c r="AAZ19" s="33"/>
+      <c r="ABA19" s="33"/>
+      <c r="ABB19" s="33"/>
+      <c r="ABC19" s="33"/>
+      <c r="ABD19" s="33"/>
+      <c r="ABE19" s="33"/>
+      <c r="ABF19" s="33"/>
+      <c r="ABG19" s="33"/>
+      <c r="ABH19" s="33"/>
+      <c r="ABI19" s="33"/>
+      <c r="ABJ19" s="33"/>
+      <c r="ABK19" s="33"/>
+      <c r="ABL19" s="33"/>
+      <c r="ABM19" s="33"/>
+      <c r="ABN19" s="33"/>
+      <c r="ABO19" s="33"/>
+      <c r="ABP19" s="33"/>
+      <c r="ABQ19" s="33"/>
+      <c r="ABR19" s="33"/>
+      <c r="ABS19" s="33"/>
+      <c r="ABT19" s="33"/>
+      <c r="ABU19" s="33"/>
+      <c r="ABV19" s="33"/>
+      <c r="ABW19" s="33"/>
+      <c r="ABX19" s="33"/>
+      <c r="ABY19" s="33"/>
+      <c r="ABZ19" s="33"/>
+      <c r="ACA19" s="33"/>
+      <c r="ACB19" s="33"/>
+      <c r="ACC19" s="33"/>
+      <c r="ACD19" s="33"/>
+      <c r="ACE19" s="33"/>
+      <c r="ACF19" s="33"/>
+      <c r="ACG19" s="33"/>
+      <c r="ACH19" s="33"/>
+      <c r="ACI19" s="33"/>
+      <c r="ACJ19" s="33"/>
+      <c r="ACK19" s="33"/>
+      <c r="ACL19" s="33"/>
+      <c r="ACM19" s="33"/>
+      <c r="ACN19" s="33"/>
+      <c r="ACO19" s="33"/>
+      <c r="ACP19" s="33"/>
+      <c r="ACQ19" s="33"/>
+      <c r="ACR19" s="33"/>
+      <c r="ACS19" s="33"/>
+      <c r="ACT19" s="33"/>
+      <c r="ACU19" s="33"/>
+      <c r="ACV19" s="33"/>
+      <c r="ACW19" s="33"/>
+      <c r="ACX19" s="33"/>
+      <c r="ACY19" s="33"/>
+      <c r="ACZ19" s="33"/>
+      <c r="ADA19" s="33"/>
+      <c r="ADB19" s="33"/>
+      <c r="ADC19" s="33"/>
+      <c r="ADD19" s="33"/>
+      <c r="ADE19" s="33"/>
+      <c r="ADF19" s="33"/>
+      <c r="ADG19" s="33"/>
+      <c r="ADH19" s="33"/>
+      <c r="ADI19" s="33"/>
+      <c r="ADJ19" s="33"/>
+      <c r="ADK19" s="33"/>
+      <c r="ADL19" s="33"/>
+      <c r="ADM19" s="33"/>
+      <c r="ADN19" s="33"/>
+      <c r="ADO19" s="33"/>
+      <c r="ADP19" s="33"/>
+      <c r="ADQ19" s="33"/>
+      <c r="ADR19" s="33"/>
+      <c r="ADS19" s="33"/>
+      <c r="ADT19" s="33"/>
+      <c r="ADU19" s="33"/>
+      <c r="ADV19" s="33"/>
+      <c r="ADW19" s="33"/>
+      <c r="ADX19" s="33"/>
+      <c r="ADY19" s="33"/>
+      <c r="ADZ19" s="33"/>
+      <c r="AEA19" s="33"/>
+      <c r="AEB19" s="33"/>
+      <c r="AEC19" s="33"/>
+      <c r="AED19" s="33"/>
+      <c r="AEE19" s="33"/>
+      <c r="AEF19" s="33"/>
+      <c r="AEG19" s="33"/>
+      <c r="AEH19" s="33"/>
+      <c r="AEI19" s="33"/>
+      <c r="AEJ19" s="33"/>
+      <c r="AEK19" s="33"/>
+      <c r="AEL19" s="33"/>
+      <c r="AEM19" s="33"/>
+      <c r="AEN19" s="33"/>
+      <c r="AEO19" s="33"/>
+      <c r="AEP19" s="33"/>
+      <c r="AEQ19" s="33"/>
+      <c r="AER19" s="33"/>
+      <c r="AES19" s="33"/>
+      <c r="AET19" s="33"/>
+      <c r="AEU19" s="33"/>
+      <c r="AEV19" s="33"/>
+      <c r="AEW19" s="33"/>
+      <c r="AEX19" s="33"/>
+      <c r="AEY19" s="33"/>
+      <c r="AEZ19" s="33"/>
+      <c r="AFA19" s="33"/>
+      <c r="AFB19" s="33"/>
+      <c r="AFC19" s="33"/>
+      <c r="AFD19" s="33"/>
+      <c r="AFE19" s="33"/>
+      <c r="AFF19" s="33"/>
+      <c r="AFG19" s="33"/>
+      <c r="AFH19" s="33"/>
+      <c r="AFI19" s="33"/>
+      <c r="AFJ19" s="33"/>
+      <c r="AFK19" s="33"/>
+      <c r="AFL19" s="33"/>
+      <c r="AFM19" s="33"/>
+      <c r="AFN19" s="33"/>
+      <c r="AFO19" s="33"/>
+      <c r="AFP19" s="33"/>
+      <c r="AFQ19" s="33"/>
+      <c r="AFR19" s="33"/>
+      <c r="AFS19" s="33"/>
+      <c r="AFT19" s="33"/>
+      <c r="AFU19" s="33"/>
+      <c r="AFV19" s="33"/>
+      <c r="AFW19" s="33"/>
+      <c r="AFX19" s="33"/>
+      <c r="AFY19" s="33"/>
+      <c r="AFZ19" s="33"/>
+      <c r="AGA19" s="33"/>
+      <c r="AGB19" s="33"/>
+      <c r="AGC19" s="33"/>
+      <c r="AGD19" s="33"/>
+      <c r="AGE19" s="33"/>
+      <c r="AGF19" s="33"/>
+      <c r="AGG19" s="33"/>
+      <c r="AGH19" s="33"/>
+      <c r="AGI19" s="33"/>
+      <c r="AGJ19" s="33"/>
+      <c r="AGK19" s="33"/>
+      <c r="AGL19" s="33"/>
+      <c r="AGM19" s="33"/>
+      <c r="AGN19" s="33"/>
+      <c r="AGO19" s="33"/>
+      <c r="AGP19" s="33"/>
+      <c r="AGQ19" s="33"/>
+      <c r="AGR19" s="33"/>
+      <c r="AGS19" s="33"/>
+      <c r="AGT19" s="33"/>
+      <c r="AGU19" s="33"/>
+      <c r="AGV19" s="33"/>
+      <c r="AGW19" s="33"/>
+      <c r="AGX19" s="33"/>
+      <c r="AGY19" s="33"/>
+      <c r="AGZ19" s="33"/>
+      <c r="AHA19" s="33"/>
+      <c r="AHB19" s="33"/>
+      <c r="AHC19" s="33"/>
+      <c r="AHD19" s="33"/>
+      <c r="AHE19" s="33"/>
+      <c r="AHF19" s="33"/>
+      <c r="AHG19" s="33"/>
+      <c r="AHH19" s="33"/>
+      <c r="AHI19" s="33"/>
+      <c r="AHJ19" s="33"/>
+      <c r="AHK19" s="33"/>
+      <c r="AHL19" s="33"/>
+      <c r="AHM19" s="33"/>
+      <c r="AHN19" s="33"/>
+      <c r="AHO19" s="33"/>
+      <c r="AHP19" s="33"/>
+      <c r="AHQ19" s="33"/>
+      <c r="AHR19" s="33"/>
+      <c r="AHS19" s="33"/>
+      <c r="AHT19" s="33"/>
+      <c r="AHU19" s="33"/>
+      <c r="AHV19" s="33"/>
+      <c r="AHW19" s="33"/>
+      <c r="AHX19" s="33"/>
+      <c r="AHY19" s="33"/>
+      <c r="AHZ19" s="33"/>
+      <c r="AIA19" s="33"/>
+      <c r="AIB19" s="33"/>
+      <c r="AIC19" s="33"/>
+      <c r="AID19" s="33"/>
+      <c r="AIE19" s="33"/>
+      <c r="AIF19" s="33"/>
+      <c r="AIG19" s="33"/>
+      <c r="AIH19" s="33"/>
+      <c r="AII19" s="33"/>
+      <c r="AIJ19" s="33"/>
+      <c r="AIK19" s="33"/>
+      <c r="AIL19" s="33"/>
+      <c r="AIM19" s="33"/>
+      <c r="AIN19" s="33"/>
+      <c r="AIO19" s="33"/>
+      <c r="AIP19" s="33"/>
+      <c r="AIQ19" s="33"/>
+      <c r="AIR19" s="33"/>
+      <c r="AIS19" s="33"/>
+      <c r="AIT19" s="33"/>
+      <c r="AIU19" s="33"/>
+      <c r="AIV19" s="33"/>
+      <c r="AIW19" s="33"/>
+      <c r="AIX19" s="33"/>
+      <c r="AIY19" s="33"/>
+      <c r="AIZ19" s="33"/>
+      <c r="AJA19" s="33"/>
+      <c r="AJB19" s="33"/>
+      <c r="AJC19" s="33"/>
+      <c r="AJD19" s="33"/>
+      <c r="AJE19" s="33"/>
+      <c r="AJF19" s="33"/>
+      <c r="AJG19" s="33"/>
+      <c r="AJH19" s="33"/>
+      <c r="AJI19" s="33"/>
+      <c r="AJJ19" s="33"/>
+      <c r="AJK19" s="33"/>
+      <c r="AJL19" s="33"/>
+      <c r="AJM19" s="33"/>
+      <c r="AJN19" s="33"/>
+      <c r="AJO19" s="33"/>
+      <c r="AJP19" s="33"/>
+      <c r="AJQ19" s="33"/>
+      <c r="AJR19" s="33"/>
+      <c r="AJS19" s="33"/>
+      <c r="AJT19" s="33"/>
+      <c r="AJU19" s="33"/>
+      <c r="AJV19" s="33"/>
+      <c r="AJW19" s="33"/>
+      <c r="AJX19" s="33"/>
+      <c r="AJY19" s="33"/>
+      <c r="AJZ19" s="33"/>
+      <c r="AKA19" s="33"/>
+      <c r="AKB19" s="33"/>
+      <c r="AKC19" s="33"/>
+      <c r="AKD19" s="33"/>
+      <c r="AKE19" s="33"/>
+      <c r="AKF19" s="33"/>
+      <c r="AKG19" s="33"/>
+      <c r="AKH19" s="33"/>
+      <c r="AKI19" s="33"/>
+      <c r="AKJ19" s="33"/>
+      <c r="AKK19" s="33"/>
+      <c r="AKL19" s="33"/>
+      <c r="AKM19" s="33"/>
+      <c r="AKN19" s="33"/>
+      <c r="AKO19" s="33"/>
+      <c r="AKP19" s="33"/>
+      <c r="AKQ19" s="33"/>
+      <c r="AKR19" s="33"/>
+      <c r="AKS19" s="33"/>
+      <c r="AKT19" s="33"/>
+      <c r="AKU19" s="33"/>
+      <c r="AKV19" s="33"/>
+      <c r="AKW19" s="33"/>
+      <c r="AKX19" s="33"/>
+      <c r="AKY19" s="33"/>
+      <c r="AKZ19" s="33"/>
+      <c r="ALA19" s="33"/>
+      <c r="ALB19" s="33"/>
+      <c r="ALC19" s="33"/>
+      <c r="ALD19" s="33"/>
+      <c r="ALE19" s="33"/>
+      <c r="ALF19" s="33"/>
+      <c r="ALG19" s="33"/>
+      <c r="ALH19" s="33"/>
+      <c r="ALI19" s="33"/>
+      <c r="ALJ19" s="33"/>
+      <c r="ALK19" s="33"/>
+      <c r="ALL19" s="33"/>
+      <c r="ALM19" s="33"/>
+      <c r="ALN19" s="33"/>
+      <c r="ALO19" s="33"/>
+      <c r="ALP19" s="33"/>
+      <c r="ALQ19" s="33"/>
+      <c r="ALR19" s="33"/>
+      <c r="ALS19" s="33"/>
+      <c r="ALT19" s="33"/>
+      <c r="ALU19" s="33"/>
+      <c r="ALV19" s="33"/>
+      <c r="ALW19" s="33"/>
+      <c r="ALX19" s="33"/>
+      <c r="ALY19" s="33"/>
+      <c r="ALZ19" s="33"/>
+      <c r="AMA19" s="33"/>
+      <c r="AMB19" s="33"/>
+      <c r="AMC19" s="33"/>
+      <c r="AMD19" s="33"/>
+      <c r="AME19" s="33"/>
+      <c r="AMF19" s="33"/>
+      <c r="AMG19" s="33"/>
+      <c r="AMH19" s="33"/>
+      <c r="AMI19" s="33"/>
+      <c r="AMJ19" s="33"/>
+      <c r="AMK19" s="33"/>
+    </row>
+    <row r="20" spans="1:1025" s="34" customFormat="1" ht="124.5" customHeight="1">
+      <c r="A20" s="50" t="s">
+        <v>75</v>
+      </c>
+      <c r="B20" s="28" t="s">
+        <v>71</v>
+      </c>
+      <c r="C20" s="29" t="s">
+        <v>72</v>
+      </c>
+      <c r="D20" s="53">
+        <v>2075.0100000000002</v>
+      </c>
+      <c r="E20" s="54" t="s">
+        <v>76</v>
+      </c>
+      <c r="F20" s="51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="H20" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="I20" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J20" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="K20" s="33"/>
+      <c r="L20" s="33"/>
+      <c r="M20" s="33"/>
+      <c r="N20" s="33"/>
+      <c r="O20" s="33"/>
+      <c r="P20" s="33"/>
+      <c r="Q20" s="33"/>
+      <c r="R20" s="33" t="s">
+        <v>77</v>
+      </c>
+      <c r="S20" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="T20" s="33"/>
+      <c r="U20" s="33"/>
+      <c r="V20" s="33"/>
+      <c r="W20" s="33"/>
+      <c r="X20" s="33"/>
+      <c r="Y20" s="33"/>
+      <c r="Z20" s="33"/>
+      <c r="AA20" s="33"/>
+      <c r="AB20" s="33"/>
+      <c r="AC20" s="33"/>
+      <c r="AD20" s="33"/>
+      <c r="AE20" s="33"/>
+      <c r="AF20" s="33"/>
+      <c r="AG20" s="33"/>
+      <c r="AH20" s="33"/>
+      <c r="AI20" s="33"/>
+      <c r="AJ20" s="33"/>
+      <c r="AK20" s="33"/>
+      <c r="AL20" s="33"/>
+      <c r="AM20" s="33"/>
+      <c r="AN20" s="33"/>
+      <c r="AO20" s="33"/>
+      <c r="AP20" s="33"/>
+      <c r="AQ20" s="33"/>
+      <c r="AR20" s="33"/>
+      <c r="AS20" s="33"/>
+      <c r="AT20" s="33"/>
+      <c r="AU20" s="33"/>
+      <c r="AV20" s="33"/>
+      <c r="AW20" s="33"/>
+      <c r="AX20" s="33"/>
+      <c r="AY20" s="33"/>
+      <c r="AZ20" s="33"/>
+      <c r="BA20" s="33"/>
+      <c r="BB20" s="33"/>
+      <c r="BC20" s="33"/>
+      <c r="BD20" s="33"/>
+      <c r="BE20" s="33"/>
+      <c r="BF20" s="33"/>
+      <c r="BG20" s="33"/>
+      <c r="BH20" s="33"/>
+      <c r="BI20" s="33"/>
+      <c r="BJ20" s="33"/>
+      <c r="BK20" s="33"/>
+      <c r="BL20" s="33"/>
+      <c r="BM20" s="33"/>
+      <c r="BN20" s="33"/>
+      <c r="BO20" s="33"/>
+      <c r="BP20" s="33"/>
+      <c r="BQ20" s="33"/>
+      <c r="BR20" s="33"/>
+      <c r="BS20" s="33"/>
+      <c r="BT20" s="33"/>
+      <c r="BU20" s="33"/>
+      <c r="BV20" s="33"/>
+      <c r="BW20" s="33"/>
+      <c r="BX20" s="33"/>
+      <c r="BY20" s="33"/>
+      <c r="BZ20" s="33"/>
+      <c r="CA20" s="33"/>
+      <c r="CB20" s="33"/>
+      <c r="CC20" s="33"/>
+      <c r="CD20" s="33"/>
+      <c r="CE20" s="33"/>
+      <c r="CF20" s="33"/>
+      <c r="CG20" s="33"/>
+      <c r="CH20" s="33"/>
+      <c r="CI20" s="33"/>
+      <c r="CJ20" s="33"/>
+      <c r="CK20" s="33"/>
+      <c r="CL20" s="33"/>
+      <c r="CM20" s="33"/>
+      <c r="CN20" s="33"/>
+      <c r="CO20" s="33"/>
+      <c r="CP20" s="33"/>
+      <c r="CQ20" s="33"/>
+      <c r="CR20" s="33"/>
+      <c r="CS20" s="33"/>
+      <c r="CT20" s="33"/>
+      <c r="CU20" s="33"/>
+      <c r="CV20" s="33"/>
+      <c r="CW20" s="33"/>
+      <c r="CX20" s="33"/>
+      <c r="CY20" s="33"/>
+      <c r="CZ20" s="33"/>
+      <c r="DA20" s="33"/>
+      <c r="DB20" s="33"/>
+      <c r="DC20" s="33"/>
+      <c r="DD20" s="33"/>
+      <c r="DE20" s="33"/>
+      <c r="DF20" s="33"/>
+      <c r="DG20" s="33"/>
+      <c r="DH20" s="33"/>
+      <c r="DI20" s="33"/>
+      <c r="DJ20" s="33"/>
+      <c r="DK20" s="33"/>
+      <c r="DL20" s="33"/>
+      <c r="DM20" s="33"/>
+      <c r="DN20" s="33"/>
+      <c r="DO20" s="33"/>
+      <c r="DP20" s="33"/>
+      <c r="DQ20" s="33"/>
+      <c r="DR20" s="33"/>
+      <c r="DS20" s="33"/>
+      <c r="DT20" s="33"/>
+      <c r="DU20" s="33"/>
+      <c r="DV20" s="33"/>
+      <c r="DW20" s="33"/>
+      <c r="DX20" s="33"/>
+      <c r="DY20" s="33"/>
+      <c r="DZ20" s="33"/>
+      <c r="EA20" s="33"/>
+      <c r="EB20" s="33"/>
+      <c r="EC20" s="33"/>
+      <c r="ED20" s="33"/>
+      <c r="EE20" s="33"/>
+      <c r="EF20" s="33"/>
+      <c r="EG20" s="33"/>
+      <c r="EH20" s="33"/>
+      <c r="EI20" s="33"/>
+      <c r="EJ20" s="33"/>
+      <c r="EK20" s="33"/>
+      <c r="EL20" s="33"/>
+      <c r="EM20" s="33"/>
+      <c r="EN20" s="33"/>
+      <c r="EO20" s="33"/>
+      <c r="EP20" s="33"/>
+      <c r="EQ20" s="33"/>
+      <c r="ER20" s="33"/>
+      <c r="ES20" s="33"/>
+      <c r="ET20" s="33"/>
+      <c r="EU20" s="33"/>
+      <c r="EV20" s="33"/>
+      <c r="EW20" s="33"/>
+      <c r="EX20" s="33"/>
+      <c r="EY20" s="33"/>
+      <c r="EZ20" s="33"/>
+      <c r="FA20" s="33"/>
+      <c r="FB20" s="33"/>
+      <c r="FC20" s="33"/>
+      <c r="FD20" s="33"/>
+      <c r="FE20" s="33"/>
+      <c r="FF20" s="33"/>
+      <c r="FG20" s="33"/>
+      <c r="FH20" s="33"/>
+      <c r="FI20" s="33"/>
+      <c r="FJ20" s="33"/>
+      <c r="FK20" s="33"/>
+      <c r="FL20" s="33"/>
+      <c r="FM20" s="33"/>
+      <c r="FN20" s="33"/>
+      <c r="FO20" s="33"/>
+      <c r="FP20" s="33"/>
+      <c r="FQ20" s="33"/>
+      <c r="FR20" s="33"/>
+      <c r="FS20" s="33"/>
+      <c r="FT20" s="33"/>
+      <c r="FU20" s="33"/>
+      <c r="FV20" s="33"/>
+      <c r="FW20" s="33"/>
+      <c r="FX20" s="33"/>
+      <c r="FY20" s="33"/>
+      <c r="FZ20" s="33"/>
+      <c r="GA20" s="33"/>
+      <c r="GB20" s="33"/>
+      <c r="GC20" s="33"/>
+      <c r="GD20" s="33"/>
+      <c r="GE20" s="33"/>
+      <c r="GF20" s="33"/>
+      <c r="GG20" s="33"/>
+      <c r="GH20" s="33"/>
+      <c r="GI20" s="33"/>
+      <c r="GJ20" s="33"/>
+      <c r="GK20" s="33"/>
+      <c r="GL20" s="33"/>
+      <c r="GM20" s="33"/>
+      <c r="GN20" s="33"/>
+      <c r="GO20" s="33"/>
+      <c r="GP20" s="33"/>
+      <c r="GQ20" s="33"/>
+      <c r="GR20" s="33"/>
+      <c r="GS20" s="33"/>
+      <c r="GT20" s="33"/>
+      <c r="GU20" s="33"/>
+      <c r="GV20" s="33"/>
+      <c r="GW20" s="33"/>
+      <c r="GX20" s="33"/>
+      <c r="GY20" s="33"/>
+      <c r="GZ20" s="33"/>
+      <c r="HA20" s="33"/>
+      <c r="HB20" s="33"/>
+      <c r="HC20" s="33"/>
+      <c r="HD20" s="33"/>
+      <c r="HE20" s="33"/>
+      <c r="HF20" s="33"/>
+      <c r="HG20" s="33"/>
+      <c r="HH20" s="33"/>
+      <c r="HI20" s="33"/>
+      <c r="HJ20" s="33"/>
+      <c r="HK20" s="33"/>
+      <c r="HL20" s="33"/>
+      <c r="HM20" s="33"/>
+      <c r="HN20" s="33"/>
+      <c r="HO20" s="33"/>
+      <c r="HP20" s="33"/>
+      <c r="HQ20" s="33"/>
+      <c r="HR20" s="33"/>
+      <c r="HS20" s="33"/>
+      <c r="HT20" s="33"/>
+      <c r="HU20" s="33"/>
+      <c r="HV20" s="33"/>
+      <c r="HW20" s="33"/>
+      <c r="HX20" s="33"/>
+      <c r="HY20" s="33"/>
+      <c r="HZ20" s="33"/>
+      <c r="IA20" s="33"/>
+      <c r="IB20" s="33"/>
+      <c r="IC20" s="33"/>
+      <c r="ID20" s="33"/>
+      <c r="IE20" s="33"/>
+      <c r="IF20" s="33"/>
+      <c r="IG20" s="33"/>
+      <c r="IH20" s="33"/>
+      <c r="II20" s="33"/>
+      <c r="IJ20" s="33"/>
+      <c r="IK20" s="33"/>
+      <c r="IL20" s="33"/>
+      <c r="IM20" s="33"/>
+      <c r="IN20" s="33"/>
+      <c r="IO20" s="33"/>
+      <c r="IP20" s="33"/>
+      <c r="IQ20" s="33"/>
+      <c r="IR20" s="33"/>
+      <c r="IS20" s="33"/>
+      <c r="IT20" s="33"/>
+      <c r="IU20" s="33"/>
+      <c r="IV20" s="33"/>
+      <c r="IW20" s="33"/>
+      <c r="IX20" s="33"/>
+      <c r="IY20" s="33"/>
+      <c r="IZ20" s="33"/>
+      <c r="JA20" s="33"/>
+      <c r="JB20" s="33"/>
+      <c r="JC20" s="33"/>
+      <c r="JD20" s="33"/>
+      <c r="JE20" s="33"/>
+      <c r="JF20" s="33"/>
+      <c r="JG20" s="33"/>
+      <c r="JH20" s="33"/>
+      <c r="JI20" s="33"/>
+      <c r="JJ20" s="33"/>
+      <c r="JK20" s="33"/>
+      <c r="JL20" s="33"/>
+      <c r="JM20" s="33"/>
+      <c r="JN20" s="33"/>
+      <c r="JO20" s="33"/>
+      <c r="JP20" s="33"/>
+      <c r="JQ20" s="33"/>
+      <c r="JR20" s="33"/>
+      <c r="JS20" s="33"/>
+      <c r="JT20" s="33"/>
+      <c r="JU20" s="33"/>
+      <c r="JV20" s="33"/>
+      <c r="JW20" s="33"/>
+      <c r="JX20" s="33"/>
+      <c r="JY20" s="33"/>
+      <c r="JZ20" s="33"/>
+      <c r="KA20" s="33"/>
+      <c r="KB20" s="33"/>
+      <c r="KC20" s="33"/>
+      <c r="KD20" s="33"/>
+      <c r="KE20" s="33"/>
+      <c r="KF20" s="33"/>
+      <c r="KG20" s="33"/>
+      <c r="KH20" s="33"/>
+      <c r="KI20" s="33"/>
+      <c r="KJ20" s="33"/>
+      <c r="KK20" s="33"/>
+      <c r="KL20" s="33"/>
+      <c r="KM20" s="33"/>
+      <c r="KN20" s="33"/>
+      <c r="KO20" s="33"/>
+      <c r="KP20" s="33"/>
+      <c r="KQ20" s="33"/>
+      <c r="KR20" s="33"/>
+      <c r="KS20" s="33"/>
+      <c r="KT20" s="33"/>
+      <c r="KU20" s="33"/>
+      <c r="KV20" s="33"/>
+      <c r="KW20" s="33"/>
+      <c r="KX20" s="33"/>
+      <c r="KY20" s="33"/>
+      <c r="KZ20" s="33"/>
+      <c r="LA20" s="33"/>
+      <c r="LB20" s="33"/>
+      <c r="LC20" s="33"/>
+      <c r="LD20" s="33"/>
+      <c r="LE20" s="33"/>
+      <c r="LF20" s="33"/>
+      <c r="LG20" s="33"/>
+      <c r="LH20" s="33"/>
+      <c r="LI20" s="33"/>
+      <c r="LJ20" s="33"/>
+      <c r="LK20" s="33"/>
+      <c r="LL20" s="33"/>
+      <c r="LM20" s="33"/>
+      <c r="LN20" s="33"/>
+      <c r="LO20" s="33"/>
+      <c r="LP20" s="33"/>
+      <c r="LQ20" s="33"/>
+      <c r="LR20" s="33"/>
+      <c r="LS20" s="33"/>
+      <c r="LT20" s="33"/>
+      <c r="LU20" s="33"/>
+      <c r="LV20" s="33"/>
+      <c r="LW20" s="33"/>
+      <c r="LX20" s="33"/>
+      <c r="LY20" s="33"/>
+      <c r="LZ20" s="33"/>
+      <c r="MA20" s="33"/>
+      <c r="MB20" s="33"/>
+      <c r="MC20" s="33"/>
+      <c r="MD20" s="33"/>
+      <c r="ME20" s="33"/>
+      <c r="MF20" s="33"/>
+      <c r="MG20" s="33"/>
+      <c r="MH20" s="33"/>
+      <c r="MI20" s="33"/>
+      <c r="MJ20" s="33"/>
+      <c r="MK20" s="33"/>
+      <c r="ML20" s="33"/>
+      <c r="MM20" s="33"/>
+      <c r="MN20" s="33"/>
+      <c r="MO20" s="33"/>
+      <c r="MP20" s="33"/>
+      <c r="MQ20" s="33"/>
+      <c r="MR20" s="33"/>
+      <c r="MS20" s="33"/>
+      <c r="MT20" s="33"/>
+      <c r="MU20" s="33"/>
+      <c r="MV20" s="33"/>
+      <c r="MW20" s="33"/>
+      <c r="MX20" s="33"/>
+      <c r="MY20" s="33"/>
+      <c r="MZ20" s="33"/>
+      <c r="NA20" s="33"/>
+      <c r="NB20" s="33"/>
+      <c r="NC20" s="33"/>
+      <c r="ND20" s="33"/>
+      <c r="NE20" s="33"/>
+      <c r="NF20" s="33"/>
+      <c r="NG20" s="33"/>
+      <c r="NH20" s="33"/>
+      <c r="NI20" s="33"/>
+      <c r="NJ20" s="33"/>
+      <c r="NK20" s="33"/>
+      <c r="NL20" s="33"/>
+      <c r="NM20" s="33"/>
+      <c r="NN20" s="33"/>
+      <c r="NO20" s="33"/>
+      <c r="NP20" s="33"/>
+      <c r="NQ20" s="33"/>
+      <c r="NR20" s="33"/>
+      <c r="NS20" s="33"/>
+      <c r="NT20" s="33"/>
+      <c r="NU20" s="33"/>
+      <c r="NV20" s="33"/>
+      <c r="NW20" s="33"/>
+      <c r="NX20" s="33"/>
+      <c r="NY20" s="33"/>
+      <c r="NZ20" s="33"/>
+      <c r="OA20" s="33"/>
+      <c r="OB20" s="33"/>
+      <c r="OC20" s="33"/>
+      <c r="OD20" s="33"/>
+      <c r="OE20" s="33"/>
+      <c r="OF20" s="33"/>
+      <c r="OG20" s="33"/>
+      <c r="OH20" s="33"/>
+      <c r="OI20" s="33"/>
+      <c r="OJ20" s="33"/>
+      <c r="OK20" s="33"/>
+      <c r="OL20" s="33"/>
+      <c r="OM20" s="33"/>
+      <c r="ON20" s="33"/>
+      <c r="OO20" s="33"/>
+      <c r="OP20" s="33"/>
+      <c r="OQ20" s="33"/>
+      <c r="OR20" s="33"/>
+      <c r="OS20" s="33"/>
+      <c r="OT20" s="33"/>
+      <c r="OU20" s="33"/>
+      <c r="OV20" s="33"/>
+      <c r="OW20" s="33"/>
+      <c r="OX20" s="33"/>
+      <c r="OY20" s="33"/>
+      <c r="OZ20" s="33"/>
+      <c r="PA20" s="33"/>
+      <c r="PB20" s="33"/>
+      <c r="PC20" s="33"/>
+      <c r="PD20" s="33"/>
+      <c r="PE20" s="33"/>
+      <c r="PF20" s="33"/>
+      <c r="PG20" s="33"/>
+      <c r="PH20" s="33"/>
+      <c r="PI20" s="33"/>
+      <c r="PJ20" s="33"/>
+      <c r="PK20" s="33"/>
+      <c r="PL20" s="33"/>
+      <c r="PM20" s="33"/>
+      <c r="PN20" s="33"/>
+      <c r="PO20" s="33"/>
+      <c r="PP20" s="33"/>
+      <c r="PQ20" s="33"/>
+      <c r="PR20" s="33"/>
+      <c r="PS20" s="33"/>
+      <c r="PT20" s="33"/>
+      <c r="PU20" s="33"/>
+      <c r="PV20" s="33"/>
+      <c r="PW20" s="33"/>
+      <c r="PX20" s="33"/>
+      <c r="PY20" s="33"/>
+      <c r="PZ20" s="33"/>
+      <c r="QA20" s="33"/>
+      <c r="QB20" s="33"/>
+      <c r="QC20" s="33"/>
+      <c r="QD20" s="33"/>
+      <c r="QE20" s="33"/>
+      <c r="QF20" s="33"/>
+      <c r="QG20" s="33"/>
+      <c r="QH20" s="33"/>
+      <c r="QI20" s="33"/>
+      <c r="QJ20" s="33"/>
+      <c r="QK20" s="33"/>
+      <c r="QL20" s="33"/>
+      <c r="QM20" s="33"/>
+      <c r="QN20" s="33"/>
+      <c r="QO20" s="33"/>
+      <c r="QP20" s="33"/>
+      <c r="QQ20" s="33"/>
+      <c r="QR20" s="33"/>
+      <c r="QS20" s="33"/>
+      <c r="QT20" s="33"/>
+      <c r="QU20" s="33"/>
+      <c r="QV20" s="33"/>
+      <c r="QW20" s="33"/>
+      <c r="QX20" s="33"/>
+      <c r="QY20" s="33"/>
+      <c r="QZ20" s="33"/>
+      <c r="RA20" s="33"/>
+      <c r="RB20" s="33"/>
+      <c r="RC20" s="33"/>
+      <c r="RD20" s="33"/>
+      <c r="RE20" s="33"/>
+      <c r="RF20" s="33"/>
+      <c r="RG20" s="33"/>
+      <c r="RH20" s="33"/>
+      <c r="RI20" s="33"/>
+      <c r="RJ20" s="33"/>
+      <c r="RK20" s="33"/>
+      <c r="RL20" s="33"/>
+      <c r="RM20" s="33"/>
+      <c r="RN20" s="33"/>
+      <c r="RO20" s="33"/>
+      <c r="RP20" s="33"/>
+      <c r="RQ20" s="33"/>
+      <c r="RR20" s="33"/>
+      <c r="RS20" s="33"/>
+      <c r="RT20" s="33"/>
+      <c r="RU20" s="33"/>
+      <c r="RV20" s="33"/>
+      <c r="RW20" s="33"/>
+      <c r="RX20" s="33"/>
+      <c r="RY20" s="33"/>
+      <c r="RZ20" s="33"/>
+      <c r="SA20" s="33"/>
+      <c r="SB20" s="33"/>
+      <c r="SC20" s="33"/>
+      <c r="SD20" s="33"/>
+      <c r="SE20" s="33"/>
+      <c r="SF20" s="33"/>
+      <c r="SG20" s="33"/>
+      <c r="SH20" s="33"/>
+      <c r="SI20" s="33"/>
+      <c r="SJ20" s="33"/>
+      <c r="SK20" s="33"/>
+      <c r="SL20" s="33"/>
+      <c r="SM20" s="33"/>
+      <c r="SN20" s="33"/>
+      <c r="SO20" s="33"/>
+      <c r="SP20" s="33"/>
+      <c r="SQ20" s="33"/>
+      <c r="SR20" s="33"/>
+      <c r="SS20" s="33"/>
+      <c r="ST20" s="33"/>
+      <c r="SU20" s="33"/>
+      <c r="SV20" s="33"/>
+      <c r="SW20" s="33"/>
+      <c r="SX20" s="33"/>
+      <c r="SY20" s="33"/>
+      <c r="SZ20" s="33"/>
+      <c r="TA20" s="33"/>
+      <c r="TB20" s="33"/>
+      <c r="TC20" s="33"/>
+      <c r="TD20" s="33"/>
+      <c r="TE20" s="33"/>
+      <c r="TF20" s="33"/>
+      <c r="TG20" s="33"/>
+      <c r="TH20" s="33"/>
+      <c r="TI20" s="33"/>
+      <c r="TJ20" s="33"/>
+      <c r="TK20" s="33"/>
+      <c r="TL20" s="33"/>
+      <c r="TM20" s="33"/>
+      <c r="TN20" s="33"/>
+      <c r="TO20" s="33"/>
+      <c r="TP20" s="33"/>
+      <c r="TQ20" s="33"/>
+      <c r="TR20" s="33"/>
+      <c r="TS20" s="33"/>
+      <c r="TT20" s="33"/>
+      <c r="TU20" s="33"/>
+      <c r="TV20" s="33"/>
+      <c r="TW20" s="33"/>
+      <c r="TX20" s="33"/>
+      <c r="TY20" s="33"/>
+      <c r="TZ20" s="33"/>
+      <c r="UA20" s="33"/>
+      <c r="UB20" s="33"/>
+      <c r="UC20" s="33"/>
+      <c r="UD20" s="33"/>
+      <c r="UE20" s="33"/>
+      <c r="UF20" s="33"/>
+      <c r="UG20" s="33"/>
+      <c r="UH20" s="33"/>
+      <c r="UI20" s="33"/>
+      <c r="UJ20" s="33"/>
+      <c r="UK20" s="33"/>
+      <c r="UL20" s="33"/>
+      <c r="UM20" s="33"/>
+      <c r="UN20" s="33"/>
+      <c r="UO20" s="33"/>
+      <c r="UP20" s="33"/>
+      <c r="UQ20" s="33"/>
+      <c r="UR20" s="33"/>
+      <c r="US20" s="33"/>
+      <c r="UT20" s="33"/>
+      <c r="UU20" s="33"/>
+      <c r="UV20" s="33"/>
+      <c r="UW20" s="33"/>
+      <c r="UX20" s="33"/>
+      <c r="UY20" s="33"/>
+      <c r="UZ20" s="33"/>
+      <c r="VA20" s="33"/>
+      <c r="VB20" s="33"/>
+      <c r="VC20" s="33"/>
+      <c r="VD20" s="33"/>
+      <c r="VE20" s="33"/>
+      <c r="VF20" s="33"/>
+      <c r="VG20" s="33"/>
+      <c r="VH20" s="33"/>
+      <c r="VI20" s="33"/>
+      <c r="VJ20" s="33"/>
+      <c r="VK20" s="33"/>
+      <c r="VL20" s="33"/>
+      <c r="VM20" s="33"/>
+      <c r="VN20" s="33"/>
+      <c r="VO20" s="33"/>
+      <c r="VP20" s="33"/>
+      <c r="VQ20" s="33"/>
+      <c r="VR20" s="33"/>
+      <c r="VS20" s="33"/>
+      <c r="VT20" s="33"/>
+      <c r="VU20" s="33"/>
+      <c r="VV20" s="33"/>
+      <c r="VW20" s="33"/>
+      <c r="VX20" s="33"/>
+      <c r="VY20" s="33"/>
+      <c r="VZ20" s="33"/>
+      <c r="WA20" s="33"/>
+      <c r="WB20" s="33"/>
+      <c r="WC20" s="33"/>
+      <c r="WD20" s="33"/>
+      <c r="WE20" s="33"/>
+      <c r="WF20" s="33"/>
+      <c r="WG20" s="33"/>
+      <c r="WH20" s="33"/>
+      <c r="WI20" s="33"/>
+      <c r="WJ20" s="33"/>
+      <c r="WK20" s="33"/>
+      <c r="WL20" s="33"/>
+      <c r="WM20" s="33"/>
+      <c r="WN20" s="33"/>
+      <c r="WO20" s="33"/>
+      <c r="WP20" s="33"/>
+      <c r="WQ20" s="33"/>
+      <c r="WR20" s="33"/>
+      <c r="WS20" s="33"/>
+      <c r="WT20" s="33"/>
+      <c r="WU20" s="33"/>
+      <c r="WV20" s="33"/>
+      <c r="WW20" s="33"/>
+      <c r="WX20" s="33"/>
+      <c r="WY20" s="33"/>
+      <c r="WZ20" s="33"/>
+      <c r="XA20" s="33"/>
+      <c r="XB20" s="33"/>
+      <c r="XC20" s="33"/>
+      <c r="XD20" s="33"/>
+      <c r="XE20" s="33"/>
+      <c r="XF20" s="33"/>
+      <c r="XG20" s="33"/>
+      <c r="XH20" s="33"/>
+      <c r="XI20" s="33"/>
+      <c r="XJ20" s="33"/>
+      <c r="XK20" s="33"/>
+      <c r="XL20" s="33"/>
+      <c r="XM20" s="33"/>
+      <c r="XN20" s="33"/>
+      <c r="XO20" s="33"/>
+      <c r="XP20" s="33"/>
+      <c r="XQ20" s="33"/>
+      <c r="XR20" s="33"/>
+      <c r="XS20" s="33"/>
+      <c r="XT20" s="33"/>
+      <c r="XU20" s="33"/>
+      <c r="XV20" s="33"/>
+      <c r="XW20" s="33"/>
+      <c r="XX20" s="33"/>
+      <c r="XY20" s="33"/>
+      <c r="XZ20" s="33"/>
+      <c r="YA20" s="33"/>
+      <c r="YB20" s="33"/>
+      <c r="YC20" s="33"/>
+      <c r="YD20" s="33"/>
+      <c r="YE20" s="33"/>
+      <c r="YF20" s="33"/>
+      <c r="YG20" s="33"/>
+      <c r="YH20" s="33"/>
+      <c r="YI20" s="33"/>
+      <c r="YJ20" s="33"/>
+      <c r="YK20" s="33"/>
+      <c r="YL20" s="33"/>
+      <c r="YM20" s="33"/>
+      <c r="YN20" s="33"/>
+      <c r="YO20" s="33"/>
+      <c r="YP20" s="33"/>
+      <c r="YQ20" s="33"/>
+      <c r="YR20" s="33"/>
+      <c r="YS20" s="33"/>
+      <c r="YT20" s="33"/>
+      <c r="YU20" s="33"/>
+      <c r="YV20" s="33"/>
+      <c r="YW20" s="33"/>
+      <c r="YX20" s="33"/>
+      <c r="YY20" s="33"/>
+      <c r="YZ20" s="33"/>
+      <c r="ZA20" s="33"/>
+      <c r="ZB20" s="33"/>
+      <c r="ZC20" s="33"/>
+      <c r="ZD20" s="33"/>
+      <c r="ZE20" s="33"/>
+      <c r="ZF20" s="33"/>
+      <c r="ZG20" s="33"/>
+      <c r="ZH20" s="33"/>
+      <c r="ZI20" s="33"/>
+      <c r="ZJ20" s="33"/>
+      <c r="ZK20" s="33"/>
+      <c r="ZL20" s="33"/>
+      <c r="ZM20" s="33"/>
+      <c r="ZN20" s="33"/>
+      <c r="ZO20" s="33"/>
+      <c r="ZP20" s="33"/>
+      <c r="ZQ20" s="33"/>
+      <c r="ZR20" s="33"/>
+      <c r="ZS20" s="33"/>
+      <c r="ZT20" s="33"/>
+      <c r="ZU20" s="33"/>
+      <c r="ZV20" s="33"/>
+      <c r="ZW20" s="33"/>
+      <c r="ZX20" s="33"/>
+      <c r="ZY20" s="33"/>
+      <c r="ZZ20" s="33"/>
+      <c r="AAA20" s="33"/>
+      <c r="AAB20" s="33"/>
+      <c r="AAC20" s="33"/>
+      <c r="AAD20" s="33"/>
+      <c r="AAE20" s="33"/>
+      <c r="AAF20" s="33"/>
+      <c r="AAG20" s="33"/>
+      <c r="AAH20" s="33"/>
+      <c r="AAI20" s="33"/>
+      <c r="AAJ20" s="33"/>
+      <c r="AAK20" s="33"/>
+      <c r="AAL20" s="33"/>
+      <c r="AAM20" s="33"/>
+      <c r="AAN20" s="33"/>
+      <c r="AAO20" s="33"/>
+      <c r="AAP20" s="33"/>
+      <c r="AAQ20" s="33"/>
+      <c r="AAR20" s="33"/>
+      <c r="AAS20" s="33"/>
+      <c r="AAT20" s="33"/>
+      <c r="AAU20" s="33"/>
+      <c r="AAV20" s="33"/>
+      <c r="AAW20" s="33"/>
+      <c r="AAX20" s="33"/>
+      <c r="AAY20" s="33"/>
+      <c r="AAZ20" s="33"/>
+      <c r="ABA20" s="33"/>
+      <c r="ABB20" s="33"/>
+      <c r="ABC20" s="33"/>
+      <c r="ABD20" s="33"/>
+      <c r="ABE20" s="33"/>
+      <c r="ABF20" s="33"/>
+      <c r="ABG20" s="33"/>
+      <c r="ABH20" s="33"/>
+      <c r="ABI20" s="33"/>
+      <c r="ABJ20" s="33"/>
+      <c r="ABK20" s="33"/>
+      <c r="ABL20" s="33"/>
+      <c r="ABM20" s="33"/>
+      <c r="ABN20" s="33"/>
+      <c r="ABO20" s="33"/>
+      <c r="ABP20" s="33"/>
+      <c r="ABQ20" s="33"/>
+      <c r="ABR20" s="33"/>
+      <c r="ABS20" s="33"/>
+      <c r="ABT20" s="33"/>
+      <c r="ABU20" s="33"/>
+      <c r="ABV20" s="33"/>
+      <c r="ABW20" s="33"/>
+      <c r="ABX20" s="33"/>
+      <c r="ABY20" s="33"/>
+      <c r="ABZ20" s="33"/>
+      <c r="ACA20" s="33"/>
+      <c r="ACB20" s="33"/>
+      <c r="ACC20" s="33"/>
+      <c r="ACD20" s="33"/>
+      <c r="ACE20" s="33"/>
+      <c r="ACF20" s="33"/>
+      <c r="ACG20" s="33"/>
+      <c r="ACH20" s="33"/>
+      <c r="ACI20" s="33"/>
+      <c r="ACJ20" s="33"/>
+      <c r="ACK20" s="33"/>
+      <c r="ACL20" s="33"/>
+      <c r="ACM20" s="33"/>
+      <c r="ACN20" s="33"/>
+      <c r="ACO20" s="33"/>
+      <c r="ACP20" s="33"/>
+      <c r="ACQ20" s="33"/>
+      <c r="ACR20" s="33"/>
+      <c r="ACS20" s="33"/>
+      <c r="ACT20" s="33"/>
+      <c r="ACU20" s="33"/>
+      <c r="ACV20" s="33"/>
+      <c r="ACW20" s="33"/>
+      <c r="ACX20" s="33"/>
+      <c r="ACY20" s="33"/>
+      <c r="ACZ20" s="33"/>
+      <c r="ADA20" s="33"/>
+      <c r="ADB20" s="33"/>
+      <c r="ADC20" s="33"/>
+      <c r="ADD20" s="33"/>
+      <c r="ADE20" s="33"/>
+      <c r="ADF20" s="33"/>
+      <c r="ADG20" s="33"/>
+      <c r="ADH20" s="33"/>
+      <c r="ADI20" s="33"/>
+      <c r="ADJ20" s="33"/>
+      <c r="ADK20" s="33"/>
+      <c r="ADL20" s="33"/>
+      <c r="ADM20" s="33"/>
+      <c r="ADN20" s="33"/>
+      <c r="ADO20" s="33"/>
+      <c r="ADP20" s="33"/>
+      <c r="ADQ20" s="33"/>
+      <c r="ADR20" s="33"/>
+      <c r="ADS20" s="33"/>
+      <c r="ADT20" s="33"/>
+      <c r="ADU20" s="33"/>
+      <c r="ADV20" s="33"/>
+      <c r="ADW20" s="33"/>
+      <c r="ADX20" s="33"/>
+      <c r="ADY20" s="33"/>
+      <c r="ADZ20" s="33"/>
+      <c r="AEA20" s="33"/>
+      <c r="AEB20" s="33"/>
+      <c r="AEC20" s="33"/>
+      <c r="AED20" s="33"/>
+      <c r="AEE20" s="33"/>
+      <c r="AEF20" s="33"/>
+      <c r="AEG20" s="33"/>
+      <c r="AEH20" s="33"/>
+      <c r="AEI20" s="33"/>
+      <c r="AEJ20" s="33"/>
+      <c r="AEK20" s="33"/>
+      <c r="AEL20" s="33"/>
+      <c r="AEM20" s="33"/>
+      <c r="AEN20" s="33"/>
+      <c r="AEO20" s="33"/>
+      <c r="AEP20" s="33"/>
+      <c r="AEQ20" s="33"/>
+      <c r="AER20" s="33"/>
+      <c r="AES20" s="33"/>
+      <c r="AET20" s="33"/>
+      <c r="AEU20" s="33"/>
+      <c r="AEV20" s="33"/>
+      <c r="AEW20" s="33"/>
+      <c r="AEX20" s="33"/>
+      <c r="AEY20" s="33"/>
+      <c r="AEZ20" s="33"/>
+      <c r="AFA20" s="33"/>
+      <c r="AFB20" s="33"/>
+      <c r="AFC20" s="33"/>
+      <c r="AFD20" s="33"/>
+      <c r="AFE20" s="33"/>
+      <c r="AFF20" s="33"/>
+      <c r="AFG20" s="33"/>
+      <c r="AFH20" s="33"/>
+      <c r="AFI20" s="33"/>
+      <c r="AFJ20" s="33"/>
+      <c r="AFK20" s="33"/>
+      <c r="AFL20" s="33"/>
+      <c r="AFM20" s="33"/>
+      <c r="AFN20" s="33"/>
+      <c r="AFO20" s="33"/>
+      <c r="AFP20" s="33"/>
+      <c r="AFQ20" s="33"/>
+      <c r="AFR20" s="33"/>
+      <c r="AFS20" s="33"/>
+      <c r="AFT20" s="33"/>
+      <c r="AFU20" s="33"/>
+      <c r="AFV20" s="33"/>
+      <c r="AFW20" s="33"/>
+      <c r="AFX20" s="33"/>
+      <c r="AFY20" s="33"/>
+      <c r="AFZ20" s="33"/>
+      <c r="AGA20" s="33"/>
+      <c r="AGB20" s="33"/>
+      <c r="AGC20" s="33"/>
+      <c r="AGD20" s="33"/>
+      <c r="AGE20" s="33"/>
+      <c r="AGF20" s="33"/>
+      <c r="AGG20" s="33"/>
+      <c r="AGH20" s="33"/>
+      <c r="AGI20" s="33"/>
+      <c r="AGJ20" s="33"/>
+      <c r="AGK20" s="33"/>
+      <c r="AGL20" s="33"/>
+      <c r="AGM20" s="33"/>
+      <c r="AGN20" s="33"/>
+      <c r="AGO20" s="33"/>
+      <c r="AGP20" s="33"/>
+      <c r="AGQ20" s="33"/>
+      <c r="AGR20" s="33"/>
+      <c r="AGS20" s="33"/>
+      <c r="AGT20" s="33"/>
+      <c r="AGU20" s="33"/>
+      <c r="AGV20" s="33"/>
+      <c r="AGW20" s="33"/>
+      <c r="AGX20" s="33"/>
+      <c r="AGY20" s="33"/>
+      <c r="AGZ20" s="33"/>
+      <c r="AHA20" s="33"/>
+      <c r="AHB20" s="33"/>
+      <c r="AHC20" s="33"/>
+      <c r="AHD20" s="33"/>
+      <c r="AHE20" s="33"/>
+      <c r="AHF20" s="33"/>
+      <c r="AHG20" s="33"/>
+      <c r="AHH20" s="33"/>
+      <c r="AHI20" s="33"/>
+      <c r="AHJ20" s="33"/>
+      <c r="AHK20" s="33"/>
+      <c r="AHL20" s="33"/>
+      <c r="AHM20" s="33"/>
+      <c r="AHN20" s="33"/>
+      <c r="AHO20" s="33"/>
+      <c r="AHP20" s="33"/>
+      <c r="AHQ20" s="33"/>
+      <c r="AHR20" s="33"/>
+      <c r="AHS20" s="33"/>
+      <c r="AHT20" s="33"/>
+      <c r="AHU20" s="33"/>
+      <c r="AHV20" s="33"/>
+      <c r="AHW20" s="33"/>
+      <c r="AHX20" s="33"/>
+      <c r="AHY20" s="33"/>
+      <c r="AHZ20" s="33"/>
+      <c r="AIA20" s="33"/>
+      <c r="AIB20" s="33"/>
+      <c r="AIC20" s="33"/>
+      <c r="AID20" s="33"/>
+      <c r="AIE20" s="33"/>
+      <c r="AIF20" s="33"/>
+      <c r="AIG20" s="33"/>
+      <c r="AIH20" s="33"/>
+      <c r="AII20" s="33"/>
+      <c r="AIJ20" s="33"/>
+      <c r="AIK20" s="33"/>
+      <c r="AIL20" s="33"/>
+      <c r="AIM20" s="33"/>
+      <c r="AIN20" s="33"/>
+      <c r="AIO20" s="33"/>
+      <c r="AIP20" s="33"/>
+      <c r="AIQ20" s="33"/>
+      <c r="AIR20" s="33"/>
+      <c r="AIS20" s="33"/>
+      <c r="AIT20" s="33"/>
+      <c r="AIU20" s="33"/>
+      <c r="AIV20" s="33"/>
+      <c r="AIW20" s="33"/>
+      <c r="AIX20" s="33"/>
+      <c r="AIY20" s="33"/>
+      <c r="AIZ20" s="33"/>
+      <c r="AJA20" s="33"/>
+      <c r="AJB20" s="33"/>
+      <c r="AJC20" s="33"/>
+      <c r="AJD20" s="33"/>
+      <c r="AJE20" s="33"/>
+      <c r="AJF20" s="33"/>
+      <c r="AJG20" s="33"/>
+      <c r="AJH20" s="33"/>
+      <c r="AJI20" s="33"/>
+      <c r="AJJ20" s="33"/>
+      <c r="AJK20" s="33"/>
+      <c r="AJL20" s="33"/>
+      <c r="AJM20" s="33"/>
+      <c r="AJN20" s="33"/>
+      <c r="AJO20" s="33"/>
+      <c r="AJP20" s="33"/>
+      <c r="AJQ20" s="33"/>
+      <c r="AJR20" s="33"/>
+      <c r="AJS20" s="33"/>
+      <c r="AJT20" s="33"/>
+      <c r="AJU20" s="33"/>
+      <c r="AJV20" s="33"/>
+      <c r="AJW20" s="33"/>
+      <c r="AJX20" s="33"/>
+      <c r="AJY20" s="33"/>
+      <c r="AJZ20" s="33"/>
+      <c r="AKA20" s="33"/>
+      <c r="AKB20" s="33"/>
+      <c r="AKC20" s="33"/>
+      <c r="AKD20" s="33"/>
+      <c r="AKE20" s="33"/>
+      <c r="AKF20" s="33"/>
+      <c r="AKG20" s="33"/>
+      <c r="AKH20" s="33"/>
+      <c r="AKI20" s="33"/>
+      <c r="AKJ20" s="33"/>
+      <c r="AKK20" s="33"/>
+      <c r="AKL20" s="33"/>
+      <c r="AKM20" s="33"/>
+      <c r="AKN20" s="33"/>
+      <c r="AKO20" s="33"/>
+      <c r="AKP20" s="33"/>
+      <c r="AKQ20" s="33"/>
+      <c r="AKR20" s="33"/>
+      <c r="AKS20" s="33"/>
+      <c r="AKT20" s="33"/>
+      <c r="AKU20" s="33"/>
+      <c r="AKV20" s="33"/>
+      <c r="AKW20" s="33"/>
+      <c r="AKX20" s="33"/>
+      <c r="AKY20" s="33"/>
+      <c r="AKZ20" s="33"/>
+      <c r="ALA20" s="33"/>
+      <c r="ALB20" s="33"/>
+      <c r="ALC20" s="33"/>
+      <c r="ALD20" s="33"/>
+      <c r="ALE20" s="33"/>
+      <c r="ALF20" s="33"/>
+      <c r="ALG20" s="33"/>
+      <c r="ALH20" s="33"/>
+      <c r="ALI20" s="33"/>
+      <c r="ALJ20" s="33"/>
+      <c r="ALK20" s="33"/>
+      <c r="ALL20" s="33"/>
+      <c r="ALM20" s="33"/>
+      <c r="ALN20" s="33"/>
+      <c r="ALO20" s="33"/>
+      <c r="ALP20" s="33"/>
+      <c r="ALQ20" s="33"/>
+      <c r="ALR20" s="33"/>
+      <c r="ALS20" s="33"/>
+      <c r="ALT20" s="33"/>
+      <c r="ALU20" s="33"/>
+      <c r="ALV20" s="33"/>
+      <c r="ALW20" s="33"/>
+      <c r="ALX20" s="33"/>
+      <c r="ALY20" s="33"/>
+      <c r="ALZ20" s="33"/>
+      <c r="AMA20" s="33"/>
+      <c r="AMB20" s="33"/>
+      <c r="AMC20" s="33"/>
+      <c r="AMD20" s="33"/>
+      <c r="AME20" s="33"/>
+      <c r="AMF20" s="33"/>
+      <c r="AMG20" s="33"/>
+      <c r="AMH20" s="33"/>
+      <c r="AMI20" s="33"/>
+      <c r="AMJ20" s="33"/>
+      <c r="AMK20" s="33"/>
+    </row>
+    <row r="21" spans="1:1025" s="34" customFormat="1" ht="124.5" customHeight="1">
+      <c r="A21" s="50" t="s">
+        <v>79</v>
+      </c>
+      <c r="B21" s="28" t="s">
+        <v>71</v>
+      </c>
+      <c r="C21" s="29" t="s">
+        <v>72</v>
+      </c>
+      <c r="D21" s="53">
+        <v>2601.5</v>
+      </c>
+      <c r="E21" s="54" t="s">
+        <v>80</v>
+      </c>
+      <c r="F21" s="51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="H21" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="I21" s="45" t="s">
+        <v>29</v>
+      </c>
+      <c r="J21" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="K21" s="33"/>
+      <c r="L21" s="33"/>
+      <c r="M21" s="33"/>
+      <c r="N21" s="33"/>
+      <c r="O21" s="33"/>
+      <c r="P21" s="33"/>
+      <c r="Q21" s="33"/>
+      <c r="R21" s="33" t="s">
+        <v>77</v>
+      </c>
+      <c r="S21" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="T21" s="33"/>
+      <c r="U21" s="33"/>
+      <c r="V21" s="33"/>
+      <c r="W21" s="33"/>
+      <c r="X21" s="33"/>
+      <c r="Y21" s="33"/>
+      <c r="Z21" s="33"/>
+      <c r="AA21" s="33"/>
+      <c r="AB21" s="33"/>
+      <c r="AC21" s="33"/>
+      <c r="AD21" s="33"/>
+      <c r="AE21" s="33"/>
+      <c r="AF21" s="33"/>
+      <c r="AG21" s="33"/>
+      <c r="AH21" s="33"/>
+      <c r="AI21" s="33"/>
+      <c r="AJ21" s="33"/>
+      <c r="AK21" s="33"/>
+      <c r="AL21" s="33"/>
+      <c r="AM21" s="33"/>
+      <c r="AN21" s="33"/>
+      <c r="AO21" s="33"/>
+      <c r="AP21" s="33"/>
+      <c r="AQ21" s="33"/>
+      <c r="AR21" s="33"/>
+      <c r="AS21" s="33"/>
+      <c r="AT21" s="33"/>
+      <c r="AU21" s="33"/>
+      <c r="AV21" s="33"/>
+      <c r="AW21" s="33"/>
+      <c r="AX21" s="33"/>
+      <c r="AY21" s="33"/>
+      <c r="AZ21" s="33"/>
+      <c r="BA21" s="33"/>
+      <c r="BB21" s="33"/>
+      <c r="BC21" s="33"/>
+      <c r="BD21" s="33"/>
+      <c r="BE21" s="33"/>
+      <c r="BF21" s="33"/>
+      <c r="BG21" s="33"/>
+      <c r="BH21" s="33"/>
+      <c r="BI21" s="33"/>
+      <c r="BJ21" s="33"/>
+      <c r="BK21" s="33"/>
+      <c r="BL21" s="33"/>
+      <c r="BM21" s="33"/>
+      <c r="BN21" s="33"/>
+      <c r="BO21" s="33"/>
+      <c r="BP21" s="33"/>
+      <c r="BQ21" s="33"/>
+      <c r="BR21" s="33"/>
+      <c r="BS21" s="33"/>
+      <c r="BT21" s="33"/>
+      <c r="BU21" s="33"/>
+      <c r="BV21" s="33"/>
+      <c r="BW21" s="33"/>
+      <c r="BX21" s="33"/>
+      <c r="BY21" s="33"/>
+      <c r="BZ21" s="33"/>
+      <c r="CA21" s="33"/>
+      <c r="CB21" s="33"/>
+      <c r="CC21" s="33"/>
+      <c r="CD21" s="33"/>
+      <c r="CE21" s="33"/>
+      <c r="CF21" s="33"/>
+      <c r="CG21" s="33"/>
+      <c r="CH21" s="33"/>
+      <c r="CI21" s="33"/>
+      <c r="CJ21" s="33"/>
+      <c r="CK21" s="33"/>
+      <c r="CL21" s="33"/>
+      <c r="CM21" s="33"/>
+      <c r="CN21" s="33"/>
+      <c r="CO21" s="33"/>
+      <c r="CP21" s="33"/>
+      <c r="CQ21" s="33"/>
+      <c r="CR21" s="33"/>
+      <c r="CS21" s="33"/>
+      <c r="CT21" s="33"/>
+      <c r="CU21" s="33"/>
+      <c r="CV21" s="33"/>
+      <c r="CW21" s="33"/>
+      <c r="CX21" s="33"/>
+      <c r="CY21" s="33"/>
+      <c r="CZ21" s="33"/>
+      <c r="DA21" s="33"/>
+      <c r="DB21" s="33"/>
+      <c r="DC21" s="33"/>
+      <c r="DD21" s="33"/>
+      <c r="DE21" s="33"/>
+      <c r="DF21" s="33"/>
+      <c r="DG21" s="33"/>
+      <c r="DH21" s="33"/>
+      <c r="DI21" s="33"/>
+      <c r="DJ21" s="33"/>
+      <c r="DK21" s="33"/>
+      <c r="DL21" s="33"/>
+      <c r="DM21" s="33"/>
+      <c r="DN21" s="33"/>
+      <c r="DO21" s="33"/>
+      <c r="DP21" s="33"/>
+      <c r="DQ21" s="33"/>
+      <c r="DR21" s="33"/>
+      <c r="DS21" s="33"/>
+      <c r="DT21" s="33"/>
+      <c r="DU21" s="33"/>
+      <c r="DV21" s="33"/>
+      <c r="DW21" s="33"/>
+      <c r="DX21" s="33"/>
+      <c r="DY21" s="33"/>
+      <c r="DZ21" s="33"/>
+      <c r="EA21" s="33"/>
+      <c r="EB21" s="33"/>
+      <c r="EC21" s="33"/>
+      <c r="ED21" s="33"/>
+      <c r="EE21" s="33"/>
+      <c r="EF21" s="33"/>
+      <c r="EG21" s="33"/>
+      <c r="EH21" s="33"/>
+      <c r="EI21" s="33"/>
+      <c r="EJ21" s="33"/>
+      <c r="EK21" s="33"/>
+      <c r="EL21" s="33"/>
+      <c r="EM21" s="33"/>
+      <c r="EN21" s="33"/>
+      <c r="EO21" s="33"/>
+      <c r="EP21" s="33"/>
+      <c r="EQ21" s="33"/>
+      <c r="ER21" s="33"/>
+      <c r="ES21" s="33"/>
+      <c r="ET21" s="33"/>
+      <c r="EU21" s="33"/>
+      <c r="EV21" s="33"/>
+      <c r="EW21" s="33"/>
+      <c r="EX21" s="33"/>
+      <c r="EY21" s="33"/>
+      <c r="EZ21" s="33"/>
+      <c r="FA21" s="33"/>
+      <c r="FB21" s="33"/>
+      <c r="FC21" s="33"/>
+      <c r="FD21" s="33"/>
+      <c r="FE21" s="33"/>
+      <c r="FF21" s="33"/>
+      <c r="FG21" s="33"/>
+      <c r="FH21" s="33"/>
+      <c r="FI21" s="33"/>
+      <c r="FJ21" s="33"/>
+      <c r="FK21" s="33"/>
+      <c r="FL21" s="33"/>
+      <c r="FM21" s="33"/>
+      <c r="FN21" s="33"/>
+      <c r="FO21" s="33"/>
+      <c r="FP21" s="33"/>
+      <c r="FQ21" s="33"/>
+      <c r="FR21" s="33"/>
+      <c r="FS21" s="33"/>
+      <c r="FT21" s="33"/>
+      <c r="FU21" s="33"/>
+      <c r="FV21" s="33"/>
+      <c r="FW21" s="33"/>
+      <c r="FX21" s="33"/>
+      <c r="FY21" s="33"/>
+      <c r="FZ21" s="33"/>
+      <c r="GA21" s="33"/>
+      <c r="GB21" s="33"/>
+      <c r="GC21" s="33"/>
+      <c r="GD21" s="33"/>
+      <c r="GE21" s="33"/>
+      <c r="GF21" s="33"/>
+      <c r="GG21" s="33"/>
+      <c r="GH21" s="33"/>
+      <c r="GI21" s="33"/>
+      <c r="GJ21" s="33"/>
+      <c r="GK21" s="33"/>
+      <c r="GL21" s="33"/>
+      <c r="GM21" s="33"/>
+      <c r="GN21" s="33"/>
+      <c r="GO21" s="33"/>
+      <c r="GP21" s="33"/>
+      <c r="GQ21" s="33"/>
+      <c r="GR21" s="33"/>
+      <c r="GS21" s="33"/>
+      <c r="GT21" s="33"/>
+      <c r="GU21" s="33"/>
+      <c r="GV21" s="33"/>
+      <c r="GW21" s="33"/>
+      <c r="GX21" s="33"/>
+      <c r="GY21" s="33"/>
+      <c r="GZ21" s="33"/>
+      <c r="HA21" s="33"/>
+      <c r="HB21" s="33"/>
+      <c r="HC21" s="33"/>
+      <c r="HD21" s="33"/>
+      <c r="HE21" s="33"/>
+      <c r="HF21" s="33"/>
+      <c r="HG21" s="33"/>
+      <c r="HH21" s="33"/>
+      <c r="HI21" s="33"/>
+      <c r="HJ21" s="33"/>
+      <c r="HK21" s="33"/>
+      <c r="HL21" s="33"/>
+      <c r="HM21" s="33"/>
+      <c r="HN21" s="33"/>
+      <c r="HO21" s="33"/>
+      <c r="HP21" s="33"/>
+      <c r="HQ21" s="33"/>
+      <c r="HR21" s="33"/>
+      <c r="HS21" s="33"/>
+      <c r="HT21" s="33"/>
+      <c r="HU21" s="33"/>
+      <c r="HV21" s="33"/>
+      <c r="HW21" s="33"/>
+      <c r="HX21" s="33"/>
+      <c r="HY21" s="33"/>
+      <c r="HZ21" s="33"/>
+      <c r="IA21" s="33"/>
+      <c r="IB21" s="33"/>
+      <c r="IC21" s="33"/>
+      <c r="ID21" s="33"/>
+      <c r="IE21" s="33"/>
+      <c r="IF21" s="33"/>
+      <c r="IG21" s="33"/>
+      <c r="IH21" s="33"/>
+      <c r="II21" s="33"/>
+      <c r="IJ21" s="33"/>
+      <c r="IK21" s="33"/>
+      <c r="IL21" s="33"/>
+      <c r="IM21" s="33"/>
+      <c r="IN21" s="33"/>
+      <c r="IO21" s="33"/>
+      <c r="IP21" s="33"/>
+      <c r="IQ21" s="33"/>
+      <c r="IR21" s="33"/>
+      <c r="IS21" s="33"/>
+      <c r="IT21" s="33"/>
+      <c r="IU21" s="33"/>
+      <c r="IV21" s="33"/>
+      <c r="IW21" s="33"/>
+      <c r="IX21" s="33"/>
+      <c r="IY21" s="33"/>
+      <c r="IZ21" s="33"/>
+      <c r="JA21" s="33"/>
+      <c r="JB21" s="33"/>
+      <c r="JC21" s="33"/>
+      <c r="JD21" s="33"/>
+      <c r="JE21" s="33"/>
+      <c r="JF21" s="33"/>
+      <c r="JG21" s="33"/>
+      <c r="JH21" s="33"/>
+      <c r="JI21" s="33"/>
+      <c r="JJ21" s="33"/>
+      <c r="JK21" s="33"/>
+      <c r="JL21" s="33"/>
+      <c r="JM21" s="33"/>
+      <c r="JN21" s="33"/>
+      <c r="JO21" s="33"/>
+      <c r="JP21" s="33"/>
+      <c r="JQ21" s="33"/>
+      <c r="JR21" s="33"/>
+      <c r="JS21" s="33"/>
+      <c r="JT21" s="33"/>
+      <c r="JU21" s="33"/>
+      <c r="JV21" s="33"/>
+      <c r="JW21" s="33"/>
+      <c r="JX21" s="33"/>
+      <c r="JY21" s="33"/>
+      <c r="JZ21" s="33"/>
+      <c r="KA21" s="33"/>
+      <c r="KB21" s="33"/>
+      <c r="KC21" s="33"/>
+      <c r="KD21" s="33"/>
+      <c r="KE21" s="33"/>
+      <c r="KF21" s="33"/>
+      <c r="KG21" s="33"/>
+      <c r="KH21" s="33"/>
+      <c r="KI21" s="33"/>
+      <c r="KJ21" s="33"/>
+      <c r="KK21" s="33"/>
+      <c r="KL21" s="33"/>
+      <c r="KM21" s="33"/>
+      <c r="KN21" s="33"/>
+      <c r="KO21" s="33"/>
+      <c r="KP21" s="33"/>
+      <c r="KQ21" s="33"/>
+      <c r="KR21" s="33"/>
+      <c r="KS21" s="33"/>
+      <c r="KT21" s="33"/>
+      <c r="KU21" s="33"/>
+      <c r="KV21" s="33"/>
+      <c r="KW21" s="33"/>
+      <c r="KX21" s="33"/>
+      <c r="KY21" s="33"/>
+      <c r="KZ21" s="33"/>
+      <c r="LA21" s="33"/>
+      <c r="LB21" s="33"/>
+      <c r="LC21" s="33"/>
+      <c r="LD21" s="33"/>
+      <c r="LE21" s="33"/>
+      <c r="LF21" s="33"/>
+      <c r="LG21" s="33"/>
+      <c r="LH21" s="33"/>
+      <c r="LI21" s="33"/>
+      <c r="LJ21" s="33"/>
+      <c r="LK21" s="33"/>
+      <c r="LL21" s="33"/>
+      <c r="LM21" s="33"/>
+      <c r="LN21" s="33"/>
+      <c r="LO21" s="33"/>
+      <c r="LP21" s="33"/>
+      <c r="LQ21" s="33"/>
+      <c r="LR21" s="33"/>
+      <c r="LS21" s="33"/>
+      <c r="LT21" s="33"/>
+      <c r="LU21" s="33"/>
+      <c r="LV21" s="33"/>
+      <c r="LW21" s="33"/>
+      <c r="LX21" s="33"/>
+      <c r="LY21" s="33"/>
+      <c r="LZ21" s="33"/>
+      <c r="MA21" s="33"/>
+      <c r="MB21" s="33"/>
+      <c r="MC21" s="33"/>
+      <c r="MD21" s="33"/>
+      <c r="ME21" s="33"/>
+      <c r="MF21" s="33"/>
+      <c r="MG21" s="33"/>
+      <c r="MH21" s="33"/>
+      <c r="MI21" s="33"/>
+      <c r="MJ21" s="33"/>
+      <c r="MK21" s="33"/>
+      <c r="ML21" s="33"/>
+      <c r="MM21" s="33"/>
+      <c r="MN21" s="33"/>
+      <c r="MO21" s="33"/>
+      <c r="MP21" s="33"/>
+      <c r="MQ21" s="33"/>
+      <c r="MR21" s="33"/>
+      <c r="MS21" s="33"/>
+      <c r="MT21" s="33"/>
+      <c r="MU21" s="33"/>
+      <c r="MV21" s="33"/>
+      <c r="MW21" s="33"/>
+      <c r="MX21" s="33"/>
+      <c r="MY21" s="33"/>
+      <c r="MZ21" s="33"/>
+      <c r="NA21" s="33"/>
+      <c r="NB21" s="33"/>
+      <c r="NC21" s="33"/>
+      <c r="ND21" s="33"/>
+      <c r="NE21" s="33"/>
+      <c r="NF21" s="33"/>
+      <c r="NG21" s="33"/>
+      <c r="NH21" s="33"/>
+      <c r="NI21" s="33"/>
+      <c r="NJ21" s="33"/>
+      <c r="NK21" s="33"/>
+      <c r="NL21" s="33"/>
+      <c r="NM21" s="33"/>
+      <c r="NN21" s="33"/>
+      <c r="NO21" s="33"/>
+      <c r="NP21" s="33"/>
+      <c r="NQ21" s="33"/>
+      <c r="NR21" s="33"/>
+      <c r="NS21" s="33"/>
+      <c r="NT21" s="33"/>
+      <c r="NU21" s="33"/>
+      <c r="NV21" s="33"/>
+      <c r="NW21" s="33"/>
+      <c r="NX21" s="33"/>
+      <c r="NY21" s="33"/>
+      <c r="NZ21" s="33"/>
+      <c r="OA21" s="33"/>
+      <c r="OB21" s="33"/>
+      <c r="OC21" s="33"/>
+      <c r="OD21" s="33"/>
+      <c r="OE21" s="33"/>
+      <c r="OF21" s="33"/>
+      <c r="OG21" s="33"/>
+      <c r="OH21" s="33"/>
+      <c r="OI21" s="33"/>
+      <c r="OJ21" s="33"/>
+      <c r="OK21" s="33"/>
+      <c r="OL21" s="33"/>
+      <c r="OM21" s="33"/>
+      <c r="ON21" s="33"/>
+      <c r="OO21" s="33"/>
+      <c r="OP21" s="33"/>
+      <c r="OQ21" s="33"/>
+      <c r="OR21" s="33"/>
+      <c r="OS21" s="33"/>
+      <c r="OT21" s="33"/>
+      <c r="OU21" s="33"/>
+      <c r="OV21" s="33"/>
+      <c r="OW21" s="33"/>
+      <c r="OX21" s="33"/>
+      <c r="OY21" s="33"/>
+      <c r="OZ21" s="33"/>
+      <c r="PA21" s="33"/>
+      <c r="PB21" s="33"/>
+      <c r="PC21" s="33"/>
+      <c r="PD21" s="33"/>
+      <c r="PE21" s="33"/>
+      <c r="PF21" s="33"/>
+      <c r="PG21" s="33"/>
+      <c r="PH21" s="33"/>
+      <c r="PI21" s="33"/>
+      <c r="PJ21" s="33"/>
+      <c r="PK21" s="33"/>
+      <c r="PL21" s="33"/>
+      <c r="PM21" s="33"/>
+      <c r="PN21" s="33"/>
+      <c r="PO21" s="33"/>
+      <c r="PP21" s="33"/>
+      <c r="PQ21" s="33"/>
+      <c r="PR21" s="33"/>
+      <c r="PS21" s="33"/>
+      <c r="PT21" s="33"/>
+      <c r="PU21" s="33"/>
+      <c r="PV21" s="33"/>
+      <c r="PW21" s="33"/>
+      <c r="PX21" s="33"/>
+      <c r="PY21" s="33"/>
+      <c r="PZ21" s="33"/>
+      <c r="QA21" s="33"/>
+      <c r="QB21" s="33"/>
+      <c r="QC21" s="33"/>
+      <c r="QD21" s="33"/>
+      <c r="QE21" s="33"/>
+      <c r="QF21" s="33"/>
+      <c r="QG21" s="33"/>
+      <c r="QH21" s="33"/>
+      <c r="QI21" s="33"/>
+      <c r="QJ21" s="33"/>
+      <c r="QK21" s="33"/>
+      <c r="QL21" s="33"/>
+      <c r="QM21" s="33"/>
+      <c r="QN21" s="33"/>
+      <c r="QO21" s="33"/>
+      <c r="QP21" s="33"/>
+      <c r="QQ21" s="33"/>
+      <c r="QR21" s="33"/>
+      <c r="QS21" s="33"/>
+      <c r="QT21" s="33"/>
+      <c r="QU21" s="33"/>
+      <c r="QV21" s="33"/>
+      <c r="QW21" s="33"/>
+      <c r="QX21" s="33"/>
+      <c r="QY21" s="33"/>
+      <c r="QZ21" s="33"/>
+      <c r="RA21" s="33"/>
+      <c r="RB21" s="33"/>
+      <c r="RC21" s="33"/>
+      <c r="RD21" s="33"/>
+      <c r="RE21" s="33"/>
+      <c r="RF21" s="33"/>
+      <c r="RG21" s="33"/>
+      <c r="RH21" s="33"/>
+      <c r="RI21" s="33"/>
+      <c r="RJ21" s="33"/>
+      <c r="RK21" s="33"/>
+      <c r="RL21" s="33"/>
+      <c r="RM21" s="33"/>
+      <c r="RN21" s="33"/>
+      <c r="RO21" s="33"/>
+      <c r="RP21" s="33"/>
+      <c r="RQ21" s="33"/>
+      <c r="RR21" s="33"/>
+      <c r="RS21" s="33"/>
+      <c r="RT21" s="33"/>
+      <c r="RU21" s="33"/>
+      <c r="RV21" s="33"/>
+      <c r="RW21" s="33"/>
+      <c r="RX21" s="33"/>
+      <c r="RY21" s="33"/>
+      <c r="RZ21" s="33"/>
+      <c r="SA21" s="33"/>
+      <c r="SB21" s="33"/>
+      <c r="SC21" s="33"/>
+      <c r="SD21" s="33"/>
+      <c r="SE21" s="33"/>
+      <c r="SF21" s="33"/>
+      <c r="SG21" s="33"/>
+      <c r="SH21" s="33"/>
+      <c r="SI21" s="33"/>
+      <c r="SJ21" s="33"/>
+      <c r="SK21" s="33"/>
+      <c r="SL21" s="33"/>
+      <c r="SM21" s="33"/>
+      <c r="SN21" s="33"/>
+      <c r="SO21" s="33"/>
+      <c r="SP21" s="33"/>
+      <c r="SQ21" s="33"/>
+      <c r="SR21" s="33"/>
+      <c r="SS21" s="33"/>
+      <c r="ST21" s="33"/>
+      <c r="SU21" s="33"/>
+      <c r="SV21" s="33"/>
+      <c r="SW21" s="33"/>
+      <c r="SX21" s="33"/>
+      <c r="SY21" s="33"/>
+      <c r="SZ21" s="33"/>
+      <c r="TA21" s="33"/>
+      <c r="TB21" s="33"/>
+      <c r="TC21" s="33"/>
+      <c r="TD21" s="33"/>
+      <c r="TE21" s="33"/>
+      <c r="TF21" s="33"/>
+      <c r="TG21" s="33"/>
+      <c r="TH21" s="33"/>
+      <c r="TI21" s="33"/>
+      <c r="TJ21" s="33"/>
+      <c r="TK21" s="33"/>
+      <c r="TL21" s="33"/>
+      <c r="TM21" s="33"/>
+      <c r="TN21" s="33"/>
+      <c r="TO21" s="33"/>
+      <c r="TP21" s="33"/>
+      <c r="TQ21" s="33"/>
+      <c r="TR21" s="33"/>
+      <c r="TS21" s="33"/>
+      <c r="TT21" s="33"/>
+      <c r="TU21" s="33"/>
+      <c r="TV21" s="33"/>
+      <c r="TW21" s="33"/>
+      <c r="TX21" s="33"/>
+      <c r="TY21" s="33"/>
+      <c r="TZ21" s="33"/>
+      <c r="UA21" s="33"/>
+      <c r="UB21" s="33"/>
+      <c r="UC21" s="33"/>
+      <c r="UD21" s="33"/>
+      <c r="UE21" s="33"/>
+      <c r="UF21" s="33"/>
+      <c r="UG21" s="33"/>
+      <c r="UH21" s="33"/>
+      <c r="UI21" s="33"/>
+      <c r="UJ21" s="33"/>
+      <c r="UK21" s="33"/>
+      <c r="UL21" s="33"/>
+      <c r="UM21" s="33"/>
+      <c r="UN21" s="33"/>
+      <c r="UO21" s="33"/>
+      <c r="UP21" s="33"/>
+      <c r="UQ21" s="33"/>
+      <c r="UR21" s="33"/>
+      <c r="US21" s="33"/>
+      <c r="UT21" s="33"/>
+      <c r="UU21" s="33"/>
+      <c r="UV21" s="33"/>
+      <c r="UW21" s="33"/>
+      <c r="UX21" s="33"/>
+      <c r="UY21" s="33"/>
+      <c r="UZ21" s="33"/>
+      <c r="VA21" s="33"/>
+      <c r="VB21" s="33"/>
+      <c r="VC21" s="33"/>
+      <c r="VD21" s="33"/>
+      <c r="VE21" s="33"/>
+      <c r="VF21" s="33"/>
+      <c r="VG21" s="33"/>
+      <c r="VH21" s="33"/>
+      <c r="VI21" s="33"/>
+      <c r="VJ21" s="33"/>
+      <c r="VK21" s="33"/>
+      <c r="VL21" s="33"/>
+      <c r="VM21" s="33"/>
+      <c r="VN21" s="33"/>
+      <c r="VO21" s="33"/>
+      <c r="VP21" s="33"/>
+      <c r="VQ21" s="33"/>
+      <c r="VR21" s="33"/>
+      <c r="VS21" s="33"/>
+      <c r="VT21" s="33"/>
+      <c r="VU21" s="33"/>
+      <c r="VV21" s="33"/>
+      <c r="VW21" s="33"/>
+      <c r="VX21" s="33"/>
+      <c r="VY21" s="33"/>
+      <c r="VZ21" s="33"/>
+      <c r="WA21" s="33"/>
+      <c r="WB21" s="33"/>
+      <c r="WC21" s="33"/>
+      <c r="WD21" s="33"/>
+      <c r="WE21" s="33"/>
+      <c r="WF21" s="33"/>
+      <c r="WG21" s="33"/>
+      <c r="WH21" s="33"/>
+      <c r="WI21" s="33"/>
+      <c r="WJ21" s="33"/>
+      <c r="WK21" s="33"/>
+      <c r="WL21" s="33"/>
+      <c r="WM21" s="33"/>
+      <c r="WN21" s="33"/>
+      <c r="WO21" s="33"/>
+      <c r="WP21" s="33"/>
+      <c r="WQ21" s="33"/>
+      <c r="WR21" s="33"/>
+      <c r="WS21" s="33"/>
+      <c r="WT21" s="33"/>
+      <c r="WU21" s="33"/>
+      <c r="WV21" s="33"/>
+      <c r="WW21" s="33"/>
+      <c r="WX21" s="33"/>
+      <c r="WY21" s="33"/>
+      <c r="WZ21" s="33"/>
+      <c r="XA21" s="33"/>
+      <c r="XB21" s="33"/>
+      <c r="XC21" s="33"/>
+      <c r="XD21" s="33"/>
+      <c r="XE21" s="33"/>
+      <c r="XF21" s="33"/>
+      <c r="XG21" s="33"/>
+      <c r="XH21" s="33"/>
+      <c r="XI21" s="33"/>
+      <c r="XJ21" s="33"/>
+      <c r="XK21" s="33"/>
+      <c r="XL21" s="33"/>
+      <c r="XM21" s="33"/>
+      <c r="XN21" s="33"/>
+      <c r="XO21" s="33"/>
+      <c r="XP21" s="33"/>
+      <c r="XQ21" s="33"/>
+      <c r="XR21" s="33"/>
+      <c r="XS21" s="33"/>
+      <c r="XT21" s="33"/>
+      <c r="XU21" s="33"/>
+      <c r="XV21" s="33"/>
+      <c r="XW21" s="33"/>
+      <c r="XX21" s="33"/>
+      <c r="XY21" s="33"/>
+      <c r="XZ21" s="33"/>
+      <c r="YA21" s="33"/>
+      <c r="YB21" s="33"/>
+      <c r="YC21" s="33"/>
+      <c r="YD21" s="33"/>
+      <c r="YE21" s="33"/>
+      <c r="YF21" s="33"/>
+      <c r="YG21" s="33"/>
+      <c r="YH21" s="33"/>
+      <c r="YI21" s="33"/>
+      <c r="YJ21" s="33"/>
+      <c r="YK21" s="33"/>
+      <c r="YL21" s="33"/>
+      <c r="YM21" s="33"/>
+      <c r="YN21" s="33"/>
+      <c r="YO21" s="33"/>
+      <c r="YP21" s="33"/>
+      <c r="YQ21" s="33"/>
+      <c r="YR21" s="33"/>
+      <c r="YS21" s="33"/>
+      <c r="YT21" s="33"/>
+      <c r="YU21" s="33"/>
+      <c r="YV21" s="33"/>
+      <c r="YW21" s="33"/>
+      <c r="YX21" s="33"/>
+      <c r="YY21" s="33"/>
+      <c r="YZ21" s="33"/>
+      <c r="ZA21" s="33"/>
+      <c r="ZB21" s="33"/>
+      <c r="ZC21" s="33"/>
+      <c r="ZD21" s="33"/>
+      <c r="ZE21" s="33"/>
+      <c r="ZF21" s="33"/>
+      <c r="ZG21" s="33"/>
+      <c r="ZH21" s="33"/>
+      <c r="ZI21" s="33"/>
+      <c r="ZJ21" s="33"/>
+      <c r="ZK21" s="33"/>
+      <c r="ZL21" s="33"/>
+      <c r="ZM21" s="33"/>
+      <c r="ZN21" s="33"/>
+      <c r="ZO21" s="33"/>
+      <c r="ZP21" s="33"/>
+      <c r="ZQ21" s="33"/>
+      <c r="ZR21" s="33"/>
+      <c r="ZS21" s="33"/>
+      <c r="ZT21" s="33"/>
+      <c r="ZU21" s="33"/>
+      <c r="ZV21" s="33"/>
+      <c r="ZW21" s="33"/>
+      <c r="ZX21" s="33"/>
+      <c r="ZY21" s="33"/>
+      <c r="ZZ21" s="33"/>
+      <c r="AAA21" s="33"/>
+      <c r="AAB21" s="33"/>
+      <c r="AAC21" s="33"/>
+      <c r="AAD21" s="33"/>
+      <c r="AAE21" s="33"/>
+      <c r="AAF21" s="33"/>
+      <c r="AAG21" s="33"/>
+      <c r="AAH21" s="33"/>
+      <c r="AAI21" s="33"/>
+      <c r="AAJ21" s="33"/>
+      <c r="AAK21" s="33"/>
+      <c r="AAL21" s="33"/>
+      <c r="AAM21" s="33"/>
+      <c r="AAN21" s="33"/>
+      <c r="AAO21" s="33"/>
+      <c r="AAP21" s="33"/>
+      <c r="AAQ21" s="33"/>
+      <c r="AAR21" s="33"/>
+      <c r="AAS21" s="33"/>
+      <c r="AAT21" s="33"/>
+      <c r="AAU21" s="33"/>
+      <c r="AAV21" s="33"/>
+      <c r="AAW21" s="33"/>
+      <c r="AAX21" s="33"/>
+      <c r="AAY21" s="33"/>
+      <c r="AAZ21" s="33"/>
+      <c r="ABA21" s="33"/>
+      <c r="ABB21" s="33"/>
+      <c r="ABC21" s="33"/>
+      <c r="ABD21" s="33"/>
+      <c r="ABE21" s="33"/>
+      <c r="ABF21" s="33"/>
+      <c r="ABG21" s="33"/>
+      <c r="ABH21" s="33"/>
+      <c r="ABI21" s="33"/>
+      <c r="ABJ21" s="33"/>
+      <c r="ABK21" s="33"/>
+      <c r="ABL21" s="33"/>
+      <c r="ABM21" s="33"/>
+      <c r="ABN21" s="33"/>
+      <c r="ABO21" s="33"/>
+      <c r="ABP21" s="33"/>
+      <c r="ABQ21" s="33"/>
+      <c r="ABR21" s="33"/>
+      <c r="ABS21" s="33"/>
+      <c r="ABT21" s="33"/>
+      <c r="ABU21" s="33"/>
+      <c r="ABV21" s="33"/>
+      <c r="ABW21" s="33"/>
+      <c r="ABX21" s="33"/>
+      <c r="ABY21" s="33"/>
+      <c r="ABZ21" s="33"/>
+      <c r="ACA21" s="33"/>
+      <c r="ACB21" s="33"/>
+      <c r="ACC21" s="33"/>
+      <c r="ACD21" s="33"/>
+      <c r="ACE21" s="33"/>
+      <c r="ACF21" s="33"/>
+      <c r="ACG21" s="33"/>
+      <c r="ACH21" s="33"/>
+      <c r="ACI21" s="33"/>
+      <c r="ACJ21" s="33"/>
+      <c r="ACK21" s="33"/>
+      <c r="ACL21" s="33"/>
+      <c r="ACM21" s="33"/>
+      <c r="ACN21" s="33"/>
+      <c r="ACO21" s="33"/>
+      <c r="ACP21" s="33"/>
+      <c r="ACQ21" s="33"/>
+      <c r="ACR21" s="33"/>
+      <c r="ACS21" s="33"/>
+      <c r="ACT21" s="33"/>
+      <c r="ACU21" s="33"/>
+      <c r="ACV21" s="33"/>
+      <c r="ACW21" s="33"/>
+      <c r="ACX21" s="33"/>
+      <c r="ACY21" s="33"/>
+      <c r="ACZ21" s="33"/>
+      <c r="ADA21" s="33"/>
+      <c r="ADB21" s="33"/>
+      <c r="ADC21" s="33"/>
+      <c r="ADD21" s="33"/>
+      <c r="ADE21" s="33"/>
+      <c r="ADF21" s="33"/>
+      <c r="ADG21" s="33"/>
+      <c r="ADH21" s="33"/>
+      <c r="ADI21" s="33"/>
+      <c r="ADJ21" s="33"/>
+      <c r="ADK21" s="33"/>
+      <c r="ADL21" s="33"/>
+      <c r="ADM21" s="33"/>
+      <c r="ADN21" s="33"/>
+      <c r="ADO21" s="33"/>
+      <c r="ADP21" s="33"/>
+      <c r="ADQ21" s="33"/>
+      <c r="ADR21" s="33"/>
+      <c r="ADS21" s="33"/>
+      <c r="ADT21" s="33"/>
+      <c r="ADU21" s="33"/>
+      <c r="ADV21" s="33"/>
+      <c r="ADW21" s="33"/>
+      <c r="ADX21" s="33"/>
+      <c r="ADY21" s="33"/>
+      <c r="ADZ21" s="33"/>
+      <c r="AEA21" s="33"/>
+      <c r="AEB21" s="33"/>
+      <c r="AEC21" s="33"/>
+      <c r="AED21" s="33"/>
+      <c r="AEE21" s="33"/>
+      <c r="AEF21" s="33"/>
+      <c r="AEG21" s="33"/>
+      <c r="AEH21" s="33"/>
+      <c r="AEI21" s="33"/>
+      <c r="AEJ21" s="33"/>
+      <c r="AEK21" s="33"/>
+      <c r="AEL21" s="33"/>
+      <c r="AEM21" s="33"/>
+      <c r="AEN21" s="33"/>
+      <c r="AEO21" s="33"/>
+      <c r="AEP21" s="33"/>
+      <c r="AEQ21" s="33"/>
+      <c r="AER21" s="33"/>
+      <c r="AES21" s="33"/>
+      <c r="AET21" s="33"/>
+      <c r="AEU21" s="33"/>
+      <c r="AEV21" s="33"/>
+      <c r="AEW21" s="33"/>
+      <c r="AEX21" s="33"/>
+      <c r="AEY21" s="33"/>
+      <c r="AEZ21" s="33"/>
+      <c r="AFA21" s="33"/>
+      <c r="AFB21" s="33"/>
+      <c r="AFC21" s="33"/>
+      <c r="AFD21" s="33"/>
+      <c r="AFE21" s="33"/>
+      <c r="AFF21" s="33"/>
+      <c r="AFG21" s="33"/>
+      <c r="AFH21" s="33"/>
+      <c r="AFI21" s="33"/>
+      <c r="AFJ21" s="33"/>
+      <c r="AFK21" s="33"/>
+      <c r="AFL21" s="33"/>
+      <c r="AFM21" s="33"/>
+      <c r="AFN21" s="33"/>
+      <c r="AFO21" s="33"/>
+      <c r="AFP21" s="33"/>
+      <c r="AFQ21" s="33"/>
+      <c r="AFR21" s="33"/>
+      <c r="AFS21" s="33"/>
+      <c r="AFT21" s="33"/>
+      <c r="AFU21" s="33"/>
+      <c r="AFV21" s="33"/>
+      <c r="AFW21" s="33"/>
+      <c r="AFX21" s="33"/>
+      <c r="AFY21" s="33"/>
+      <c r="AFZ21" s="33"/>
+      <c r="AGA21" s="33"/>
+      <c r="AGB21" s="33"/>
+      <c r="AGC21" s="33"/>
+      <c r="AGD21" s="33"/>
+      <c r="AGE21" s="33"/>
+      <c r="AGF21" s="33"/>
+      <c r="AGG21" s="33"/>
+      <c r="AGH21" s="33"/>
+      <c r="AGI21" s="33"/>
+      <c r="AGJ21" s="33"/>
+      <c r="AGK21" s="33"/>
+      <c r="AGL21" s="33"/>
+      <c r="AGM21" s="33"/>
+      <c r="AGN21" s="33"/>
+      <c r="AGO21" s="33"/>
+      <c r="AGP21" s="33"/>
+      <c r="AGQ21" s="33"/>
+      <c r="AGR21" s="33"/>
+      <c r="AGS21" s="33"/>
+      <c r="AGT21" s="33"/>
+      <c r="AGU21" s="33"/>
+      <c r="AGV21" s="33"/>
+      <c r="AGW21" s="33"/>
+      <c r="AGX21" s="33"/>
+      <c r="AGY21" s="33"/>
+      <c r="AGZ21" s="33"/>
+      <c r="AHA21" s="33"/>
+      <c r="AHB21" s="33"/>
+      <c r="AHC21" s="33"/>
+      <c r="AHD21" s="33"/>
+      <c r="AHE21" s="33"/>
+      <c r="AHF21" s="33"/>
+      <c r="AHG21" s="33"/>
+      <c r="AHH21" s="33"/>
+      <c r="AHI21" s="33"/>
+      <c r="AHJ21" s="33"/>
+      <c r="AHK21" s="33"/>
+      <c r="AHL21" s="33"/>
+      <c r="AHM21" s="33"/>
+      <c r="AHN21" s="33"/>
+      <c r="AHO21" s="33"/>
+      <c r="AHP21" s="33"/>
+      <c r="AHQ21" s="33"/>
+      <c r="AHR21" s="33"/>
+      <c r="AHS21" s="33"/>
+      <c r="AHT21" s="33"/>
+      <c r="AHU21" s="33"/>
+      <c r="AHV21" s="33"/>
+      <c r="AHW21" s="33"/>
+      <c r="AHX21" s="33"/>
+      <c r="AHY21" s="33"/>
+      <c r="AHZ21" s="33"/>
+      <c r="AIA21" s="33"/>
+      <c r="AIB21" s="33"/>
+      <c r="AIC21" s="33"/>
+      <c r="AID21" s="33"/>
+      <c r="AIE21" s="33"/>
+      <c r="AIF21" s="33"/>
+      <c r="AIG21" s="33"/>
+      <c r="AIH21" s="33"/>
+      <c r="AII21" s="33"/>
+      <c r="AIJ21" s="33"/>
+      <c r="AIK21" s="33"/>
+      <c r="AIL21" s="33"/>
+      <c r="AIM21" s="33"/>
+      <c r="AIN21" s="33"/>
+      <c r="AIO21" s="33"/>
+      <c r="AIP21" s="33"/>
+      <c r="AIQ21" s="33"/>
+      <c r="AIR21" s="33"/>
+      <c r="AIS21" s="33"/>
+      <c r="AIT21" s="33"/>
+      <c r="AIU21" s="33"/>
+      <c r="AIV21" s="33"/>
+      <c r="AIW21" s="33"/>
+      <c r="AIX21" s="33"/>
+      <c r="AIY21" s="33"/>
+      <c r="AIZ21" s="33"/>
+      <c r="AJA21" s="33"/>
+      <c r="AJB21" s="33"/>
+      <c r="AJC21" s="33"/>
+      <c r="AJD21" s="33"/>
+      <c r="AJE21" s="33"/>
+      <c r="AJF21" s="33"/>
+      <c r="AJG21" s="33"/>
+      <c r="AJH21" s="33"/>
+      <c r="AJI21" s="33"/>
+      <c r="AJJ21" s="33"/>
+      <c r="AJK21" s="33"/>
+      <c r="AJL21" s="33"/>
+      <c r="AJM21" s="33"/>
+      <c r="AJN21" s="33"/>
+      <c r="AJO21" s="33"/>
+      <c r="AJP21" s="33"/>
+      <c r="AJQ21" s="33"/>
+      <c r="AJR21" s="33"/>
+      <c r="AJS21" s="33"/>
+      <c r="AJT21" s="33"/>
+      <c r="AJU21" s="33"/>
+      <c r="AJV21" s="33"/>
+      <c r="AJW21" s="33"/>
+      <c r="AJX21" s="33"/>
+      <c r="AJY21" s="33"/>
+      <c r="AJZ21" s="33"/>
+      <c r="AKA21" s="33"/>
+      <c r="AKB21" s="33"/>
+      <c r="AKC21" s="33"/>
+      <c r="AKD21" s="33"/>
+      <c r="AKE21" s="33"/>
+      <c r="AKF21" s="33"/>
+      <c r="AKG21" s="33"/>
+      <c r="AKH21" s="33"/>
+      <c r="AKI21" s="33"/>
+      <c r="AKJ21" s="33"/>
+      <c r="AKK21" s="33"/>
+      <c r="AKL21" s="33"/>
+      <c r="AKM21" s="33"/>
+      <c r="AKN21" s="33"/>
+      <c r="AKO21" s="33"/>
+      <c r="AKP21" s="33"/>
+      <c r="AKQ21" s="33"/>
+      <c r="AKR21" s="33"/>
+      <c r="AKS21" s="33"/>
+      <c r="AKT21" s="33"/>
+      <c r="AKU21" s="33"/>
+      <c r="AKV21" s="33"/>
+      <c r="AKW21" s="33"/>
+      <c r="AKX21" s="33"/>
+      <c r="AKY21" s="33"/>
+      <c r="AKZ21" s="33"/>
+      <c r="ALA21" s="33"/>
+      <c r="ALB21" s="33"/>
+      <c r="ALC21" s="33"/>
+      <c r="ALD21" s="33"/>
+      <c r="ALE21" s="33"/>
+      <c r="ALF21" s="33"/>
+      <c r="ALG21" s="33"/>
+      <c r="ALH21" s="33"/>
+      <c r="ALI21" s="33"/>
+      <c r="ALJ21" s="33"/>
+      <c r="ALK21" s="33"/>
+      <c r="ALL21" s="33"/>
+      <c r="ALM21" s="33"/>
+      <c r="ALN21" s="33"/>
+      <c r="ALO21" s="33"/>
+      <c r="ALP21" s="33"/>
+      <c r="ALQ21" s="33"/>
+      <c r="ALR21" s="33"/>
+      <c r="ALS21" s="33"/>
+      <c r="ALT21" s="33"/>
+      <c r="ALU21" s="33"/>
+      <c r="ALV21" s="33"/>
+      <c r="ALW21" s="33"/>
+      <c r="ALX21" s="33"/>
+      <c r="ALY21" s="33"/>
+      <c r="ALZ21" s="33"/>
+      <c r="AMA21" s="33"/>
+      <c r="AMB21" s="33"/>
+      <c r="AMC21" s="33"/>
+      <c r="AMD21" s="33"/>
+      <c r="AME21" s="33"/>
+      <c r="AMF21" s="33"/>
+      <c r="AMG21" s="33"/>
+      <c r="AMH21" s="33"/>
+      <c r="AMI21" s="33"/>
+      <c r="AMJ21" s="33"/>
+      <c r="AMK21" s="33"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A3:AMK13"/>
+  <autoFilter ref="A3:AMK20"/>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="I11" r:id="rId1" display="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/49204-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori"/>
     <hyperlink ref="I8:I10" r:id="rId2" display="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori"/>
     <hyperlink ref="I12" r:id="rId3"/>
     <hyperlink ref="I13" r:id="rId4"/>
     <hyperlink ref="I14" r:id="rId5" display="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori"/>
     <hyperlink ref="I16" r:id="rId6" display="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori"/>
     <hyperlink ref="I17" r:id="rId7" display="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori"/>
     <hyperlink ref="I18" r:id="rId8" display="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/49204-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori"/>
     <hyperlink ref="I5" r:id="rId9" display="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori"/>
     <hyperlink ref="I6" r:id="rId10" display="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori"/>
     <hyperlink ref="I7" r:id="rId11" display="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori"/>
+    <hyperlink ref="I19" r:id="rId12" display="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/40403-avviso-pubblico-di-manifestazione-d-interesse-rivolta-a-soggetti-interessati-alla-sottoscrizione-di-accordi-contrattuali"/>
+    <hyperlink ref="I20" r:id="rId13" display="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori"/>
+    <hyperlink ref="I21" r:id="rId14" display="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45254-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-coprogettazione-per-la-realizzazione-di-progetti-laboratori"/>
   </hyperlinks>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.31496062992125984" bottom="0.31496062992125984" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="50" firstPageNumber="0" orientation="landscape" verticalDpi="300" r:id="rId12"/>
+  <pageSetup paperSize="9" scale="50" firstPageNumber="0" orientation="landscape" verticalDpi="300" r:id="rId15"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="7" max="10" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalli denominati</vt:lpstr>
       </vt:variant>
       <vt:variant>