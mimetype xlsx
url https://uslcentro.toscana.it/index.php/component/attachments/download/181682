--- v0 (2025-10-17)
+++ v1 (2026-01-13)
@@ -1,73 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\utente\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="17490" windowHeight="10500" tabRatio="500"/>
   </bookViews>
   <sheets>
     <sheet name="Tabella" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Tabella!$A$3:$AKN$3</definedName>
     <definedName name="_Hlk162558198" localSheetId="0">Tabella!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Tabella!$A$1:$J$3</definedName>
   </definedNames>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
+</file>
+
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="D6" i="1" l="1"/>
+  <c r="D5" i="1"/>
+</calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="26">
   <si>
     <t>Devono  essere indicati tutti gli atti di concessione di sovvenzioni, contributi, sussidi ed ausili finanziari alle imprese e  comunque di  vantaggi economici di qualunque genere a persone ed enti pubblici e privati di qualsiasi importo</t>
   </si>
   <si>
     <t>Tipologia contributo o sovvenzione</t>
   </si>
   <si>
     <t>Soggetto beneficiario Persona Fisica/Ente/Impresa</t>
   </si>
   <si>
     <t>Dati fiscali (Solo in caso di Ente/Impresa)</t>
   </si>
   <si>
     <t>Importo del vantaggio economico corrisposto</t>
   </si>
   <si>
     <t>Atto di concessione della sovvenzione o contributo (n. e data dell'atto)</t>
   </si>
   <si>
     <t>Norma o titolo a base dell'attribuzione</t>
   </si>
@@ -106,54 +114,54 @@
   <si>
     <t>Deliberazione D.G. n. 818 del 26/07/2024</t>
   </si>
   <si>
     <t xml:space="preserve">Realizzazione di laboratorio attività di foto e video con  finalità riabilitative 
 Cod. contributo  32 - Atti di concessione, sovvenzioni e contributi a Enti del Terzo Settore  </t>
   </si>
   <si>
     <t>Dryphoto Arte Contemporanea</t>
   </si>
   <si>
     <t>C.F.92001400487
 P.IVA  01728850973</t>
   </si>
   <si>
     <t>Manifestazioni-di-interesse-per-la-realizzazione-di-progetti-laboratorio-attività-foto-video-con-finalità-riabilitative-per-persone-in carico-ai servizi della salute mentale</t>
   </si>
   <si>
     <t>Manifestazioni-di-interesse-per-la-realizzazione-di-progetti-laboratorio-attività-teatro-espressione-con-finalità-riabilitative-per-persone-in carico-ai servizi della salute mentale</t>
   </si>
   <si>
     <t xml:space="preserve">T4-2025-56 del 31/03/2025  </t>
   </si>
   <si>
     <t xml:space="preserve">
-T4-2025-55  del 30/06/2025 </t>
+T4-2025-55  del 31/03/2025 </t>
   </si>
   <si>
-    <t>TABELLA ATTI DI CONCESSIONE ZONA PRATO PISTOIA – GENNAIO SETTEMBRE  2025_aggiornato al 08/10/2025</t>
+    <t>TABELLA ATTI DI CONCESSIONE ZONA PRATO PISTOIA – GENNAIO NOVEMBRE  2025_aggiornato al 24/12/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* \-??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.00&quot; €&quot;_-;\-* #,##0.00&quot; €&quot;_-;_-* \-??&quot; €&quot;_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -454,51 +462,51 @@
       <rgbColor rgb="FF993366"/>
       <rgbColor rgb="FF333399"/>
       <rgbColor rgb="FF333333"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -781,51 +789,51 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45867-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-co-progettazione-per-la-realizzazione-di-progetti-laborator" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45867-avviso-di-istruttoria-pubblica-per-la-presentazione-di-manifestazione-di-interesse-e-co-progettazione-per-la-realizzazione-di-progetti-laborator" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AKN6"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="B6" sqref="B6"/>
+      <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="55.26953125" style="11" customWidth="1"/>
     <col min="2" max="2" width="60.7265625" style="11" customWidth="1"/>
     <col min="3" max="3" width="25.7265625" style="11" customWidth="1"/>
     <col min="4" max="4" width="15.7265625" style="9" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="27.26953125" style="10" customWidth="1"/>
     <col min="6" max="6" width="29.81640625" style="12" customWidth="1"/>
     <col min="7" max="7" width="26.1796875" style="12" customWidth="1"/>
     <col min="8" max="8" width="19.81640625" style="13" customWidth="1"/>
     <col min="9" max="9" width="57.7265625" style="11" customWidth="1"/>
     <col min="10" max="10" width="21" style="11" customWidth="1"/>
     <col min="11" max="976" width="27.7265625" style="12" customWidth="1"/>
     <col min="977" max="16384" width="9.1796875" style="14"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:976" customFormat="1" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="25" t="s">
         <v>25</v>
       </c>
       <c r="B1" s="25"/>
       <c r="C1" s="25"/>
       <c r="D1" s="25"/>
@@ -2803,51 +2811,52 @@
       </c>
       <c r="G3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="22" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:976" s="16" customFormat="1" ht="74.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="20" t="s">
         <v>14</v>
       </c>
       <c r="B5" s="17" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="18" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="21">
-        <v>5648.6</v>
+        <f>2824.3*3</f>
+        <v>8472.9000000000015</v>
       </c>
       <c r="E5" s="24" t="s">
         <v>24</v>
       </c>
       <c r="F5" s="19" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="7" t="s">
         <v>12</v>
       </c>
       <c r="I5" s="23" t="s">
         <v>21</v>
       </c>
       <c r="J5" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K5" s="15"/>
       <c r="L5" s="15"/>
       <c r="M5" s="15"/>
       <c r="N5" s="15"/>
       <c r="O5" s="15"/>
       <c r="P5" s="15"/>
@@ -3801,51 +3810,52 @@
       <c r="AKB5" s="15"/>
       <c r="AKC5" s="15"/>
       <c r="AKD5" s="15"/>
       <c r="AKE5" s="15"/>
       <c r="AKF5" s="15"/>
       <c r="AKG5" s="15"/>
       <c r="AKH5" s="15"/>
       <c r="AKI5" s="15"/>
       <c r="AKJ5" s="15"/>
       <c r="AKK5" s="15"/>
       <c r="AKL5" s="15"/>
       <c r="AKM5" s="15"/>
       <c r="AKN5" s="15"/>
     </row>
     <row r="6" spans="1:976" s="16" customFormat="1" ht="74.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="20" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="17" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="18" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="21">
-        <v>6646.79</v>
+        <f>2182.52+4964.27+1682.52</f>
+        <v>8829.3100000000013</v>
       </c>
       <c r="E6" s="24" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="19" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H6" s="7" t="s">
         <v>12</v>
       </c>
       <c r="I6" s="23" t="s">
         <v>22</v>
       </c>
       <c r="J6" s="8" t="s">
         <v>11</v>
       </c>
       <c r="K6" s="15"/>
       <c r="L6" s="15"/>
       <c r="M6" s="15"/>
       <c r="N6" s="15"/>
       <c r="O6" s="15"/>
       <c r="P6" s="15"/>