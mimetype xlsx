--- v0 (2025-10-17)
+++ v1 (2026-01-13)
@@ -89,58 +89,58 @@
     <t>Link al curriculum del soggetto incaricato</t>
   </si>
   <si>
     <t xml:space="preserve">Non applicabile  </t>
   </si>
   <si>
     <t>Manifestazione di interesse per coprogettazione</t>
   </si>
   <si>
     <t>Manifestazione-di-interesse-per-la-realizzazione-di-progetti-laboratorio-attivita-espressive-con-finalita-riabilitative-per-persone-in-carico-ai servizi della salute mentale</t>
   </si>
   <si>
     <t>SOSD Servizi Amministrativi per Territorio e Sociale Prato e Pistoia - Dr.ssa Cristina Maggini</t>
   </si>
   <si>
     <t>Deliberazione D.G. n. 817 del 26/07/2024</t>
   </si>
   <si>
     <t>C.F. 92098360487
 P.IVA 02357450978</t>
   </si>
   <si>
     <t>Fondazione per le Arti Contemporanee in Toscana e Eda Servizi soc. Cooperativa sociale</t>
   </si>
   <si>
-    <t xml:space="preserve">Realizzazione di un laboratorio attività espressive con finalità riabilitative 
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve">T4-2025-57 del 31/03/2025 </t>
   </si>
   <si>
-    <t xml:space="preserve">TABELLA ATTI DI CONCESSIONE ZONA PRATO PISTOIA  – GENNAIO - SETTEMBRE 2005_ aggiornato al 08.10.2025 </t>
+    <t xml:space="preserve">Cod. contributo  32 - Atti di concessione, sovvenzioni e contributi a Enti del Terzo Settore 
+Realizzazione di un laboratorio attività espressive con finalità riabilitative </t>
+  </si>
+  <si>
+    <t>TABELLA ATTI DI CONCESSIONE ZONA PRATO PISTOIA  – GENNAIO - NOVEMBRE_ aggiornato al 24.12.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* \-??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.00&quot; €&quot;_-;\-* #,##0.00&quot; €&quot;_-;_-* \-??&quot; €&quot;_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="#,##0.00_ ;\-#,##0.00\ "/>
     <numFmt numFmtId="167" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1156,66 +1156,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45868-manifestazione-di-interesse-per-la-realizzazione-di-progetti-laboratorio-attivita-espressive-con-finalita-riabilitative-per-persone-in-carico-ai" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uslcentro.toscana.it/index.php/avvisi/445-manifestazioni-di-interesse-e-accordi-contrattuali/45868-manifestazione-di-interesse-per-la-realizzazione-di-progetti-laboratorio-attivita-espressive-con-finalita-riabilitative-per-persone-in-carico-ai" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AMJ86"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="D4" sqref="D4"/>
+      <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="27.6328125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="27.54296875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="64.90625" style="1" customWidth="1"/>
-    <col min="2" max="2" width="27.6328125" style="2"/>
+    <col min="1" max="1" width="64.81640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="27.54296875" style="2"/>
     <col min="3" max="3" width="22.453125" style="2" customWidth="1"/>
-    <col min="4" max="4" width="22.36328125" style="3" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="33.36328125" style="5" customWidth="1"/>
+    <col min="4" max="4" width="22.453125" style="3" customWidth="1"/>
+    <col min="5" max="5" width="23.81640625" style="4" customWidth="1"/>
+    <col min="6" max="6" width="26.1796875" style="5" customWidth="1"/>
+    <col min="7" max="7" width="33.453125" style="5" customWidth="1"/>
     <col min="8" max="8" width="27.54296875" style="6" customWidth="1"/>
     <col min="9" max="9" width="36.453125" style="1" customWidth="1"/>
     <col min="10" max="10" width="21" style="1" customWidth="1"/>
-    <col min="11" max="1024" width="27.6328125" style="7"/>
+    <col min="11" max="1024" width="27.54296875" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:976" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="36" t="s">
         <v>20</v>
       </c>
       <c r="B1" s="36"/>
       <c r="C1" s="36"/>
       <c r="D1" s="36"/>
       <c r="E1" s="36"/>
       <c r="F1" s="36"/>
       <c r="G1" s="36"/>
       <c r="H1" s="36"/>
       <c r="I1" s="36"/>
       <c r="J1" s="36"/>
     </row>
     <row r="2" spans="1:976" ht="24" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="37" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="37"/>
       <c r="C2" s="37"/>
       <c r="D2" s="37"/>
       <c r="E2" s="37"/>
       <c r="F2" s="37"/>
@@ -1237,64 +1237,64 @@
       <c r="D3" s="9" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="10" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="8" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="11" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="8" t="s">
         <v>10</v>
       </c>
       <c r="K3" s="12"/>
     </row>
     <row r="4" spans="1:976" ht="113.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="35" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B4" s="33" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="32" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="31">
         <f>3216+4744.38</f>
         <v>7960.38</v>
       </c>
       <c r="E4" s="30" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F4" s="25" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="24" t="s">
         <v>14</v>
       </c>
       <c r="H4" s="24" t="s">
         <v>12</v>
       </c>
       <c r="I4" s="29" t="s">
         <v>13</v>
       </c>
       <c r="J4" s="26" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:976" x14ac:dyDescent="0.35">
       <c r="B5" s="15"/>
       <c r="C5" s="15"/>
       <c r="D5" s="16"/>
       <c r="E5" s="17"/>
       <c r="J5" s="14"/>
     </row>
     <row r="6" spans="1:976" s="27" customFormat="1" x14ac:dyDescent="0.35">